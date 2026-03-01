--- v0 (2025-10-13)
+++ v1 (2026-03-01)
@@ -1,86 +1,82 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
-  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="R:\lsb\DCN_CAP\CTNFAP_B21\Portal\Portal_Carregamento\Quadros B.4.1 - Administrações públicas\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7E716129-10A9-4429-961C-AD24E819E33F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{84440DB7-C54C-4B89-99B0-CDA86760D029}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="B.4.1.9" sheetId="1" r:id="rId1"/>
     <sheet name="MetaInfo" sheetId="4" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="320" uniqueCount="177">
-[...2 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="321" uniqueCount="178">
   <si>
     <t>(note: The concepts and data follow the methodology of the ESA 2010)</t>
   </si>
   <si>
     <t>Despesa / Expense</t>
   </si>
   <si>
     <t>Balances</t>
   </si>
   <si>
     <t>Taxes on Property</t>
   </si>
   <si>
     <t>Taxes on Goods and Services</t>
   </si>
   <si>
     <t>Taxes on Trade</t>
   </si>
   <si>
     <t>Other Taxes</t>
   </si>
   <si>
     <t>Gross Operating Balance</t>
   </si>
   <si>
@@ -529,53 +525,50 @@
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>st</t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> quarter 2001</t>
     </r>
   </si>
   <si>
     <t>2020.II</t>
   </si>
   <si>
     <t>2020.III</t>
   </si>
   <si>
     <t>2020.IV</t>
   </si>
   <si>
     <t>2021.I</t>
-  </si>
-[...1 lines deleted...]
-    <t>Table B.4.1.9 - Statement of Government Operations (SDDS Plus)</t>
   </si>
   <si>
     <t>2021.II</t>
   </si>
   <si>
     <t>2021.III</t>
   </si>
   <si>
     <t>2021.IV</t>
   </si>
   <si>
     <t>2022.I</t>
   </si>
   <si>
     <t>2022.II</t>
   </si>
   <si>
     <t>2022.III</t>
   </si>
   <si>
     <t>2022.IV</t>
   </si>
   <si>
     <t>2023.I</t>
   </si>
@@ -622,100 +615,109 @@
         <b/>
         <vertAlign val="superscript"/>
         <sz val="8"/>
         <color rgb="FFFFFFFF"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>6</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color rgb="FFFFFFFF"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> EUR)</t>
     </r>
   </si>
   <si>
     <t>Taxes on fossil fuel
 (% of GDP)</t>
   </si>
   <si>
-    <t>23-09-2025</t>
-[...1 lines deleted...]
-  <si>
     <t>2025.I</t>
   </si>
   <si>
     <t>GGO operation</t>
   </si>
   <si>
     <t>2025.II</t>
   </si>
   <si>
     <t>23-12-2025</t>
   </si>
   <si>
+    <t>Quadro B.4.1.9 - Operações das Administrações Públicas - SDDS Plus (S.13; trimestral)</t>
+  </si>
+  <si>
+    <t>Table B.4.1.9 - Statement of Government Operations - SDDS Plus (S.13; quarterly)</t>
+  </si>
+  <si>
+    <t>2025.III</t>
+  </si>
+  <si>
+    <t>3º trimestre de 2025</t>
+  </si>
+  <si>
+    <t>26-03-2026</t>
+  </si>
+  <si>
     <r>
-      <t>2</t>
+      <t>3</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>nd</t>
+      <t>rd</t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> quarter 2025</t>
     </r>
-  </si>
-[...1 lines deleted...]
-    <t>2º trimestre de 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ _€_-;\-* #,##0.00\ _€_-;_-* &quot;-&quot;??\ _€_-;_-@_-"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="166" formatCode="0_)"/>
   </numFmts>
-  <fonts count="44">
+  <fonts count="43">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <vertAlign val="superscript"/>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
@@ -919,56 +921,50 @@
       <color rgb="FF7AA5A9"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <color rgb="FF598F94"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <color rgb="FFFFFFFF"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="0"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
-      <sz val="8"/>
-[...4 lines deleted...]
-    <font>
       <b/>
       <sz val="8"/>
       <color theme="0"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color rgb="FFFFFFFF"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color rgb="FF7AA5A9"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <vertAlign val="superscript"/>
       <sz val="8"/>
       <color rgb="FFFFFFFF"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -1099,51 +1095,51 @@
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF9BBCBF"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF9BBCBF"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="44">
+  <borders count="43">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="23"/>
       </left>
       <right style="thin">
         <color indexed="23"/>
       </right>
       <top style="thin">
         <color indexed="23"/>
       </top>
       <bottom style="thin">
         <color indexed="23"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="double">
         <color indexed="63"/>
@@ -1564,63 +1560,50 @@
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FFFFFFFF"/>
       </left>
       <right style="thin">
         <color rgb="FFFFFFFF"/>
       </right>
       <top style="thin">
         <color rgb="FFFFFFFF"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FFFFFFFF"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
-[...11 lines deleted...]
-    <border>
       <left style="thick">
         <color rgb="FF9BBCBF"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thick">
         <color theme="0"/>
       </left>
       <right/>
       <top style="thin">
         <color rgb="FFFFFFFF"/>
       </top>
       <bottom style="thick">
         <color rgb="FFFFFFFF"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thick">
         <color theme="0"/>
       </left>
@@ -1823,51 +1806,51 @@
     <xf numFmtId="0" fontId="33" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="33" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="33" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="33" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="33" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="33" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="33" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="33" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="33" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="33" fillId="24" borderId="10" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="25" fillId="23" borderId="7" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="25" fillId="23" borderId="7" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="26" fillId="20" borderId="8" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="166" fontId="27" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="0">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="25" borderId="0"/>
     <xf numFmtId="0" fontId="29" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="30" fillId="0" borderId="9" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="31" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="79">
+  <cellXfs count="78">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="35" fillId="26" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="36" fillId="26" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="1" fillId="26" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="1" fontId="1" fillId="26" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="26" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="4" fontId="1" fillId="26" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="37" fillId="26" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="37" fillId="27" borderId="11" xfId="174" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="37" fillId="27" borderId="12" xfId="174" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="37" fillId="27" borderId="13" xfId="174" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="37" fillId="26" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="25" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="1" fillId="25" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
@@ -1884,191 +1867,192 @@
     <xf numFmtId="14" fontId="9" fillId="25" borderId="16" xfId="37" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="25" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="1" fillId="25" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="25" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="38" fillId="27" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="38" fillId="28" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="37" fillId="27" borderId="17" xfId="174" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="37" fillId="27" borderId="18" xfId="174" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="37" fillId="27" borderId="19" xfId="174" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="39" fillId="0" borderId="20" xfId="28" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-[...2 lines deleted...]
-    </xf>
     <xf numFmtId="164" fontId="3" fillId="26" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="4" fontId="1" fillId="0" borderId="20" xfId="28" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="40" fillId="27" borderId="18" xfId="174" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="39" fillId="27" borderId="18" xfId="174" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="40" fillId="27" borderId="17" xfId="174" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="39" fillId="27" borderId="17" xfId="174" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="40" fillId="27" borderId="19" xfId="174" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="39" fillId="27" borderId="19" xfId="174" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="25" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="41" fillId="27" borderId="0" xfId="174" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="40" fillId="27" borderId="0" xfId="174" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="32" fillId="25" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="42" fillId="26" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="41" fillId="26" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="14" fontId="9" fillId="25" borderId="21" xfId="37" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="25" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="25" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="25" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="25" borderId="21" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="25" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="25" borderId="21" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="4" fontId="39" fillId="0" borderId="39" xfId="28" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="37" fillId="27" borderId="43" xfId="174" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="4" fontId="1" fillId="26" borderId="39" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="37" fillId="27" borderId="42" xfId="174" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="37" fillId="27" borderId="42" xfId="173" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="4" fontId="1" fillId="26" borderId="39" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="1" fillId="26" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="27" borderId="38" xfId="173" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="37" fillId="27" borderId="41" xfId="174" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="37" fillId="27" borderId="17" xfId="174" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="27" borderId="22" xfId="174" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="27" borderId="17" xfId="173" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="27" borderId="22" xfId="173" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="27" borderId="24" xfId="173" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="39" fillId="27" borderId="17" xfId="173" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="39" fillId="27" borderId="23" xfId="173" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="27" borderId="32" xfId="173" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="27" borderId="33" xfId="173" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="39" fillId="27" borderId="34" xfId="173" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="39" fillId="27" borderId="35" xfId="173" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="39" fillId="27" borderId="36" xfId="174" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="39" fillId="27" borderId="37" xfId="174" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="39" fillId="27" borderId="36" xfId="173" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="39" fillId="27" borderId="37" xfId="173" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="39" fillId="27" borderId="22" xfId="173" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="27" borderId="41" xfId="173" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="27" borderId="40" xfId="174" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="37" fillId="27" borderId="29" xfId="174" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="37" fillId="27" borderId="22" xfId="173" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="39" fillId="27" borderId="29" xfId="174" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="40" fillId="27" borderId="29" xfId="174" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="40" fillId="27" borderId="30" xfId="174" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="39" fillId="27" borderId="30" xfId="174" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="37" fillId="27" borderId="31" xfId="174" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="37" fillId="27" borderId="30" xfId="174" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="40" fillId="27" borderId="36" xfId="174" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="39" fillId="27" borderId="22" xfId="174" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="40" fillId="27" borderId="37" xfId="174" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="39" fillId="27" borderId="25" xfId="173" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="40" fillId="27" borderId="22" xfId="174" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="39" fillId="27" borderId="26" xfId="173" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="40" fillId="27" borderId="25" xfId="173" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="40" fillId="27" borderId="24" xfId="173" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="39" fillId="27" borderId="24" xfId="173" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="37" fillId="27" borderId="27" xfId="173" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="37" fillId="27" borderId="28" xfId="173" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
-[...40 lines deleted...]
-    <xf numFmtId="0" fontId="37" fillId="27" borderId="24" xfId="173" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="186">
     <cellStyle name="20% - Accent1 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="20% - Accent2 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="20% - Accent3 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="20% - Accent4 2" xfId="4" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="20% - Accent5 2" xfId="5" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="20% - Accent6 2" xfId="6" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="40% - Accent1 2" xfId="7" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
     <cellStyle name="40% - Accent2 2" xfId="8" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
     <cellStyle name="40% - Accent3 2" xfId="9" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
     <cellStyle name="40% - Accent4 2" xfId="10" xr:uid="{00000000-0005-0000-0000-000009000000}"/>
     <cellStyle name="40% - Accent5 2" xfId="11" xr:uid="{00000000-0005-0000-0000-00000A000000}"/>
     <cellStyle name="40% - Accent6 2" xfId="12" xr:uid="{00000000-0005-0000-0000-00000B000000}"/>
     <cellStyle name="60% - Accent1 2" xfId="13" xr:uid="{00000000-0005-0000-0000-00000C000000}"/>
     <cellStyle name="60% - Accent2 2" xfId="14" xr:uid="{00000000-0005-0000-0000-00000D000000}"/>
     <cellStyle name="60% - Accent3 2" xfId="15" xr:uid="{00000000-0005-0000-0000-00000E000000}"/>
     <cellStyle name="60% - Accent4 2" xfId="16" xr:uid="{00000000-0005-0000-0000-00000F000000}"/>
     <cellStyle name="60% - Accent5 2" xfId="17" xr:uid="{00000000-0005-0000-0000-000010000000}"/>
     <cellStyle name="60% - Accent6 2" xfId="18" xr:uid="{00000000-0005-0000-0000-000011000000}"/>
     <cellStyle name="Accent1 2" xfId="19" xr:uid="{00000000-0005-0000-0000-000012000000}"/>
     <cellStyle name="Accent2 2" xfId="20" xr:uid="{00000000-0005-0000-0000-000013000000}"/>
     <cellStyle name="Accent3 2" xfId="21" xr:uid="{00000000-0005-0000-0000-000014000000}"/>
@@ -2534,95 +2518,95 @@
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.imf.org/external/pubs/ft/sdds/guide/plus/2014/sddsplus14.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ine.pt/ngt_server/attachfileu.jsp?look_parentBoui=215821289&amp;att_display=n&amp;att_download=y" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.imf.org/external/pubs/ft/sdds/guide/plus/2014/sddsplus14.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ine.pt/ngt_server/attachfileu.jsp?look_parentBoui=215820499&amp;att_display=n&amp;att_download=y" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet1"/>
-  <dimension ref="A1:IU108"/>
+  <dimension ref="A1:IU109"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="20.28515625" defaultRowHeight="15" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="17" style="3" customWidth="1"/>
     <col min="2" max="25" width="13.7109375" style="3" customWidth="1"/>
     <col min="26" max="28" width="15.7109375" style="3" customWidth="1"/>
     <col min="29" max="16384" width="20.28515625" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:255" ht="11.25"/>
     <row r="2" spans="1:255" ht="11.25">
       <c r="A2" s="1" t="s">
-        <v>0</v>
+        <v>172</v>
       </c>
       <c r="B2" s="6"/>
       <c r="C2" s="6"/>
       <c r="D2" s="6"/>
       <c r="E2" s="6"/>
       <c r="F2" s="6"/>
       <c r="G2" s="6"/>
       <c r="H2" s="6"/>
       <c r="I2" s="6"/>
       <c r="J2" s="6"/>
       <c r="K2" s="6"/>
       <c r="L2" s="6"/>
       <c r="M2" s="6"/>
       <c r="N2" s="6"/>
-      <c r="O2" s="30"/>
+      <c r="O2" s="28"/>
       <c r="P2" s="2"/>
       <c r="Q2" s="2"/>
       <c r="R2" s="2"/>
       <c r="S2" s="2"/>
       <c r="T2" s="2"/>
       <c r="U2" s="2"/>
       <c r="V2" s="2"/>
       <c r="W2" s="2"/>
       <c r="X2" s="2"/>
       <c r="Y2" s="2"/>
     </row>
     <row r="3" spans="1:255" ht="11.25">
       <c r="A3" s="1" t="s">
-        <v>148</v>
+        <v>173</v>
       </c>
       <c r="B3" s="6"/>
       <c r="C3" s="6"/>
       <c r="D3" s="6"/>
       <c r="E3" s="6"/>
       <c r="F3" s="6"/>
       <c r="G3" s="6"/>
       <c r="H3" s="6"/>
       <c r="I3" s="6"/>
       <c r="J3" s="6"/>
       <c r="K3" s="6"/>
       <c r="L3" s="6"/>
       <c r="M3" s="6"/>
       <c r="N3" s="6"/>
       <c r="O3" s="6"/>
       <c r="P3" s="2"/>
       <c r="Q3" s="2"/>
       <c r="R3" s="2"/>
       <c r="S3" s="2"/>
       <c r="T3" s="2"/>
       <c r="U3" s="2"/>
       <c r="V3" s="2"/>
       <c r="W3" s="2"/>
       <c r="X3" s="2"/>
       <c r="Y3" s="2"/>
@@ -3090,54 +3074,54 @@
       <c r="HZ4" s="2"/>
       <c r="IA4" s="2"/>
       <c r="IB4" s="2"/>
       <c r="IC4" s="2"/>
       <c r="ID4" s="2"/>
       <c r="IE4" s="2"/>
       <c r="IF4" s="2"/>
       <c r="IG4" s="2"/>
       <c r="IH4" s="2"/>
       <c r="II4" s="2"/>
       <c r="IJ4" s="2"/>
       <c r="IK4" s="2"/>
       <c r="IL4" s="2"/>
       <c r="IM4" s="2"/>
       <c r="IN4" s="2"/>
       <c r="IO4" s="2"/>
       <c r="IP4" s="2"/>
       <c r="IQ4" s="2"/>
       <c r="IR4" s="2"/>
       <c r="IS4" s="2"/>
       <c r="IT4" s="2"/>
       <c r="IU4" s="2"/>
     </row>
     <row r="5" spans="1:255" ht="11.25">
       <c r="A5" s="4" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="B5" s="8" t="s">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="C5" s="5"/>
       <c r="D5" s="5"/>
       <c r="E5" s="5"/>
       <c r="F5" s="6"/>
       <c r="G5" s="6"/>
       <c r="H5" s="6"/>
       <c r="I5" s="6"/>
       <c r="J5" s="6"/>
       <c r="K5" s="6"/>
       <c r="L5" s="6"/>
       <c r="M5" s="6"/>
       <c r="N5" s="6"/>
       <c r="O5" s="6"/>
       <c r="P5" s="2"/>
       <c r="Q5" s="2"/>
       <c r="R5" s="2"/>
       <c r="S5" s="2"/>
       <c r="T5" s="2"/>
       <c r="U5" s="2"/>
       <c r="V5" s="2"/>
       <c r="W5" s="2"/>
       <c r="X5" s="2"/>
       <c r="Y5" s="2"/>
       <c r="Z5" s="2"/>
@@ -3355,10079 +3339,10171 @@
       <c r="ID5" s="2"/>
       <c r="IE5" s="2"/>
       <c r="IF5" s="2"/>
       <c r="IG5" s="2"/>
       <c r="IH5" s="2"/>
       <c r="II5" s="2"/>
       <c r="IJ5" s="2"/>
       <c r="IK5" s="2"/>
       <c r="IL5" s="2"/>
       <c r="IM5" s="2"/>
       <c r="IN5" s="2"/>
       <c r="IO5" s="2"/>
       <c r="IP5" s="2"/>
       <c r="IQ5" s="2"/>
       <c r="IR5" s="2"/>
       <c r="IS5" s="2"/>
       <c r="IT5" s="2"/>
       <c r="IU5" s="2"/>
     </row>
     <row r="6" spans="1:255" ht="6" customHeight="1">
       <c r="AD6" s="2"/>
       <c r="AE6" s="2"/>
     </row>
     <row r="7" spans="1:255" s="6" customFormat="1" ht="18" customHeight="1" thickBot="1">
       <c r="A7" s="10"/>
-      <c r="B7" s="53" t="s">
+      <c r="B7" s="68" t="s">
+        <v>1</v>
+      </c>
+      <c r="C7" s="68"/>
+      <c r="D7" s="68"/>
+      <c r="E7" s="68"/>
+      <c r="F7" s="68"/>
+      <c r="G7" s="68"/>
+      <c r="H7" s="68"/>
+      <c r="I7" s="68"/>
+      <c r="J7" s="68"/>
+      <c r="K7" s="68"/>
+      <c r="L7" s="68"/>
+      <c r="M7" s="68"/>
+      <c r="N7" s="68"/>
+      <c r="O7" s="69"/>
+      <c r="P7" s="70" t="s">
+        <v>78</v>
+      </c>
+      <c r="Q7" s="67"/>
+      <c r="R7" s="67"/>
+      <c r="S7" s="67"/>
+      <c r="T7" s="67"/>
+      <c r="U7" s="67"/>
+      <c r="V7" s="67"/>
+      <c r="W7" s="67"/>
+      <c r="X7" s="67"/>
+      <c r="Y7" s="71"/>
+      <c r="Z7" s="67" t="s">
         <v>2</v>
       </c>
-      <c r="C7" s="53"/>
-[...12 lines deleted...]
-      <c r="P7" s="55" t="s">
+      <c r="AA7" s="67"/>
+      <c r="AB7" s="67"/>
+      <c r="AC7" s="66" t="s">
+        <v>164</v>
+      </c>
+      <c r="AD7" s="67"/>
+      <c r="AE7" s="2"/>
+    </row>
+    <row r="8" spans="1:255" s="13" customFormat="1" ht="18" customHeight="1" thickTop="1">
+      <c r="A8" s="56" t="s">
+        <v>169</v>
+      </c>
+      <c r="B8" s="58" t="s">
+        <v>126</v>
+      </c>
+      <c r="C8" s="60" t="s">
+        <v>70</v>
+      </c>
+      <c r="D8" s="62" t="s">
+        <v>125</v>
+      </c>
+      <c r="E8" s="64" t="s">
+        <v>124</v>
+      </c>
+      <c r="F8" s="60" t="s">
+        <v>123</v>
+      </c>
+      <c r="G8" s="72" t="s">
+        <v>116</v>
+      </c>
+      <c r="H8" s="72" t="s">
+        <v>114</v>
+      </c>
+      <c r="I8" s="73" t="s">
+        <v>122</v>
+      </c>
+      <c r="J8" s="54" t="s">
+        <v>75</v>
+      </c>
+      <c r="K8" s="54" t="s">
+        <v>74</v>
+      </c>
+      <c r="L8" s="54" t="s">
+        <v>72</v>
+      </c>
+      <c r="M8" s="54" t="s">
+        <v>73</v>
+      </c>
+      <c r="N8" s="54" t="s">
+        <v>76</v>
+      </c>
+      <c r="O8" s="75" t="s">
+        <v>121</v>
+      </c>
+      <c r="P8" s="76" t="s">
+        <v>120</v>
+      </c>
+      <c r="Q8" s="51" t="s">
+        <v>119</v>
+      </c>
+      <c r="R8" s="49" t="s">
+        <v>3</v>
+      </c>
+      <c r="S8" s="49" t="s">
+        <v>4</v>
+      </c>
+      <c r="T8" s="51" t="s">
+        <v>5</v>
+      </c>
+      <c r="U8" s="51" t="s">
+        <v>6</v>
+      </c>
+      <c r="V8" s="51" t="s">
+        <v>115</v>
+      </c>
+      <c r="W8" s="51" t="s">
+        <v>116</v>
+      </c>
+      <c r="X8" s="51" t="s">
+        <v>117</v>
+      </c>
+      <c r="Y8" s="53" t="s">
+        <v>118</v>
+      </c>
+      <c r="Z8" s="52" t="s">
+        <v>7</v>
+      </c>
+      <c r="AA8" s="52" t="s">
+        <v>77</v>
+      </c>
+      <c r="AB8" s="48" t="s">
         <v>79</v>
       </c>
-      <c r="Q7" s="51"/>
-[...13 lines deleted...]
-      <c r="AC7" s="50" t="s">
+      <c r="AC8" s="65" t="s">
         <v>166</v>
       </c>
-      <c r="AD7" s="51"/>
-[...89 lines deleted...]
-      </c>
       <c r="AD8" s="52" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="AE8" s="2"/>
     </row>
     <row r="9" spans="1:255" s="13" customFormat="1" ht="71.25" customHeight="1" thickBot="1">
-      <c r="A9" s="71"/>
-[...14 lines deleted...]
-      <c r="P9" s="64"/>
+      <c r="A9" s="57"/>
+      <c r="B9" s="59"/>
+      <c r="C9" s="61"/>
+      <c r="D9" s="63"/>
+      <c r="E9" s="64"/>
+      <c r="F9" s="61"/>
+      <c r="G9" s="72"/>
+      <c r="H9" s="72"/>
+      <c r="I9" s="74"/>
+      <c r="J9" s="55"/>
+      <c r="K9" s="55"/>
+      <c r="L9" s="55"/>
+      <c r="M9" s="55"/>
+      <c r="N9" s="55"/>
+      <c r="O9" s="75"/>
+      <c r="P9" s="77"/>
       <c r="Q9" s="52"/>
-      <c r="R9" s="69"/>
-      <c r="S9" s="69"/>
+      <c r="R9" s="50"/>
+      <c r="S9" s="50"/>
       <c r="T9" s="52"/>
       <c r="U9" s="52"/>
       <c r="V9" s="52"/>
       <c r="W9" s="52"/>
       <c r="X9" s="52"/>
-      <c r="Y9" s="78"/>
+      <c r="Y9" s="53"/>
       <c r="Z9" s="52" t="s">
+        <v>7</v>
+      </c>
+      <c r="AA9" s="52" t="s">
         <v>8</v>
       </c>
-      <c r="AA9" s="52" t="s">
+      <c r="AB9" s="48" t="s">
         <v>9</v>
       </c>
-      <c r="AB9" s="77" t="s">
-[...3 lines deleted...]
-        <v>166</v>
+      <c r="AC9" s="65" t="s">
+        <v>164</v>
       </c>
       <c r="AD9" s="52" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
     </row>
     <row r="10" spans="1:255" s="9" customFormat="1" ht="14.1" customHeight="1" thickTop="1">
       <c r="A10" s="11" t="s">
-        <v>72</v>
-[...14 lines deleted...]
-      <c r="O10" s="34"/>
+        <v>71</v>
+      </c>
+      <c r="B10" s="30"/>
+      <c r="C10" s="31"/>
+      <c r="D10" s="31"/>
+      <c r="E10" s="31"/>
+      <c r="F10" s="31"/>
+      <c r="G10" s="31"/>
+      <c r="H10" s="31"/>
+      <c r="I10" s="31"/>
+      <c r="J10" s="31"/>
+      <c r="K10" s="31"/>
+      <c r="L10" s="31"/>
+      <c r="M10" s="31"/>
+      <c r="N10" s="31"/>
+      <c r="O10" s="32"/>
       <c r="P10" s="26"/>
       <c r="Q10" s="25"/>
       <c r="R10" s="25"/>
       <c r="S10" s="25"/>
       <c r="T10" s="25"/>
       <c r="U10" s="25"/>
       <c r="V10" s="25"/>
       <c r="W10" s="25"/>
       <c r="X10" s="25"/>
       <c r="Y10" s="27"/>
       <c r="Z10" s="12"/>
       <c r="AA10" s="12"/>
       <c r="AB10" s="12"/>
-      <c r="AC10" s="48"/>
+      <c r="AC10" s="45"/>
       <c r="AD10" s="12"/>
     </row>
     <row r="11" spans="1:255" ht="15" customHeight="1">
       <c r="A11" s="23" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="B11" s="31">
+        <v>10</v>
+      </c>
+      <c r="B11" s="29">
         <v>3961.5230000000001</v>
       </c>
-      <c r="C11" s="31">
+      <c r="C11" s="29">
         <v>924.15700000000004</v>
       </c>
-      <c r="D11" s="31">
+      <c r="D11" s="29">
         <v>752.84500000000003</v>
       </c>
-      <c r="E11" s="31">
+      <c r="E11" s="29">
         <v>996.178</v>
       </c>
-      <c r="F11" s="31">
+      <c r="F11" s="29">
         <v>362.32100000000003</v>
       </c>
-      <c r="G11" s="31">
+      <c r="G11" s="29">
         <v>559.57299999999998</v>
       </c>
-      <c r="H11" s="31">
+      <c r="H11" s="29">
         <v>2851.2470000000003</v>
       </c>
-      <c r="I11" s="31">
+      <c r="I11" s="29">
         <v>0.44399999999995998</v>
       </c>
-      <c r="J11" s="31">
+      <c r="J11" s="29">
         <v>788.98699999999997</v>
       </c>
-      <c r="K11" s="31">
+      <c r="K11" s="29">
         <v>1.085</v>
       </c>
-      <c r="L11" s="31">
+      <c r="L11" s="29">
         <v>-5.0000000000000001E-3</v>
       </c>
-      <c r="M11" s="31">
+      <c r="M11" s="29">
         <v>11.994</v>
       </c>
-      <c r="N11" s="31">
+      <c r="N11" s="29">
         <v>802.06100000000004</v>
       </c>
-      <c r="O11" s="31">
+      <c r="O11" s="29">
         <v>11889.806</v>
       </c>
-      <c r="P11" s="28">
+      <c r="P11" s="29">
         <v>6612.8640000000005</v>
       </c>
-      <c r="Q11" s="28">
+      <c r="Q11" s="29">
         <v>2362.2109999999998</v>
       </c>
-      <c r="R11" s="28">
+      <c r="R11" s="29">
         <v>225.73600000000002</v>
       </c>
-      <c r="S11" s="28">
+      <c r="S11" s="29">
         <v>4024.9070000000002</v>
       </c>
-      <c r="T11" s="28">
+      <c r="T11" s="29">
         <v>0.01</v>
       </c>
       <c r="U11" s="29">
         <v>0</v>
       </c>
-      <c r="V11" s="28">
+      <c r="V11" s="29">
         <v>3306.6060000000002</v>
       </c>
-      <c r="W11" s="28">
+      <c r="W11" s="29">
         <v>290.67</v>
       </c>
-      <c r="X11" s="28">
+      <c r="X11" s="29">
         <v>1158.043999999999</v>
       </c>
-      <c r="Y11" s="28">
+      <c r="Y11" s="29">
         <v>11368.183999999999</v>
       </c>
-      <c r="Z11" s="28">
+      <c r="Z11" s="29">
         <v>797.11300000000006</v>
       </c>
-      <c r="AA11" s="28">
+      <c r="AA11" s="29">
         <v>44.268000000000029</v>
       </c>
-      <c r="AB11" s="46">
+      <c r="AB11" s="29">
         <v>-521.62199999999996</v>
       </c>
-      <c r="AC11" s="47" t="s">
-[...3 lines deleted...]
-        <v>167</v>
+      <c r="AC11" s="46" t="s">
+        <v>165</v>
+      </c>
+      <c r="AD11" s="47" t="s">
+        <v>165</v>
       </c>
       <c r="AE11" s="7"/>
       <c r="AF11" s="7"/>
       <c r="AG11" s="7"/>
       <c r="AH11" s="7"/>
       <c r="AI11" s="7"/>
       <c r="AJ11" s="7"/>
       <c r="AK11" s="7"/>
       <c r="AL11" s="7"/>
     </row>
     <row r="12" spans="1:255" ht="15" customHeight="1">
       <c r="A12" s="23" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="B12" s="31">
+        <v>11</v>
+      </c>
+      <c r="B12" s="29">
         <v>4988.8339999999998</v>
       </c>
-      <c r="C12" s="31">
+      <c r="C12" s="29">
         <v>1433.4949999999999</v>
       </c>
-      <c r="D12" s="31">
+      <c r="D12" s="29">
         <v>764.05399999999997</v>
       </c>
-      <c r="E12" s="31">
+      <c r="E12" s="29">
         <v>1000.296</v>
       </c>
-      <c r="F12" s="31">
+      <c r="F12" s="29">
         <v>348.99400000000003</v>
       </c>
-      <c r="G12" s="31">
+      <c r="G12" s="29">
         <v>645.77900000000011</v>
       </c>
-      <c r="H12" s="31">
+      <c r="H12" s="29">
         <v>2962.1849999999999</v>
       </c>
-      <c r="I12" s="31">
+      <c r="I12" s="29">
         <v>0.66599999999993997</v>
       </c>
-      <c r="J12" s="31">
+      <c r="J12" s="29">
         <v>1489.614</v>
       </c>
-      <c r="K12" s="31">
+      <c r="K12" s="29">
         <v>1.085</v>
       </c>
-      <c r="L12" s="31">
+      <c r="L12" s="29">
         <v>6.3E-2</v>
       </c>
-      <c r="M12" s="31">
+      <c r="M12" s="29">
         <v>47.476999999999997</v>
       </c>
-      <c r="N12" s="31">
+      <c r="N12" s="29">
         <v>1538.239</v>
       </c>
-      <c r="O12" s="31">
+      <c r="O12" s="29">
         <v>14586.578</v>
       </c>
-      <c r="P12" s="28">
+      <c r="P12" s="29">
         <v>7957.85</v>
       </c>
-      <c r="Q12" s="28">
+      <c r="Q12" s="29">
         <v>3330.0479999999998</v>
       </c>
-      <c r="R12" s="28">
+      <c r="R12" s="29">
         <v>281.44499999999999</v>
       </c>
-      <c r="S12" s="28">
+      <c r="S12" s="29">
         <v>4346.3449999999993</v>
       </c>
-      <c r="T12" s="28">
+      <c r="T12" s="29">
         <v>1.2E-2</v>
       </c>
       <c r="U12" s="29">
         <v>0</v>
       </c>
-      <c r="V12" s="28">
+      <c r="V12" s="29">
         <v>3608.4679999999998</v>
       </c>
-      <c r="W12" s="28">
+      <c r="W12" s="29">
         <v>333.87200000000001</v>
       </c>
-      <c r="X12" s="28">
+      <c r="X12" s="29">
         <v>1465.7739999999994</v>
       </c>
-      <c r="Y12" s="28">
+      <c r="Y12" s="29">
         <v>13365.964</v>
       </c>
-      <c r="Z12" s="28">
+      <c r="Z12" s="29">
         <v>794.39800000000002</v>
       </c>
-      <c r="AA12" s="28">
+      <c r="AA12" s="29">
         <v>30.344000000000051</v>
       </c>
-      <c r="AB12" s="46">
+      <c r="AB12" s="29">
         <v>-1220.614</v>
       </c>
-      <c r="AC12" s="47" t="s">
-[...3 lines deleted...]
-        <v>167</v>
+      <c r="AC12" s="46" t="s">
+        <v>165</v>
+      </c>
+      <c r="AD12" s="47" t="s">
+        <v>165</v>
       </c>
       <c r="AE12" s="7"/>
       <c r="AF12" s="7"/>
       <c r="AG12" s="7"/>
       <c r="AH12" s="7"/>
       <c r="AI12" s="7"/>
       <c r="AJ12" s="7"/>
       <c r="AK12" s="7"/>
       <c r="AL12" s="7"/>
     </row>
     <row r="13" spans="1:255" ht="15" customHeight="1">
       <c r="A13" s="23" t="s">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="B13" s="31">
+        <v>12</v>
+      </c>
+      <c r="B13" s="29">
         <v>4373.6419999999998</v>
       </c>
-      <c r="C13" s="31">
+      <c r="C13" s="29">
         <v>1375.78</v>
       </c>
-      <c r="D13" s="31">
+      <c r="D13" s="29">
         <v>776.13800000000003</v>
       </c>
-      <c r="E13" s="31">
+      <c r="E13" s="29">
         <v>1016.525</v>
       </c>
-      <c r="F13" s="31">
+      <c r="F13" s="29">
         <v>400.666</v>
       </c>
-      <c r="G13" s="31">
+      <c r="G13" s="29">
         <v>527.28300000000002</v>
       </c>
-      <c r="H13" s="31">
+      <c r="H13" s="29">
         <v>3582.8959999999997</v>
       </c>
-      <c r="I13" s="31">
+      <c r="I13" s="29">
         <v>0.22199999999997999</v>
       </c>
-      <c r="J13" s="31">
+      <c r="J13" s="29">
         <v>1548.3510000000001</v>
       </c>
-      <c r="K13" s="31">
+      <c r="K13" s="29">
         <v>1.085</v>
       </c>
-      <c r="L13" s="31">
+      <c r="L13" s="29">
         <v>0.03</v>
       </c>
-      <c r="M13" s="31">
+      <c r="M13" s="29">
         <v>55.529000000000003</v>
       </c>
-      <c r="N13" s="31">
+      <c r="N13" s="29">
         <v>1604.9949999999999</v>
       </c>
-      <c r="O13" s="31">
+      <c r="O13" s="29">
         <v>14454.707</v>
       </c>
-      <c r="P13" s="28">
+      <c r="P13" s="29">
         <v>7441.723</v>
       </c>
-      <c r="Q13" s="28">
+      <c r="Q13" s="29">
         <v>2759.8820000000001</v>
       </c>
-      <c r="R13" s="28">
+      <c r="R13" s="29">
         <v>228.471</v>
       </c>
-      <c r="S13" s="28">
+      <c r="S13" s="29">
         <v>4453.3580000000002</v>
       </c>
-      <c r="T13" s="28">
+      <c r="T13" s="29">
         <v>1.2E-2</v>
       </c>
       <c r="U13" s="29">
         <v>0</v>
       </c>
-      <c r="V13" s="28">
+      <c r="V13" s="29">
         <v>3710.4929999999999</v>
       </c>
-      <c r="W13" s="28">
+      <c r="W13" s="29">
         <v>556.84199999999998</v>
       </c>
-      <c r="X13" s="28">
+      <c r="X13" s="29">
         <v>1454.4669999999987</v>
       </c>
-      <c r="Y13" s="28">
+      <c r="Y13" s="29">
         <v>13163.525</v>
       </c>
-      <c r="Z13" s="28">
+      <c r="Z13" s="29">
         <v>815.61400000000003</v>
       </c>
-      <c r="AA13" s="28">
+      <c r="AA13" s="29">
         <v>39.475999999999999</v>
       </c>
-      <c r="AB13" s="46">
+      <c r="AB13" s="29">
         <v>-1291.182</v>
       </c>
-      <c r="AC13" s="47" t="s">
-[...3 lines deleted...]
-        <v>167</v>
+      <c r="AC13" s="46" t="s">
+        <v>165</v>
+      </c>
+      <c r="AD13" s="47" t="s">
+        <v>165</v>
       </c>
       <c r="AE13" s="7"/>
       <c r="AF13" s="7"/>
       <c r="AG13" s="7"/>
       <c r="AH13" s="7"/>
       <c r="AI13" s="7"/>
       <c r="AJ13" s="7"/>
       <c r="AK13" s="7"/>
       <c r="AL13" s="7"/>
     </row>
     <row r="14" spans="1:255" ht="15" customHeight="1">
       <c r="A14" s="23" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="B14" s="31">
+        <v>13</v>
+      </c>
+      <c r="B14" s="29">
         <v>5482.3050000000003</v>
       </c>
-      <c r="C14" s="31">
+      <c r="C14" s="29">
         <v>2447.085</v>
       </c>
-      <c r="D14" s="31">
+      <c r="D14" s="29">
         <v>789.18600000000004</v>
       </c>
-      <c r="E14" s="31">
+      <c r="E14" s="29">
         <v>1044.377</v>
       </c>
-      <c r="F14" s="31">
+      <c r="F14" s="29">
         <v>541.48900000000003</v>
       </c>
-      <c r="G14" s="31">
+      <c r="G14" s="29">
         <v>887.79640000000006</v>
       </c>
-      <c r="H14" s="31">
+      <c r="H14" s="29">
         <v>3888.9559999999997</v>
       </c>
-      <c r="I14" s="31">
+      <c r="I14" s="29">
         <v>0.44399999999995998</v>
       </c>
-      <c r="J14" s="31">
+      <c r="J14" s="29">
         <v>3006.7710000000002</v>
       </c>
-      <c r="K14" s="31">
+      <c r="K14" s="29">
         <v>1.085</v>
       </c>
-      <c r="L14" s="31">
+      <c r="L14" s="29">
         <v>0.111</v>
       </c>
-      <c r="M14" s="31">
+      <c r="M14" s="29">
         <v>-110.452</v>
       </c>
-      <c r="N14" s="31">
+      <c r="N14" s="29">
         <v>2897.5150000000003</v>
       </c>
-      <c r="O14" s="31">
+      <c r="O14" s="29">
         <v>18983.685399999998</v>
       </c>
-      <c r="P14" s="28">
+      <c r="P14" s="29">
         <v>8401.3249999999989</v>
       </c>
-      <c r="Q14" s="28">
+      <c r="Q14" s="29">
         <v>3297.1819999999998</v>
       </c>
-      <c r="R14" s="28">
+      <c r="R14" s="29">
         <v>327.00799999999998</v>
       </c>
-      <c r="S14" s="28">
+      <c r="S14" s="29">
         <v>4777.1229999999996</v>
       </c>
-      <c r="T14" s="28">
+      <c r="T14" s="29">
         <v>1.2E-2</v>
       </c>
       <c r="U14" s="29">
         <v>0</v>
       </c>
-      <c r="V14" s="28">
+      <c r="V14" s="29">
         <v>3869.0309999999999</v>
       </c>
-      <c r="W14" s="28">
+      <c r="W14" s="29">
         <v>1031.73</v>
       </c>
-      <c r="X14" s="28">
+      <c r="X14" s="29">
         <v>2277.2207450000042</v>
       </c>
-      <c r="Y14" s="28">
+      <c r="Y14" s="29">
         <v>15579.306745000002</v>
       </c>
-      <c r="Z14" s="28">
+      <c r="Z14" s="29">
         <v>919.66099999999994</v>
       </c>
-      <c r="AA14" s="28">
+      <c r="AA14" s="29">
         <v>130.47499999999991</v>
       </c>
-      <c r="AB14" s="46">
+      <c r="AB14" s="29">
         <v>-3404.3786549999973</v>
       </c>
-      <c r="AC14" s="47" t="s">
-[...3 lines deleted...]
-        <v>167</v>
+      <c r="AC14" s="46" t="s">
+        <v>165</v>
+      </c>
+      <c r="AD14" s="47" t="s">
+        <v>165</v>
       </c>
       <c r="AE14" s="7"/>
       <c r="AF14" s="7"/>
       <c r="AG14" s="7"/>
       <c r="AH14" s="7"/>
       <c r="AI14" s="7"/>
       <c r="AJ14" s="7"/>
       <c r="AK14" s="7"/>
       <c r="AL14" s="7"/>
     </row>
     <row r="15" spans="1:255" ht="15" customHeight="1">
       <c r="A15" s="23" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="B15" s="31">
+        <v>14</v>
+      </c>
+      <c r="B15" s="29">
         <v>4555.2700000000004</v>
       </c>
-      <c r="C15" s="31">
+      <c r="C15" s="29">
         <v>839.93299999999999</v>
       </c>
-      <c r="D15" s="31">
+      <c r="D15" s="29">
         <v>802.58199999999999</v>
       </c>
-      <c r="E15" s="31">
+      <c r="E15" s="29">
         <v>979.36699999999996</v>
       </c>
-      <c r="F15" s="31">
+      <c r="F15" s="29">
         <v>300.697</v>
       </c>
-      <c r="G15" s="31">
+      <c r="G15" s="29">
         <v>617.68200000000002</v>
       </c>
-      <c r="H15" s="31">
+      <c r="H15" s="29">
         <v>3068.3500000000004</v>
       </c>
-      <c r="I15" s="31">
+      <c r="I15" s="29">
         <v>0.36700000000007549</v>
       </c>
-      <c r="J15" s="31">
+      <c r="J15" s="29">
         <v>1330.337</v>
       </c>
-      <c r="K15" s="31">
+      <c r="K15" s="29">
         <v>0.96</v>
       </c>
-      <c r="L15" s="31">
+      <c r="L15" s="29">
         <v>1.0999999999999999E-2</v>
       </c>
-      <c r="M15" s="31">
+      <c r="M15" s="29">
         <v>-1.274</v>
       </c>
-      <c r="N15" s="31">
+      <c r="N15" s="29">
         <v>1330.0340000000001</v>
       </c>
-      <c r="O15" s="31">
+      <c r="O15" s="29">
         <v>13247.782999999999</v>
       </c>
-      <c r="P15" s="28">
+      <c r="P15" s="29">
         <v>7018.2790000000005</v>
       </c>
-      <c r="Q15" s="28">
+      <c r="Q15" s="29">
         <v>2452.1799999999998</v>
       </c>
-      <c r="R15" s="28">
+      <c r="R15" s="29">
         <v>258.38299999999998</v>
       </c>
-      <c r="S15" s="28">
+      <c r="S15" s="29">
         <v>4307.6890000000003</v>
       </c>
-      <c r="T15" s="28">
+      <c r="T15" s="29">
         <v>2.7E-2</v>
       </c>
       <c r="U15" s="29">
         <v>0</v>
       </c>
-      <c r="V15" s="28">
+      <c r="V15" s="29">
         <v>3637.317</v>
       </c>
-      <c r="W15" s="28">
+      <c r="W15" s="29">
         <v>420.39199999999994</v>
       </c>
-      <c r="X15" s="28">
+      <c r="X15" s="29">
         <v>1379.7909999999993</v>
       </c>
-      <c r="Y15" s="28">
+      <c r="Y15" s="29">
         <v>12455.779</v>
       </c>
-      <c r="Z15" s="28">
+      <c r="Z15" s="29">
         <v>863.35</v>
       </c>
-      <c r="AA15" s="28">
+      <c r="AA15" s="29">
         <v>60.768000000000029</v>
       </c>
-      <c r="AB15" s="46">
+      <c r="AB15" s="29">
         <v>-792.00400000000002</v>
       </c>
-      <c r="AC15" s="47" t="s">
-[...3 lines deleted...]
-        <v>167</v>
+      <c r="AC15" s="46" t="s">
+        <v>165</v>
+      </c>
+      <c r="AD15" s="47" t="s">
+        <v>165</v>
       </c>
       <c r="AE15" s="7"/>
       <c r="AF15" s="7"/>
       <c r="AG15" s="7"/>
       <c r="AH15" s="7"/>
       <c r="AI15" s="7"/>
       <c r="AJ15" s="7"/>
       <c r="AK15" s="7"/>
       <c r="AL15" s="7"/>
     </row>
     <row r="16" spans="1:255" ht="15" customHeight="1">
       <c r="A16" s="23" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="B16" s="31">
+        <v>15</v>
+      </c>
+      <c r="B16" s="29">
         <v>5338.72</v>
       </c>
-      <c r="C16" s="31">
+      <c r="C16" s="29">
         <v>1576.89</v>
       </c>
-      <c r="D16" s="31">
+      <c r="D16" s="29">
         <v>815.01700000000005</v>
       </c>
-      <c r="E16" s="31">
+      <c r="E16" s="29">
         <v>979.33900000000006</v>
       </c>
-      <c r="F16" s="31">
+      <c r="F16" s="29">
         <v>312.12700000000001</v>
       </c>
-      <c r="G16" s="31">
+      <c r="G16" s="29">
         <v>602.80500000000006</v>
       </c>
-      <c r="H16" s="31">
+      <c r="H16" s="29">
         <v>3238.1320000000001</v>
       </c>
-      <c r="I16" s="31">
+      <c r="I16" s="29">
         <v>0.54999999999995453</v>
       </c>
-      <c r="J16" s="31">
+      <c r="J16" s="29">
         <v>1546.0509999999999</v>
       </c>
-      <c r="K16" s="31">
+      <c r="K16" s="29">
         <v>0.96</v>
       </c>
-      <c r="L16" s="31">
+      <c r="L16" s="29">
         <v>4.4999999999999998E-2</v>
       </c>
-      <c r="M16" s="31">
+      <c r="M16" s="29">
         <v>-139.26599999999999</v>
       </c>
-      <c r="N16" s="31">
+      <c r="N16" s="29">
         <v>1407.79</v>
       </c>
-      <c r="O16" s="31">
+      <c r="O16" s="29">
         <v>15328.361999999999</v>
       </c>
-      <c r="P16" s="28">
+      <c r="P16" s="29">
         <v>8458.1260000000002</v>
       </c>
-      <c r="Q16" s="28">
+      <c r="Q16" s="29">
         <v>3382.8470000000002</v>
       </c>
-      <c r="R16" s="28">
+      <c r="R16" s="29">
         <v>315.12099999999998</v>
       </c>
-      <c r="S16" s="28">
+      <c r="S16" s="29">
         <v>4760.1270000000004</v>
       </c>
-      <c r="T16" s="28">
+      <c r="T16" s="29">
         <v>3.1E-2</v>
       </c>
       <c r="U16" s="29">
         <v>0</v>
       </c>
-      <c r="V16" s="28">
+      <c r="V16" s="29">
         <v>3813.0859999999998</v>
       </c>
-      <c r="W16" s="28">
+      <c r="W16" s="29">
         <v>536.00800000000004</v>
       </c>
-      <c r="X16" s="28">
+      <c r="X16" s="29">
         <v>1734.0330000000013</v>
       </c>
-      <c r="Y16" s="28">
+      <c r="Y16" s="29">
         <v>14541.253000000001</v>
       </c>
-      <c r="Z16" s="28">
+      <c r="Z16" s="29">
         <v>866.36599999999999</v>
       </c>
-      <c r="AA16" s="28">
+      <c r="AA16" s="29">
         <v>51.348999999999933</v>
       </c>
-      <c r="AB16" s="46">
+      <c r="AB16" s="29">
         <v>-787.10900000000004</v>
       </c>
-      <c r="AC16" s="47" t="s">
-[...3 lines deleted...]
-        <v>167</v>
+      <c r="AC16" s="46" t="s">
+        <v>165</v>
+      </c>
+      <c r="AD16" s="47" t="s">
+        <v>165</v>
       </c>
       <c r="AE16" s="7"/>
       <c r="AF16" s="7"/>
       <c r="AG16" s="7"/>
       <c r="AH16" s="7"/>
       <c r="AI16" s="7"/>
       <c r="AJ16" s="7"/>
       <c r="AK16" s="7"/>
       <c r="AL16" s="7"/>
     </row>
     <row r="17" spans="1:38" ht="15" customHeight="1">
       <c r="A17" s="23" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="B17" s="31">
+        <v>16</v>
+      </c>
+      <c r="B17" s="29">
         <v>4710.4120000000003</v>
       </c>
-      <c r="C17" s="31">
+      <c r="C17" s="29">
         <v>1649.5229999999999</v>
       </c>
-      <c r="D17" s="31">
+      <c r="D17" s="29">
         <v>825.90599999999995</v>
       </c>
-      <c r="E17" s="31">
+      <c r="E17" s="29">
         <v>1023.427</v>
       </c>
-      <c r="F17" s="31">
+      <c r="F17" s="29">
         <v>421.21800000000002</v>
       </c>
-      <c r="G17" s="31">
+      <c r="G17" s="29">
         <v>554.255</v>
       </c>
-      <c r="H17" s="31">
+      <c r="H17" s="29">
         <v>3822.6549999999997</v>
       </c>
-      <c r="I17" s="31">
+      <c r="I17" s="29">
         <v>0.18299999999999272</v>
       </c>
-      <c r="J17" s="31">
+      <c r="J17" s="29">
         <v>2543.9360000000001</v>
       </c>
-      <c r="K17" s="31">
+      <c r="K17" s="29">
         <v>0.96</v>
       </c>
-      <c r="L17" s="31">
+      <c r="L17" s="29">
         <v>2.1999999999999999E-2</v>
       </c>
-      <c r="M17" s="31">
+      <c r="M17" s="29">
         <v>-56.587000000000003</v>
       </c>
-      <c r="N17" s="31">
+      <c r="N17" s="29">
         <v>2488.3310000000001</v>
       </c>
-      <c r="O17" s="31">
+      <c r="O17" s="29">
         <v>16416.723000000002</v>
       </c>
-      <c r="P17" s="28">
+      <c r="P17" s="29">
         <v>7679.9069999999992</v>
       </c>
-      <c r="Q17" s="28">
+      <c r="Q17" s="29">
         <v>2551.4279999999999</v>
       </c>
-      <c r="R17" s="28">
+      <c r="R17" s="29">
         <v>291.57900000000001</v>
       </c>
-      <c r="S17" s="28">
+      <c r="S17" s="29">
         <v>4836.87</v>
       </c>
-      <c r="T17" s="28">
+      <c r="T17" s="29">
         <v>0.03</v>
       </c>
       <c r="U17" s="29">
         <v>0</v>
       </c>
-      <c r="V17" s="28">
+      <c r="V17" s="29">
         <v>3943.8760000000002</v>
       </c>
-      <c r="W17" s="28">
+      <c r="W17" s="29">
         <v>500.61199999999997</v>
       </c>
-      <c r="X17" s="28">
+      <c r="X17" s="29">
         <v>1660.7980000000007</v>
       </c>
-      <c r="Y17" s="28">
+      <c r="Y17" s="29">
         <v>13785.192999999999</v>
       </c>
-      <c r="Z17" s="28">
+      <c r="Z17" s="29">
         <v>892.00699999999995</v>
       </c>
-      <c r="AA17" s="28">
+      <c r="AA17" s="29">
         <v>66.100999999999999</v>
       </c>
-      <c r="AB17" s="46">
+      <c r="AB17" s="29">
         <v>-2631.53</v>
       </c>
-      <c r="AC17" s="47" t="s">
-[...3 lines deleted...]
-        <v>167</v>
+      <c r="AC17" s="46" t="s">
+        <v>165</v>
+      </c>
+      <c r="AD17" s="47" t="s">
+        <v>165</v>
       </c>
       <c r="AE17" s="7"/>
       <c r="AF17" s="7"/>
       <c r="AG17" s="7"/>
       <c r="AH17" s="7"/>
       <c r="AI17" s="7"/>
       <c r="AJ17" s="7"/>
       <c r="AK17" s="7"/>
       <c r="AL17" s="7"/>
     </row>
     <row r="18" spans="1:38" ht="15" customHeight="1">
       <c r="A18" s="23" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="B18" s="31">
+        <v>17</v>
+      </c>
+      <c r="B18" s="29">
         <v>5556.1459999999997</v>
       </c>
-      <c r="C18" s="31">
+      <c r="C18" s="29">
         <v>2343.0279999999998</v>
       </c>
-      <c r="D18" s="31">
+      <c r="D18" s="29">
         <v>835.40200000000004</v>
       </c>
-      <c r="E18" s="31">
+      <c r="E18" s="29">
         <v>1060.4000000000001</v>
       </c>
-      <c r="F18" s="31">
+      <c r="F18" s="29">
         <v>524.25800000000004</v>
       </c>
-      <c r="G18" s="31">
+      <c r="G18" s="29">
         <v>729.16399999999999</v>
       </c>
-      <c r="H18" s="31">
+      <c r="H18" s="29">
         <v>4306.8919999999998</v>
       </c>
-      <c r="I18" s="31">
+      <c r="I18" s="29">
         <v>0.36599999999998545</v>
       </c>
-      <c r="J18" s="31">
+      <c r="J18" s="29">
         <v>1148.277</v>
       </c>
-      <c r="K18" s="31">
+      <c r="K18" s="29">
         <v>0.95899999999999996</v>
       </c>
-      <c r="L18" s="31">
+      <c r="L18" s="29">
         <v>0.08</v>
       </c>
-      <c r="M18" s="31">
+      <c r="M18" s="29">
         <v>-444.83499999999998</v>
       </c>
-      <c r="N18" s="31">
+      <c r="N18" s="29">
         <v>704.48099999999999</v>
       </c>
-      <c r="O18" s="31">
+      <c r="O18" s="29">
         <v>17360.067999999999</v>
       </c>
-      <c r="P18" s="28">
+      <c r="P18" s="29">
         <v>9367.0329999999994</v>
       </c>
-      <c r="Q18" s="28">
+      <c r="Q18" s="29">
         <v>3713.3649999999998</v>
       </c>
-      <c r="R18" s="28">
+      <c r="R18" s="29">
         <v>621.47800000000007</v>
       </c>
-      <c r="S18" s="28">
+      <c r="S18" s="29">
         <v>5032.1580000000004</v>
       </c>
-      <c r="T18" s="28">
+      <c r="T18" s="29">
         <v>3.2000000000000001E-2</v>
       </c>
       <c r="U18" s="29">
         <v>0</v>
       </c>
-      <c r="V18" s="28">
+      <c r="V18" s="29">
         <v>4231.7929999999997</v>
       </c>
-      <c r="W18" s="28">
+      <c r="W18" s="29">
         <v>1166.605</v>
       </c>
-      <c r="X18" s="28">
+      <c r="X18" s="29">
         <v>2118.7143950000009</v>
       </c>
-      <c r="Y18" s="28">
+      <c r="Y18" s="29">
         <v>16884.145395</v>
       </c>
-      <c r="Z18" s="28">
+      <c r="Z18" s="29">
         <v>931.37900000000002</v>
       </c>
-      <c r="AA18" s="28">
+      <c r="AA18" s="29">
         <v>95.976999999999975</v>
       </c>
-      <c r="AB18" s="46">
+      <c r="AB18" s="29">
         <v>-475.92260500000043</v>
       </c>
-      <c r="AC18" s="47" t="s">
-[...3 lines deleted...]
-        <v>167</v>
+      <c r="AC18" s="46" t="s">
+        <v>165</v>
+      </c>
+      <c r="AD18" s="47" t="s">
+        <v>165</v>
       </c>
       <c r="AE18" s="7"/>
       <c r="AF18" s="7"/>
       <c r="AG18" s="7"/>
       <c r="AH18" s="7"/>
       <c r="AI18" s="7"/>
       <c r="AJ18" s="7"/>
       <c r="AK18" s="7"/>
       <c r="AL18" s="7"/>
     </row>
     <row r="19" spans="1:38" ht="15" customHeight="1">
       <c r="A19" s="23" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="B19" s="31">
+        <v>18</v>
+      </c>
+      <c r="B19" s="29">
         <v>4614.8040000000001</v>
       </c>
-      <c r="C19" s="31">
+      <c r="C19" s="29">
         <v>1117.404</v>
       </c>
-      <c r="D19" s="31">
+      <c r="D19" s="29">
         <v>844.38300000000004</v>
       </c>
-      <c r="E19" s="31">
+      <c r="E19" s="29">
         <v>1003.376</v>
       </c>
-      <c r="F19" s="31">
+      <c r="F19" s="29">
         <v>310.37900000000002</v>
       </c>
-      <c r="G19" s="31">
+      <c r="G19" s="29">
         <v>655.06600000000003</v>
       </c>
-      <c r="H19" s="31">
+      <c r="H19" s="29">
         <v>3446.4279999999999</v>
       </c>
-      <c r="I19" s="31">
+      <c r="I19" s="29">
         <v>0.60800000000006094</v>
       </c>
-      <c r="J19" s="31">
+      <c r="J19" s="29">
         <v>1250.9349999999999</v>
       </c>
-      <c r="K19" s="31">
+      <c r="K19" s="29">
         <v>0.77200000000000002</v>
       </c>
-      <c r="L19" s="31">
+      <c r="L19" s="29">
         <v>1.367</v>
       </c>
-      <c r="M19" s="31">
+      <c r="M19" s="29">
         <v>53.829000000000001</v>
       </c>
-      <c r="N19" s="31">
+      <c r="N19" s="29">
         <v>1306.903</v>
       </c>
-      <c r="O19" s="31">
+      <c r="O19" s="29">
         <v>14264.934999999999</v>
       </c>
-      <c r="P19" s="28">
+      <c r="P19" s="29">
         <v>6827.8159999999998</v>
       </c>
-      <c r="Q19" s="28">
+      <c r="Q19" s="29">
         <v>2244.634</v>
       </c>
-      <c r="R19" s="28">
+      <c r="R19" s="29">
         <v>212.595</v>
       </c>
-      <c r="S19" s="28">
+      <c r="S19" s="29">
         <v>4370.5869999999995</v>
       </c>
-      <c r="T19" s="28">
+      <c r="T19" s="29">
         <v>0</v>
       </c>
       <c r="U19" s="29">
         <v>0</v>
       </c>
-      <c r="V19" s="28">
+      <c r="V19" s="29">
         <v>3887.1</v>
       </c>
-      <c r="W19" s="28">
+      <c r="W19" s="29">
         <v>433.11900000000003</v>
       </c>
-      <c r="X19" s="28">
+      <c r="X19" s="29">
         <v>1292.7999999999993</v>
       </c>
-      <c r="Y19" s="28">
+      <c r="Y19" s="29">
         <v>12440.834999999999</v>
       </c>
-      <c r="Z19" s="28">
+      <c r="Z19" s="29">
         <v>893.68299999999999</v>
       </c>
-      <c r="AA19" s="28">
+      <c r="AA19" s="29">
         <v>49.299999999999955</v>
       </c>
-      <c r="AB19" s="46">
+      <c r="AB19" s="29">
         <v>-1824.1</v>
       </c>
-      <c r="AC19" s="47" t="s">
-[...3 lines deleted...]
-        <v>167</v>
+      <c r="AC19" s="46" t="s">
+        <v>165</v>
+      </c>
+      <c r="AD19" s="47" t="s">
+        <v>165</v>
       </c>
       <c r="AE19" s="7"/>
       <c r="AF19" s="7"/>
       <c r="AG19" s="7"/>
       <c r="AH19" s="7"/>
       <c r="AI19" s="7"/>
       <c r="AJ19" s="7"/>
       <c r="AK19" s="7"/>
       <c r="AL19" s="7"/>
     </row>
     <row r="20" spans="1:38" ht="15" customHeight="1">
       <c r="A20" s="23" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="B20" s="31">
+        <v>19</v>
+      </c>
+      <c r="B20" s="29">
         <v>5476.9269999999997</v>
       </c>
-      <c r="C20" s="31">
+      <c r="C20" s="29">
         <v>1530.4179999999999</v>
       </c>
-      <c r="D20" s="31">
+      <c r="D20" s="29">
         <v>854.46699999999998</v>
       </c>
-      <c r="E20" s="31">
+      <c r="E20" s="29">
         <v>960.02700000000004</v>
       </c>
-      <c r="F20" s="31">
+      <c r="F20" s="29">
         <v>356.95600000000002</v>
       </c>
-      <c r="G20" s="31">
+      <c r="G20" s="29">
         <v>632.92599999999993</v>
       </c>
-      <c r="H20" s="31">
+      <c r="H20" s="29">
         <v>3790.9369999999999</v>
       </c>
-      <c r="I20" s="31">
+      <c r="I20" s="29">
         <v>0.91099999999994452</v>
       </c>
-      <c r="J20" s="31">
+      <c r="J20" s="29">
         <v>1302.2809999999999</v>
       </c>
-      <c r="K20" s="31">
+      <c r="K20" s="29">
         <v>0.77200000000000002</v>
       </c>
-      <c r="L20" s="31">
+      <c r="L20" s="29">
         <v>2.0470000000000002</v>
       </c>
-      <c r="M20" s="31">
+      <c r="M20" s="29">
         <v>41.969000000000001</v>
       </c>
-      <c r="N20" s="31">
+      <c r="N20" s="29">
         <v>1347.069</v>
       </c>
-      <c r="O20" s="31">
+      <c r="O20" s="29">
         <v>16139.816000000001</v>
       </c>
-      <c r="P20" s="28">
+      <c r="P20" s="29">
         <v>7762.1770000000006</v>
       </c>
-      <c r="Q20" s="28">
+      <c r="Q20" s="29">
         <v>3030.4780000000001</v>
       </c>
-      <c r="R20" s="28">
+      <c r="R20" s="29">
         <v>211.83800000000002</v>
       </c>
-      <c r="S20" s="28">
+      <c r="S20" s="29">
         <v>4519.8609999999999</v>
       </c>
-      <c r="T20" s="28">
+      <c r="T20" s="29">
         <v>0</v>
       </c>
       <c r="U20" s="29">
         <v>0</v>
       </c>
-      <c r="V20" s="28">
+      <c r="V20" s="29">
         <v>4050.2420000000002</v>
       </c>
-      <c r="W20" s="28">
+      <c r="W20" s="29">
         <v>453.93299999999999</v>
       </c>
-      <c r="X20" s="28">
+      <c r="X20" s="29">
         <v>1672.2249999999976</v>
       </c>
-      <c r="Y20" s="28">
+      <c r="Y20" s="29">
         <v>13938.576999999999</v>
       </c>
-      <c r="Z20" s="28">
+      <c r="Z20" s="29">
         <v>906.76099999999997</v>
       </c>
-      <c r="AA20" s="28">
+      <c r="AA20" s="29">
         <v>52.293999999999983</v>
       </c>
-      <c r="AB20" s="46">
+      <c r="AB20" s="29">
         <v>-2201.239</v>
       </c>
-      <c r="AC20" s="47" t="s">
-[...3 lines deleted...]
-        <v>167</v>
+      <c r="AC20" s="46" t="s">
+        <v>165</v>
+      </c>
+      <c r="AD20" s="47" t="s">
+        <v>165</v>
       </c>
       <c r="AE20" s="7"/>
       <c r="AF20" s="7"/>
       <c r="AG20" s="7"/>
       <c r="AH20" s="7"/>
       <c r="AI20" s="7"/>
       <c r="AJ20" s="7"/>
       <c r="AK20" s="7"/>
       <c r="AL20" s="7"/>
     </row>
     <row r="21" spans="1:38" ht="15" customHeight="1">
       <c r="A21" s="23" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="B21" s="31">
+        <v>20</v>
+      </c>
+      <c r="B21" s="29">
         <v>4883.848</v>
       </c>
-      <c r="C21" s="31">
+      <c r="C21" s="29">
         <v>1672.4870000000001</v>
       </c>
-      <c r="D21" s="31">
+      <c r="D21" s="29">
         <v>866.53</v>
       </c>
-      <c r="E21" s="31">
+      <c r="E21" s="29">
         <v>938.60699999999997</v>
       </c>
-      <c r="F21" s="31">
+      <c r="F21" s="29">
         <v>512.68899999999996</v>
       </c>
-      <c r="G21" s="31">
+      <c r="G21" s="29">
         <v>583.21400000000006</v>
       </c>
-      <c r="H21" s="31">
+      <c r="H21" s="29">
         <v>4216.2529999999997</v>
       </c>
-      <c r="I21" s="31">
+      <c r="I21" s="29">
         <v>0.30399999999997362</v>
       </c>
-      <c r="J21" s="31">
+      <c r="J21" s="29">
         <v>1453.915</v>
       </c>
-      <c r="K21" s="31">
+      <c r="K21" s="29">
         <v>0.77200000000000002</v>
       </c>
-      <c r="L21" s="31">
+      <c r="L21" s="29">
         <v>0.84</v>
       </c>
-      <c r="M21" s="31">
+      <c r="M21" s="29">
         <v>2.0830000000000002</v>
       </c>
-      <c r="N21" s="31">
+      <c r="N21" s="29">
         <v>1457.6100000000001</v>
       </c>
-      <c r="O21" s="31">
+      <c r="O21" s="29">
         <v>16271.138000000001</v>
       </c>
-      <c r="P21" s="28">
+      <c r="P21" s="29">
         <v>6765.1320000000005</v>
       </c>
-      <c r="Q21" s="28">
+      <c r="Q21" s="29">
         <v>1798.453</v>
       </c>
-      <c r="R21" s="28">
+      <c r="R21" s="29">
         <v>167.58799999999999</v>
       </c>
-      <c r="S21" s="28">
+      <c r="S21" s="29">
         <v>4799.0909999999994</v>
       </c>
-      <c r="T21" s="28">
+      <c r="T21" s="29">
         <v>0</v>
       </c>
       <c r="U21" s="29">
         <v>0</v>
       </c>
-      <c r="V21" s="28">
+      <c r="V21" s="29">
         <v>4055.0929999999998</v>
       </c>
-      <c r="W21" s="28">
+      <c r="W21" s="29">
         <v>719.72199999999998</v>
       </c>
-      <c r="X21" s="28">
+      <c r="X21" s="29">
         <v>1844.695999999999</v>
       </c>
-      <c r="Y21" s="28">
+      <c r="Y21" s="29">
         <v>13384.643</v>
       </c>
-      <c r="Z21" s="28">
+      <c r="Z21" s="29">
         <v>946.47</v>
       </c>
-      <c r="AA21" s="28">
+      <c r="AA21" s="29">
         <v>79.940000000000055</v>
       </c>
-      <c r="AB21" s="46">
+      <c r="AB21" s="29">
         <v>-2886.4949999999999</v>
       </c>
-      <c r="AC21" s="47" t="s">
-[...3 lines deleted...]
-        <v>167</v>
+      <c r="AC21" s="46" t="s">
+        <v>165</v>
+      </c>
+      <c r="AD21" s="47" t="s">
+        <v>165</v>
       </c>
       <c r="AE21" s="7"/>
       <c r="AF21" s="7"/>
       <c r="AG21" s="7"/>
       <c r="AH21" s="7"/>
       <c r="AI21" s="7"/>
       <c r="AJ21" s="7"/>
       <c r="AK21" s="7"/>
       <c r="AL21" s="7"/>
     </row>
     <row r="22" spans="1:38" ht="15" customHeight="1">
       <c r="A22" s="23" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="B22" s="31">
+        <v>21</v>
+      </c>
+      <c r="B22" s="29">
         <v>5920.74</v>
       </c>
-      <c r="C22" s="31">
+      <c r="C22" s="29">
         <v>2442.9250000000002</v>
       </c>
-      <c r="D22" s="31">
+      <c r="D22" s="29">
         <v>880.71600000000001</v>
       </c>
-      <c r="E22" s="31">
+      <c r="E22" s="29">
         <v>981.12</v>
       </c>
-      <c r="F22" s="31">
+      <c r="F22" s="29">
         <v>562.86699999999996</v>
       </c>
-      <c r="G22" s="31">
+      <c r="G22" s="29">
         <v>588.78800000000001</v>
       </c>
-      <c r="H22" s="31">
+      <c r="H22" s="29">
         <v>4726.2640000000001</v>
       </c>
-      <c r="I22" s="31">
+      <c r="I22" s="29">
         <v>0.60599999999999454</v>
       </c>
-      <c r="J22" s="31">
+      <c r="J22" s="29">
         <v>2385.3939999999998</v>
       </c>
-      <c r="K22" s="31">
+      <c r="K22" s="29">
         <v>0.77200000000000002</v>
       </c>
-      <c r="L22" s="31">
+      <c r="L22" s="29">
         <v>1.359</v>
       </c>
-      <c r="M22" s="31">
+      <c r="M22" s="29">
         <v>-47.65</v>
       </c>
-      <c r="N22" s="31">
+      <c r="N22" s="29">
         <v>2339.875</v>
       </c>
-      <c r="O22" s="31">
+      <c r="O22" s="29">
         <v>19675.681</v>
       </c>
-      <c r="P22" s="28">
+      <c r="P22" s="29">
         <v>10448.965999999999</v>
       </c>
-      <c r="Q22" s="28">
+      <c r="Q22" s="29">
         <v>3970.3580000000002</v>
       </c>
-      <c r="R22" s="28">
+      <c r="R22" s="29">
         <v>755.55200000000002</v>
       </c>
-      <c r="S22" s="28">
+      <c r="S22" s="29">
         <v>5723.0559999999996</v>
       </c>
-      <c r="T22" s="28">
+      <c r="T22" s="29">
         <v>0</v>
       </c>
       <c r="U22" s="29">
         <v>0</v>
       </c>
-      <c r="V22" s="28">
+      <c r="V22" s="29">
         <v>4440.43</v>
       </c>
-      <c r="W22" s="28">
+      <c r="W22" s="29">
         <v>1159.0545399999999</v>
       </c>
-      <c r="X22" s="28">
+      <c r="X22" s="29">
         <v>2214.0240700000031</v>
       </c>
-      <c r="Y22" s="28">
+      <c r="Y22" s="29">
         <v>18262.474610000001</v>
       </c>
-      <c r="Z22" s="28">
+      <c r="Z22" s="29">
         <v>973.58799999999997</v>
       </c>
-      <c r="AA22" s="28">
+      <c r="AA22" s="29">
         <v>92.871999999999957</v>
       </c>
-      <c r="AB22" s="46">
+      <c r="AB22" s="29">
         <v>-1413.2063900000005</v>
       </c>
-      <c r="AC22" s="47" t="s">
-[...3 lines deleted...]
-        <v>167</v>
+      <c r="AC22" s="46" t="s">
+        <v>165</v>
+      </c>
+      <c r="AD22" s="47" t="s">
+        <v>165</v>
       </c>
       <c r="AE22" s="7"/>
       <c r="AF22" s="7"/>
       <c r="AG22" s="7"/>
       <c r="AH22" s="7"/>
       <c r="AI22" s="7"/>
       <c r="AJ22" s="7"/>
       <c r="AK22" s="7"/>
       <c r="AL22" s="7"/>
     </row>
     <row r="23" spans="1:38" ht="15" customHeight="1">
       <c r="A23" s="23" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="B23" s="31">
+        <v>22</v>
+      </c>
+      <c r="B23" s="29">
         <v>4739.1760000000004</v>
       </c>
-      <c r="C23" s="31">
+      <c r="C23" s="29">
         <v>1097.394</v>
       </c>
-      <c r="D23" s="31">
+      <c r="D23" s="29">
         <v>896.43100000000004</v>
       </c>
-      <c r="E23" s="31">
+      <c r="E23" s="29">
         <v>992.98599999999999</v>
       </c>
-      <c r="F23" s="31">
+      <c r="F23" s="29">
         <v>280.36900000000003</v>
       </c>
-      <c r="G23" s="31">
+      <c r="G23" s="29">
         <v>890.56499999999994</v>
       </c>
-      <c r="H23" s="31">
+      <c r="H23" s="29">
         <v>3880.8879999999999</v>
       </c>
-      <c r="I23" s="31">
+      <c r="I23" s="29">
         <v>0.23599999999999</v>
       </c>
-      <c r="J23" s="31">
+      <c r="J23" s="29">
         <v>1234.941</v>
       </c>
-      <c r="K23" s="31">
+      <c r="K23" s="29">
         <v>0.46300000000000002</v>
       </c>
-      <c r="L23" s="31">
+      <c r="L23" s="29">
         <v>1.0529999999999999</v>
       </c>
-      <c r="M23" s="31">
+      <c r="M23" s="29">
         <v>15.529</v>
       </c>
-      <c r="N23" s="31">
+      <c r="N23" s="29">
         <v>1251.9860000000001</v>
       </c>
-      <c r="O23" s="31">
+      <c r="O23" s="29">
         <v>14970.044</v>
       </c>
-      <c r="P23" s="28">
+      <c r="P23" s="29">
         <v>7073.5370000000003</v>
       </c>
-      <c r="Q23" s="28">
+      <c r="Q23" s="29">
         <v>2542.4949999999999</v>
       </c>
-      <c r="R23" s="28">
+      <c r="R23" s="29">
         <v>299.31100000000004</v>
       </c>
-      <c r="S23" s="28">
+      <c r="S23" s="29">
         <v>4231.7309999999998</v>
       </c>
-      <c r="T23" s="28">
+      <c r="T23" s="29">
         <v>0</v>
       </c>
       <c r="U23" s="29">
         <v>0</v>
       </c>
-      <c r="V23" s="28">
+      <c r="V23" s="29">
         <v>3958.63</v>
       </c>
-      <c r="W23" s="28">
+      <c r="W23" s="29">
         <v>512.529</v>
       </c>
-      <c r="X23" s="28">
+      <c r="X23" s="29">
         <v>1374.248999999998</v>
       </c>
-      <c r="Y23" s="28">
+      <c r="Y23" s="29">
         <v>12918.945</v>
       </c>
-      <c r="Z23" s="28">
+      <c r="Z23" s="29">
         <v>950.30899999999997</v>
       </c>
-      <c r="AA23" s="28">
+      <c r="AA23" s="29">
         <v>53.877999999999929</v>
       </c>
-      <c r="AB23" s="46">
+      <c r="AB23" s="29">
         <v>-2051.0990000000002</v>
       </c>
-      <c r="AC23" s="47" t="s">
-[...3 lines deleted...]
-        <v>167</v>
+      <c r="AC23" s="46" t="s">
+        <v>165</v>
+      </c>
+      <c r="AD23" s="47" t="s">
+        <v>165</v>
       </c>
       <c r="AE23" s="7"/>
       <c r="AF23" s="7"/>
       <c r="AG23" s="7"/>
       <c r="AH23" s="7"/>
       <c r="AI23" s="7"/>
       <c r="AJ23" s="7"/>
       <c r="AK23" s="7"/>
       <c r="AL23" s="7"/>
     </row>
     <row r="24" spans="1:38" ht="15" customHeight="1">
       <c r="A24" s="23" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="B24" s="31">
+        <v>23</v>
+      </c>
+      <c r="B24" s="29">
         <v>5682.7160000000003</v>
       </c>
-      <c r="C24" s="31">
+      <c r="C24" s="29">
         <v>1775.0509999999999</v>
       </c>
-      <c r="D24" s="31">
+      <c r="D24" s="29">
         <v>912.34699999999998</v>
       </c>
-      <c r="E24" s="31">
+      <c r="E24" s="29">
         <v>925.57399999999996</v>
       </c>
-      <c r="F24" s="31">
+      <c r="F24" s="29">
         <v>343.209</v>
       </c>
-      <c r="G24" s="31">
+      <c r="G24" s="29">
         <v>760.00099999999998</v>
       </c>
-      <c r="H24" s="31">
+      <c r="H24" s="29">
         <v>4010.9450000000002</v>
       </c>
-      <c r="I24" s="31">
+      <c r="I24" s="29">
         <v>0.23500000000001364</v>
       </c>
-      <c r="J24" s="31">
+      <c r="J24" s="29">
         <v>1525.7149999999999</v>
       </c>
-      <c r="K24" s="31">
+      <c r="K24" s="29">
         <v>0.46300000000000002</v>
       </c>
-      <c r="L24" s="31">
+      <c r="L24" s="29">
         <v>1.23</v>
       </c>
-      <c r="M24" s="31">
+      <c r="M24" s="29">
         <v>152.077</v>
       </c>
-      <c r="N24" s="31">
+      <c r="N24" s="29">
         <v>1679.4849999999999</v>
       </c>
-      <c r="O24" s="31">
+      <c r="O24" s="29">
         <v>17394.489000000001</v>
       </c>
-      <c r="P24" s="28">
+      <c r="P24" s="29">
         <v>9064.1950000000015</v>
       </c>
-      <c r="Q24" s="28">
+      <c r="Q24" s="29">
         <v>3662.9740000000002</v>
       </c>
-      <c r="R24" s="28">
+      <c r="R24" s="29">
         <v>298.93700000000001</v>
       </c>
-      <c r="S24" s="28">
+      <c r="S24" s="29">
         <v>5102.2840000000006</v>
       </c>
-      <c r="T24" s="28">
+      <c r="T24" s="29">
         <v>0</v>
       </c>
       <c r="U24" s="29">
         <v>0</v>
       </c>
-      <c r="V24" s="28">
+      <c r="V24" s="29">
         <v>4222.8130000000001</v>
       </c>
-      <c r="W24" s="28">
+      <c r="W24" s="29">
         <v>395.19500000000005</v>
       </c>
-      <c r="X24" s="28">
+      <c r="X24" s="29">
         <v>1915.726999999999</v>
       </c>
-      <c r="Y24" s="28">
+      <c r="Y24" s="29">
         <v>15597.93</v>
       </c>
-      <c r="Z24" s="28">
+      <c r="Z24" s="29">
         <v>969.22900000000004</v>
       </c>
-      <c r="AA24" s="28">
+      <c r="AA24" s="29">
         <v>56.882000000000062</v>
       </c>
-      <c r="AB24" s="46">
+      <c r="AB24" s="29">
         <v>-1796.559</v>
       </c>
-      <c r="AC24" s="47" t="s">
-[...3 lines deleted...]
-        <v>167</v>
+      <c r="AC24" s="46" t="s">
+        <v>165</v>
+      </c>
+      <c r="AD24" s="47" t="s">
+        <v>165</v>
       </c>
       <c r="AE24" s="7"/>
       <c r="AF24" s="7"/>
       <c r="AG24" s="7"/>
       <c r="AH24" s="7"/>
       <c r="AI24" s="7"/>
       <c r="AJ24" s="7"/>
       <c r="AK24" s="7"/>
       <c r="AL24" s="7"/>
     </row>
     <row r="25" spans="1:38" ht="15" customHeight="1">
       <c r="A25" s="23" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="B25" s="31">
+        <v>24</v>
+      </c>
+      <c r="B25" s="29">
         <v>5036.3389999999999</v>
       </c>
-      <c r="C25" s="31">
+      <c r="C25" s="29">
         <v>1803.365</v>
       </c>
-      <c r="D25" s="31">
+      <c r="D25" s="29">
         <v>927.72500000000002</v>
       </c>
-      <c r="E25" s="31">
+      <c r="E25" s="29">
         <v>950.54200000000003</v>
       </c>
-      <c r="F25" s="31">
+      <c r="F25" s="29">
         <v>353.46600000000001</v>
       </c>
-      <c r="G25" s="31">
+      <c r="G25" s="29">
         <v>486.26100000000002</v>
       </c>
-      <c r="H25" s="31">
+      <c r="H25" s="29">
         <v>4657.5740000000005</v>
       </c>
-      <c r="I25" s="31">
+      <c r="I25" s="29">
         <v>0.70600000000001728</v>
       </c>
-      <c r="J25" s="31">
+      <c r="J25" s="29">
         <v>1221.6379999999999</v>
       </c>
-      <c r="K25" s="31">
+      <c r="K25" s="29">
         <v>0.46300000000000002</v>
       </c>
-      <c r="L25" s="31">
+      <c r="L25" s="29">
         <v>1.244</v>
       </c>
-      <c r="M25" s="31">
+      <c r="M25" s="29">
         <v>-2.226</v>
       </c>
-      <c r="N25" s="31">
+      <c r="N25" s="29">
         <v>1221.1189999999999</v>
       </c>
-      <c r="O25" s="31">
+      <c r="O25" s="29">
         <v>16649.925999999999</v>
       </c>
-      <c r="P25" s="28">
+      <c r="P25" s="29">
         <v>7547.9590000000007</v>
       </c>
-      <c r="Q25" s="28">
+      <c r="Q25" s="29">
         <v>1951.2270000000001</v>
       </c>
-      <c r="R25" s="28">
+      <c r="R25" s="29">
         <v>385.84899999999999</v>
       </c>
-      <c r="S25" s="28">
+      <c r="S25" s="29">
         <v>5210.8830000000007</v>
       </c>
-      <c r="T25" s="28">
+      <c r="T25" s="29">
         <v>0</v>
       </c>
       <c r="U25" s="29">
         <v>0</v>
       </c>
-      <c r="V25" s="28">
+      <c r="V25" s="29">
         <v>4309.2380000000003</v>
       </c>
-      <c r="W25" s="28">
+      <c r="W25" s="29">
         <v>517.55899999999997</v>
       </c>
-      <c r="X25" s="28">
+      <c r="X25" s="29">
         <v>2048.8770000000004</v>
       </c>
-      <c r="Y25" s="28">
+      <c r="Y25" s="29">
         <v>14423.633</v>
       </c>
-      <c r="Z25" s="28">
+      <c r="Z25" s="29">
         <v>988.58699999999999</v>
       </c>
-      <c r="AA25" s="28">
+      <c r="AA25" s="29">
         <v>60.861999999999966</v>
       </c>
-      <c r="AB25" s="46">
+      <c r="AB25" s="29">
         <v>-2226.2930000000001</v>
       </c>
-      <c r="AC25" s="47" t="s">
-[...3 lines deleted...]
-        <v>167</v>
+      <c r="AC25" s="46" t="s">
+        <v>165</v>
+      </c>
+      <c r="AD25" s="47" t="s">
+        <v>165</v>
       </c>
       <c r="AE25" s="7"/>
       <c r="AF25" s="7"/>
       <c r="AG25" s="7"/>
       <c r="AH25" s="7"/>
       <c r="AI25" s="7"/>
       <c r="AJ25" s="7"/>
       <c r="AK25" s="7"/>
       <c r="AL25" s="7"/>
     </row>
     <row r="26" spans="1:38" ht="15" customHeight="1">
       <c r="A26" s="23" t="s">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="B26" s="31">
+        <v>25</v>
+      </c>
+      <c r="B26" s="29">
         <v>6270.3040000000001</v>
       </c>
-      <c r="C26" s="31">
+      <c r="C26" s="29">
         <v>2619.0729999999999</v>
       </c>
-      <c r="D26" s="31">
+      <c r="D26" s="29">
         <v>942.40899999999999</v>
       </c>
-      <c r="E26" s="31">
+      <c r="E26" s="29">
         <v>1039.7155700000001</v>
       </c>
-      <c r="F26" s="31">
+      <c r="F26" s="29">
         <v>383.34</v>
       </c>
-      <c r="G26" s="31">
+      <c r="G26" s="29">
         <v>655.4065700000001</v>
       </c>
-      <c r="H26" s="31">
+      <c r="H26" s="29">
         <v>5038.9589999999998</v>
       </c>
-      <c r="I26" s="31">
+      <c r="I26" s="29">
         <v>1.1749999999999545</v>
       </c>
-      <c r="J26" s="31">
+      <c r="J26" s="29">
         <v>2772.8130000000001</v>
       </c>
-      <c r="K26" s="31">
+      <c r="K26" s="29">
         <v>0.46400000000000002</v>
       </c>
-      <c r="L26" s="31">
+      <c r="L26" s="29">
         <v>3.5489999999999999</v>
       </c>
-      <c r="M26" s="31">
+      <c r="M26" s="29">
         <v>151.83600000000001</v>
       </c>
-      <c r="N26" s="31">
+      <c r="N26" s="29">
         <v>2928.6620000000003</v>
       </c>
-      <c r="O26" s="31">
+      <c r="O26" s="29">
         <v>21433.986140000001</v>
       </c>
-      <c r="P26" s="28">
+      <c r="P26" s="29">
         <v>9827.9759999999987</v>
       </c>
-      <c r="Q26" s="28">
+      <c r="Q26" s="29">
         <v>3850.712</v>
       </c>
-      <c r="R26" s="28">
+      <c r="R26" s="29">
         <v>281.22699999999998</v>
       </c>
-      <c r="S26" s="28">
+      <c r="S26" s="29">
         <v>5696.0370000000003</v>
       </c>
-      <c r="T26" s="28">
+      <c r="T26" s="29">
         <v>0</v>
       </c>
       <c r="U26" s="29">
         <v>0</v>
       </c>
-      <c r="V26" s="28">
+      <c r="V26" s="29">
         <v>4817.232</v>
       </c>
-      <c r="W26" s="28">
+      <c r="W26" s="29">
         <v>860.52553</v>
       </c>
-      <c r="X26" s="28">
+      <c r="X26" s="29">
         <v>2559.367868000003</v>
       </c>
-      <c r="Y26" s="28">
+      <c r="Y26" s="29">
         <v>18065.101398000003</v>
       </c>
-      <c r="Z26" s="28">
+      <c r="Z26" s="29">
         <v>1037.9079999999999</v>
       </c>
-      <c r="AA26" s="28">
+      <c r="AA26" s="29">
         <v>95.49899999999991</v>
       </c>
-      <c r="AB26" s="46">
+      <c r="AB26" s="29">
         <v>-3368.8847419999988</v>
       </c>
-      <c r="AC26" s="47" t="s">
-[...3 lines deleted...]
-        <v>167</v>
+      <c r="AC26" s="46" t="s">
+        <v>165</v>
+      </c>
+      <c r="AD26" s="47" t="s">
+        <v>165</v>
       </c>
       <c r="AE26" s="7"/>
       <c r="AF26" s="7"/>
       <c r="AG26" s="7"/>
       <c r="AH26" s="7"/>
       <c r="AI26" s="7"/>
       <c r="AJ26" s="7"/>
       <c r="AK26" s="7"/>
       <c r="AL26" s="7"/>
     </row>
     <row r="27" spans="1:38" ht="15" customHeight="1">
       <c r="A27" s="23" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="B27" s="31">
+        <v>26</v>
+      </c>
+      <c r="B27" s="29">
         <v>5045.8829999999998</v>
       </c>
-      <c r="C27" s="31">
+      <c r="C27" s="29">
         <v>1348.597</v>
       </c>
-      <c r="D27" s="31">
+      <c r="D27" s="29">
         <v>956.83699999999999</v>
       </c>
-      <c r="E27" s="31">
+      <c r="E27" s="29">
         <v>1020.059</v>
       </c>
-      <c r="F27" s="31">
+      <c r="F27" s="29">
         <v>320.35300000000001</v>
       </c>
-      <c r="G27" s="31">
+      <c r="G27" s="29">
         <v>926.05100000000004</v>
       </c>
-      <c r="H27" s="31">
+      <c r="H27" s="29">
         <v>4183.8320000000003</v>
       </c>
-      <c r="I27" s="31">
+      <c r="I27" s="29">
         <v>0.42300000000000182</v>
       </c>
-      <c r="J27" s="31">
+      <c r="J27" s="29">
         <v>1197.8130000000001</v>
       </c>
-      <c r="K27" s="31">
+      <c r="K27" s="29">
         <v>0.44700000000000001</v>
       </c>
-      <c r="L27" s="31">
+      <c r="L27" s="29">
         <v>1.325</v>
       </c>
-      <c r="M27" s="31">
+      <c r="M27" s="29">
         <v>6.8769999999999998</v>
       </c>
-      <c r="N27" s="31">
+      <c r="N27" s="29">
         <v>1206.462</v>
       </c>
-      <c r="O27" s="31">
+      <c r="O27" s="29">
         <v>16112.130999999999</v>
       </c>
-      <c r="P27" s="28">
+      <c r="P27" s="29">
         <v>7457.2970000000005</v>
       </c>
-      <c r="Q27" s="28">
+      <c r="Q27" s="29">
         <v>2478.3200000000002</v>
       </c>
-      <c r="R27" s="28">
+      <c r="R27" s="29">
         <v>360.52300000000002</v>
       </c>
-      <c r="S27" s="28">
+      <c r="S27" s="29">
         <v>4618.4539999999997</v>
       </c>
-      <c r="T27" s="28">
+      <c r="T27" s="29">
         <v>0</v>
       </c>
       <c r="U27" s="29">
         <v>0</v>
       </c>
-      <c r="V27" s="28">
+      <c r="V27" s="29">
         <v>4209.4399999999996</v>
       </c>
-      <c r="W27" s="28">
+      <c r="W27" s="29">
         <v>466.46200000000005</v>
       </c>
-      <c r="X27" s="28">
+      <c r="X27" s="29">
         <v>1588.9410000000007</v>
       </c>
-      <c r="Y27" s="28">
+      <c r="Y27" s="29">
         <v>13722.14</v>
       </c>
-      <c r="Z27" s="28">
+      <c r="Z27" s="29">
         <v>1012.872</v>
       </c>
-      <c r="AA27" s="28">
+      <c r="AA27" s="29">
         <v>56.034999999999968</v>
       </c>
-      <c r="AB27" s="46">
+      <c r="AB27" s="29">
         <v>-2389.991</v>
       </c>
-      <c r="AC27" s="47" t="s">
-[...3 lines deleted...]
-        <v>167</v>
+      <c r="AC27" s="46" t="s">
+        <v>165</v>
+      </c>
+      <c r="AD27" s="47" t="s">
+        <v>165</v>
       </c>
       <c r="AE27" s="7"/>
       <c r="AF27" s="7"/>
       <c r="AG27" s="7"/>
       <c r="AH27" s="7"/>
       <c r="AI27" s="7"/>
       <c r="AJ27" s="7"/>
       <c r="AK27" s="7"/>
       <c r="AL27" s="7"/>
     </row>
     <row r="28" spans="1:38" ht="15" customHeight="1">
       <c r="A28" s="23" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="B28" s="31">
+        <v>27</v>
+      </c>
+      <c r="B28" s="29">
         <v>5854.991</v>
       </c>
-      <c r="C28" s="31">
+      <c r="C28" s="29">
         <v>1790.431</v>
       </c>
-      <c r="D28" s="31">
+      <c r="D28" s="29">
         <v>972.03099999999995</v>
       </c>
-      <c r="E28" s="31">
+      <c r="E28" s="29">
         <v>962.56500000000005</v>
       </c>
-      <c r="F28" s="31">
+      <c r="F28" s="29">
         <v>346.45800000000003</v>
       </c>
-      <c r="G28" s="31">
+      <c r="G28" s="29">
         <v>476.91500000000008</v>
       </c>
-      <c r="H28" s="31">
+      <c r="H28" s="29">
         <v>4492.5410000000002</v>
       </c>
-      <c r="I28" s="31">
+      <c r="I28" s="29">
         <v>0.36999999999989086</v>
       </c>
-      <c r="J28" s="31">
+      <c r="J28" s="29">
         <v>1620.317</v>
       </c>
-      <c r="K28" s="31">
+      <c r="K28" s="29">
         <v>0.44700000000000001</v>
       </c>
-      <c r="L28" s="31">
+      <c r="L28" s="29">
         <v>1.222</v>
       </c>
-      <c r="M28" s="31">
+      <c r="M28" s="29">
         <v>34.185000000000002</v>
       </c>
-      <c r="N28" s="31">
+      <c r="N28" s="29">
         <v>1656.171</v>
       </c>
-      <c r="O28" s="31">
+      <c r="O28" s="29">
         <v>17844.881000000001</v>
       </c>
-      <c r="P28" s="28">
+      <c r="P28" s="29">
         <v>10116.873</v>
       </c>
-      <c r="Q28" s="28">
+      <c r="Q28" s="29">
         <v>3897.7559999999999</v>
       </c>
-      <c r="R28" s="28">
+      <c r="R28" s="29">
         <v>320.685</v>
       </c>
-      <c r="S28" s="28">
+      <c r="S28" s="29">
         <v>5898.4319999999998</v>
       </c>
-      <c r="T28" s="28">
+      <c r="T28" s="29">
         <v>0</v>
       </c>
       <c r="U28" s="29">
         <v>0</v>
       </c>
-      <c r="V28" s="28">
+      <c r="V28" s="29">
         <v>4405.5360000000001</v>
       </c>
-      <c r="W28" s="28">
+      <c r="W28" s="29">
         <v>518.47500000000002</v>
       </c>
-      <c r="X28" s="28">
+      <c r="X28" s="29">
         <v>1774.1819999999989</v>
       </c>
-      <c r="Y28" s="28">
+      <c r="Y28" s="29">
         <v>16815.065999999999</v>
       </c>
-      <c r="Z28" s="28">
+      <c r="Z28" s="29">
         <v>1032.671</v>
       </c>
-      <c r="AA28" s="28">
+      <c r="AA28" s="29">
         <v>60.6400000000001</v>
       </c>
-      <c r="AB28" s="46">
+      <c r="AB28" s="29">
         <v>-1029.8150000000001</v>
       </c>
-      <c r="AC28" s="47" t="s">
-[...3 lines deleted...]
-        <v>167</v>
+      <c r="AC28" s="46" t="s">
+        <v>165</v>
+      </c>
+      <c r="AD28" s="47" t="s">
+        <v>165</v>
       </c>
       <c r="AE28" s="7"/>
       <c r="AF28" s="7"/>
       <c r="AG28" s="7"/>
       <c r="AH28" s="7"/>
       <c r="AI28" s="7"/>
       <c r="AJ28" s="7"/>
       <c r="AK28" s="7"/>
       <c r="AL28" s="7"/>
     </row>
     <row r="29" spans="1:38" ht="15" customHeight="1">
       <c r="A29" s="23" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="B29" s="31">
+        <v>28</v>
+      </c>
+      <c r="B29" s="29">
         <v>5465.34</v>
       </c>
-      <c r="C29" s="31">
+      <c r="C29" s="29">
         <v>1941.7660000000001</v>
       </c>
-      <c r="D29" s="31">
+      <c r="D29" s="29">
         <v>988.24300000000005</v>
       </c>
-      <c r="E29" s="31">
+      <c r="E29" s="29">
         <v>996.24</v>
       </c>
-      <c r="F29" s="31">
+      <c r="F29" s="29">
         <v>363.49</v>
       </c>
-      <c r="G29" s="31">
+      <c r="G29" s="29">
         <v>641.4860000000001</v>
       </c>
-      <c r="H29" s="31">
+      <c r="H29" s="29">
         <v>4769.12</v>
       </c>
-      <c r="I29" s="31">
+      <c r="I29" s="29">
         <v>0.37000000000000455</v>
       </c>
-      <c r="J29" s="31">
+      <c r="J29" s="29">
         <v>1703.4169999999999</v>
       </c>
-      <c r="K29" s="31">
+      <c r="K29" s="29">
         <v>0.44700000000000001</v>
       </c>
-      <c r="L29" s="31">
+      <c r="L29" s="29">
         <v>1.5840000000000001</v>
       </c>
-      <c r="M29" s="31">
+      <c r="M29" s="29">
         <v>-71.417000000000002</v>
       </c>
-      <c r="N29" s="31">
+      <c r="N29" s="29">
         <v>1634.0310000000002</v>
       </c>
-      <c r="O29" s="31">
+      <c r="O29" s="29">
         <v>18023.579000000002</v>
       </c>
-      <c r="P29" s="28">
+      <c r="P29" s="29">
         <v>8125.7749999999996</v>
       </c>
-      <c r="Q29" s="28">
+      <c r="Q29" s="29">
         <v>2219.0569999999998</v>
       </c>
-      <c r="R29" s="28">
+      <c r="R29" s="29">
         <v>448.56200000000001</v>
       </c>
-      <c r="S29" s="28">
+      <c r="S29" s="29">
         <v>5458.1559999999999</v>
       </c>
-      <c r="T29" s="28">
+      <c r="T29" s="29">
         <v>0</v>
       </c>
       <c r="U29" s="29">
         <v>0</v>
       </c>
-      <c r="V29" s="28">
+      <c r="V29" s="29">
         <v>4677.7629999999999</v>
       </c>
-      <c r="W29" s="28">
+      <c r="W29" s="29">
         <v>517.85799999999995</v>
       </c>
-      <c r="X29" s="28">
+      <c r="X29" s="29">
         <v>2008.3200000000015</v>
       </c>
-      <c r="Y29" s="28">
+      <c r="Y29" s="29">
         <v>15329.716</v>
       </c>
-      <c r="Z29" s="28">
+      <c r="Z29" s="29">
         <v>1059.9369999999999</v>
       </c>
-      <c r="AA29" s="28">
+      <c r="AA29" s="29">
         <v>71.693999999999846</v>
       </c>
-      <c r="AB29" s="46">
+      <c r="AB29" s="29">
         <v>-2693.8629999999998</v>
       </c>
-      <c r="AC29" s="47" t="s">
-[...3 lines deleted...]
-        <v>167</v>
+      <c r="AC29" s="46" t="s">
+        <v>165</v>
+      </c>
+      <c r="AD29" s="47" t="s">
+        <v>165</v>
       </c>
       <c r="AE29" s="7"/>
       <c r="AF29" s="7"/>
       <c r="AG29" s="7"/>
       <c r="AH29" s="7"/>
       <c r="AI29" s="7"/>
       <c r="AJ29" s="7"/>
       <c r="AK29" s="7"/>
       <c r="AL29" s="7"/>
     </row>
     <row r="30" spans="1:38" ht="15" customHeight="1">
       <c r="A30" s="23" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="B30" s="31">
+        <v>29</v>
+      </c>
+      <c r="B30" s="29">
         <v>6660.6670400000003</v>
       </c>
-      <c r="C30" s="31">
+      <c r="C30" s="29">
         <v>2871.424</v>
       </c>
-      <c r="D30" s="31">
+      <c r="D30" s="29">
         <v>1004.962</v>
       </c>
-      <c r="E30" s="31">
+      <c r="E30" s="29">
         <v>1092.47451</v>
       </c>
-      <c r="F30" s="31">
+      <c r="F30" s="29">
         <v>407.392</v>
       </c>
-      <c r="G30" s="31">
+      <c r="G30" s="29">
         <v>1103.7637399999999</v>
       </c>
-      <c r="H30" s="31">
+      <c r="H30" s="29">
         <v>5392.268</v>
       </c>
-      <c r="I30" s="31">
+      <c r="I30" s="29">
         <v>0.63400000000001455</v>
       </c>
-      <c r="J30" s="31">
+      <c r="J30" s="29">
         <v>1946.502</v>
       </c>
-      <c r="K30" s="31">
+      <c r="K30" s="29">
         <v>0.44700000000000001</v>
       </c>
-      <c r="L30" s="31">
+      <c r="L30" s="29">
         <v>1.94</v>
       </c>
-      <c r="M30" s="31">
+      <c r="M30" s="29">
         <v>60.314</v>
       </c>
-      <c r="N30" s="31">
+      <c r="N30" s="29">
         <v>2009.203</v>
       </c>
-      <c r="O30" s="31">
+      <c r="O30" s="29">
         <v>22190.585289999995</v>
       </c>
-      <c r="P30" s="28">
+      <c r="P30" s="29">
         <v>10215.108</v>
       </c>
-      <c r="Q30" s="28">
+      <c r="Q30" s="29">
         <v>3706.2849999999999</v>
       </c>
-      <c r="R30" s="28">
+      <c r="R30" s="29">
         <v>283.13200000000001</v>
       </c>
-      <c r="S30" s="28">
+      <c r="S30" s="29">
         <v>6225.6909999999998</v>
       </c>
-      <c r="T30" s="28">
+      <c r="T30" s="29">
         <v>0</v>
       </c>
       <c r="U30" s="29">
         <v>0</v>
       </c>
-      <c r="V30" s="28">
+      <c r="V30" s="29">
         <v>5138.3239999999996</v>
       </c>
-      <c r="W30" s="28">
+      <c r="W30" s="29">
         <v>753.29399999999998</v>
       </c>
-      <c r="X30" s="28">
+      <c r="X30" s="29">
         <v>2478.2349169999998</v>
       </c>
-      <c r="Y30" s="28">
+      <c r="Y30" s="29">
         <v>18584.960917</v>
       </c>
-      <c r="Z30" s="28">
+      <c r="Z30" s="29">
         <v>1110.3549999999991</v>
       </c>
-      <c r="AA30" s="28">
+      <c r="AA30" s="29">
         <v>105.39299999999912</v>
       </c>
-      <c r="AB30" s="46">
+      <c r="AB30" s="29">
         <v>-3605.624372999996</v>
       </c>
-      <c r="AC30" s="47" t="s">
-[...3 lines deleted...]
-        <v>167</v>
+      <c r="AC30" s="46" t="s">
+        <v>165</v>
+      </c>
+      <c r="AD30" s="47" t="s">
+        <v>165</v>
       </c>
       <c r="AE30" s="7"/>
       <c r="AF30" s="7"/>
       <c r="AG30" s="7"/>
       <c r="AH30" s="7"/>
       <c r="AI30" s="7"/>
       <c r="AJ30" s="7"/>
       <c r="AK30" s="7"/>
       <c r="AL30" s="7"/>
     </row>
     <row r="31" spans="1:38" ht="15" customHeight="1">
       <c r="A31" s="23" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="B31" s="31">
+        <v>30</v>
+      </c>
+      <c r="B31" s="29">
         <v>5015.3509999999997</v>
       </c>
-      <c r="C31" s="31">
+      <c r="C31" s="29">
         <v>1268.953</v>
       </c>
-      <c r="D31" s="31">
+      <c r="D31" s="29">
         <v>1020.9</v>
       </c>
-      <c r="E31" s="31">
+      <c r="E31" s="29">
         <v>1131.25</v>
       </c>
-      <c r="F31" s="31">
+      <c r="F31" s="29">
         <v>305.90499999999997</v>
       </c>
-      <c r="G31" s="31">
+      <c r="G31" s="29">
         <v>930.6690000000001</v>
       </c>
-      <c r="H31" s="31">
+      <c r="H31" s="29">
         <v>4353.4250000000002</v>
       </c>
-      <c r="I31" s="31">
+      <c r="I31" s="29">
         <v>7.3839999999999186</v>
       </c>
-      <c r="J31" s="31">
+      <c r="J31" s="29">
         <v>1065.52</v>
       </c>
-      <c r="K31" s="31">
+      <c r="K31" s="29">
         <v>0.121</v>
       </c>
-      <c r="L31" s="31">
+      <c r="L31" s="29">
         <v>0.50900000000000001</v>
       </c>
-      <c r="M31" s="31">
+      <c r="M31" s="29">
         <v>106.958</v>
       </c>
-      <c r="N31" s="31">
+      <c r="N31" s="29">
         <v>1173.1080000000002</v>
       </c>
-      <c r="O31" s="31">
+      <c r="O31" s="29">
         <v>16381.626</v>
       </c>
-      <c r="P31" s="28">
+      <c r="P31" s="29">
         <v>8194.3189999999995</v>
       </c>
-      <c r="Q31" s="28">
+      <c r="Q31" s="29">
         <v>2717.25</v>
       </c>
-      <c r="R31" s="28">
+      <c r="R31" s="29">
         <v>376.55599999999998</v>
       </c>
-      <c r="S31" s="28">
+      <c r="S31" s="29">
         <v>5100.5129999999999</v>
       </c>
-      <c r="T31" s="28">
+      <c r="T31" s="29">
         <v>0</v>
       </c>
       <c r="U31" s="29">
         <v>0</v>
       </c>
-      <c r="V31" s="28">
+      <c r="V31" s="29">
         <v>4384.7820000000002</v>
       </c>
-      <c r="W31" s="28">
+      <c r="W31" s="29">
         <v>401.08500000000004</v>
       </c>
-      <c r="X31" s="28">
+      <c r="X31" s="29">
         <v>1816.8250000000007</v>
       </c>
-      <c r="Y31" s="28">
+      <c r="Y31" s="29">
         <v>14797.011</v>
       </c>
-      <c r="Z31" s="28">
+      <c r="Z31" s="29">
         <v>1091.711</v>
       </c>
-      <c r="AA31" s="28">
+      <c r="AA31" s="29">
         <v>70.811000000000035</v>
       </c>
-      <c r="AB31" s="46">
+      <c r="AB31" s="29">
         <v>-1584.615</v>
       </c>
-      <c r="AC31" s="47" t="s">
-[...3 lines deleted...]
-        <v>167</v>
+      <c r="AC31" s="46" t="s">
+        <v>165</v>
+      </c>
+      <c r="AD31" s="47" t="s">
+        <v>165</v>
       </c>
       <c r="AE31" s="7"/>
       <c r="AF31" s="7"/>
       <c r="AG31" s="7"/>
       <c r="AH31" s="7"/>
       <c r="AI31" s="7"/>
       <c r="AJ31" s="7"/>
       <c r="AK31" s="7"/>
       <c r="AL31" s="7"/>
     </row>
     <row r="32" spans="1:38" ht="15" customHeight="1">
       <c r="A32" s="23" t="s">
-        <v>32</v>
-[...1 lines deleted...]
-      <c r="B32" s="31">
+        <v>31</v>
+      </c>
+      <c r="B32" s="29">
         <v>6233.6369999999997</v>
       </c>
-      <c r="C32" s="31">
+      <c r="C32" s="29">
         <v>1821.3430000000001</v>
       </c>
-      <c r="D32" s="31">
+      <c r="D32" s="29">
         <v>1034.01</v>
       </c>
-      <c r="E32" s="31">
+      <c r="E32" s="29">
         <v>1074.6569999999999</v>
       </c>
-      <c r="F32" s="31">
+      <c r="F32" s="29">
         <v>340.87</v>
       </c>
-      <c r="G32" s="31">
+      <c r="G32" s="29">
         <v>447.16400000000004</v>
       </c>
-      <c r="H32" s="31">
+      <c r="H32" s="29">
         <v>4662.8330000000005</v>
       </c>
-      <c r="I32" s="31">
+      <c r="I32" s="29">
         <v>7.384000000000146</v>
       </c>
-      <c r="J32" s="31">
+      <c r="J32" s="29">
         <v>1380.9349999999999</v>
       </c>
-      <c r="K32" s="31">
+      <c r="K32" s="29">
         <v>0.121</v>
       </c>
-      <c r="L32" s="31">
+      <c r="L32" s="29">
         <v>1.351</v>
       </c>
-      <c r="M32" s="31">
+      <c r="M32" s="29">
         <v>86.350999999999999</v>
       </c>
-      <c r="N32" s="31">
+      <c r="N32" s="29">
         <v>1468.7579999999998</v>
       </c>
-      <c r="O32" s="31">
+      <c r="O32" s="29">
         <v>18721.924999999999</v>
       </c>
-      <c r="P32" s="28">
+      <c r="P32" s="29">
         <v>10190.998</v>
       </c>
-      <c r="Q32" s="28">
+      <c r="Q32" s="29">
         <v>3915.0479999999998</v>
       </c>
-      <c r="R32" s="28">
+      <c r="R32" s="29">
         <v>340.93599999999998</v>
       </c>
-      <c r="S32" s="28">
+      <c r="S32" s="29">
         <v>5935.0139999999992</v>
       </c>
-      <c r="T32" s="28">
+      <c r="T32" s="29">
         <v>0</v>
       </c>
       <c r="U32" s="29">
         <v>0</v>
       </c>
-      <c r="V32" s="28">
+      <c r="V32" s="29">
         <v>4814.5450000000001</v>
       </c>
-      <c r="W32" s="28">
+      <c r="W32" s="29">
         <v>375.19800000000004</v>
       </c>
-      <c r="X32" s="28">
+      <c r="X32" s="29">
         <v>2292.1799999999985</v>
       </c>
-      <c r="Y32" s="28">
+      <c r="Y32" s="29">
         <v>17672.920999999998</v>
       </c>
-      <c r="Z32" s="28">
+      <c r="Z32" s="29">
         <v>1094.942</v>
       </c>
-      <c r="AA32" s="28">
+      <c r="AA32" s="29">
         <v>60.932000000000016</v>
       </c>
-      <c r="AB32" s="46">
+      <c r="AB32" s="29">
         <v>-1049.0039999999999</v>
       </c>
-      <c r="AC32" s="47" t="s">
-[...3 lines deleted...]
-        <v>167</v>
+      <c r="AC32" s="46" t="s">
+        <v>165</v>
+      </c>
+      <c r="AD32" s="47" t="s">
+        <v>165</v>
       </c>
       <c r="AE32" s="7"/>
       <c r="AF32" s="7"/>
       <c r="AG32" s="7"/>
       <c r="AH32" s="7"/>
       <c r="AI32" s="7"/>
       <c r="AJ32" s="7"/>
       <c r="AK32" s="7"/>
       <c r="AL32" s="7"/>
     </row>
     <row r="33" spans="1:38" ht="15" customHeight="1">
       <c r="A33" s="23" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="B33" s="31">
+        <v>32</v>
+      </c>
+      <c r="B33" s="29">
         <v>5096.6719999999996</v>
       </c>
-      <c r="C33" s="31">
+      <c r="C33" s="29">
         <v>2013.979</v>
       </c>
-      <c r="D33" s="31">
+      <c r="D33" s="29">
         <v>1043.8900000000001</v>
       </c>
-      <c r="E33" s="31">
+      <c r="E33" s="29">
         <v>1151.203</v>
       </c>
-      <c r="F33" s="31">
+      <c r="F33" s="29">
         <v>360.904</v>
       </c>
-      <c r="G33" s="31">
+      <c r="G33" s="29">
         <v>507.77900000000005</v>
       </c>
-      <c r="H33" s="31">
+      <c r="H33" s="29">
         <v>4961.6260000000002</v>
       </c>
-      <c r="I33" s="31">
+      <c r="I33" s="29">
         <v>8.1819999999999204</v>
       </c>
-      <c r="J33" s="31">
+      <c r="J33" s="29">
         <v>1262.204</v>
       </c>
-      <c r="K33" s="31">
+      <c r="K33" s="29">
         <v>0.121</v>
       </c>
-      <c r="L33" s="31">
+      <c r="L33" s="29">
         <v>1.0229999999999999</v>
       </c>
-      <c r="M33" s="31">
+      <c r="M33" s="29">
         <v>25.972999999999999</v>
       </c>
-      <c r="N33" s="31">
+      <c r="N33" s="29">
         <v>1289.3209999999999</v>
       </c>
-      <c r="O33" s="31">
+      <c r="O33" s="29">
         <v>17706.414000000001</v>
       </c>
-      <c r="P33" s="28">
+      <c r="P33" s="29">
         <v>9442.1939999999995</v>
       </c>
-      <c r="Q33" s="28">
+      <c r="Q33" s="29">
         <v>3035.7249999999999</v>
       </c>
-      <c r="R33" s="28">
+      <c r="R33" s="29">
         <v>424.53899999999999</v>
       </c>
-      <c r="S33" s="28">
+      <c r="S33" s="29">
         <v>5981.93</v>
       </c>
-      <c r="T33" s="28">
+      <c r="T33" s="29">
         <v>0</v>
       </c>
       <c r="U33" s="29">
         <v>0</v>
       </c>
-      <c r="V33" s="28">
+      <c r="V33" s="29">
         <v>4694.8649999999998</v>
       </c>
-      <c r="W33" s="28">
+      <c r="W33" s="29">
         <v>373.10500000000002</v>
       </c>
-      <c r="X33" s="28">
+      <c r="X33" s="29">
         <v>2115.1509999999998</v>
       </c>
-      <c r="Y33" s="28">
+      <c r="Y33" s="29">
         <v>16625.314999999999</v>
       </c>
-      <c r="Z33" s="28">
+      <c r="Z33" s="29">
         <v>1105.4590000000001</v>
       </c>
-      <c r="AA33" s="28">
+      <c r="AA33" s="29">
         <v>61.56899999999996</v>
       </c>
-      <c r="AB33" s="46">
+      <c r="AB33" s="29">
         <v>-1081.0989999999999</v>
       </c>
-      <c r="AC33" s="47" t="s">
-[...3 lines deleted...]
-        <v>167</v>
+      <c r="AC33" s="46" t="s">
+        <v>165</v>
+      </c>
+      <c r="AD33" s="47" t="s">
+        <v>165</v>
       </c>
       <c r="AE33" s="7"/>
       <c r="AF33" s="7"/>
       <c r="AG33" s="7"/>
       <c r="AH33" s="7"/>
       <c r="AI33" s="7"/>
       <c r="AJ33" s="7"/>
       <c r="AK33" s="7"/>
       <c r="AL33" s="7"/>
     </row>
     <row r="34" spans="1:38" ht="15" customHeight="1">
       <c r="A34" s="23" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="B34" s="31">
+        <v>33</v>
+      </c>
+      <c r="B34" s="29">
         <v>6551.5090980000004</v>
       </c>
-      <c r="C34" s="31">
+      <c r="C34" s="29">
         <v>3208.8310000000001</v>
       </c>
-      <c r="D34" s="31">
+      <c r="D34" s="29">
         <v>1051.7860000000001</v>
       </c>
-      <c r="E34" s="31">
+      <c r="E34" s="29">
         <v>1269.13003</v>
       </c>
-      <c r="F34" s="31">
+      <c r="F34" s="29">
         <v>427.75</v>
       </c>
-      <c r="G34" s="31">
+      <c r="G34" s="29">
         <v>643.096406</v>
       </c>
-      <c r="H34" s="31">
+      <c r="H34" s="29">
         <v>5708.3429999999998</v>
       </c>
-      <c r="I34" s="31">
+      <c r="I34" s="29">
         <v>7.7889999999999375</v>
       </c>
-      <c r="J34" s="31">
+      <c r="J34" s="29">
         <v>1871.0139999999999</v>
       </c>
-      <c r="K34" s="31">
+      <c r="K34" s="29">
         <v>0.11899999999999999</v>
       </c>
-      <c r="L34" s="31">
+      <c r="L34" s="29">
         <v>2.496</v>
       </c>
-      <c r="M34" s="31">
+      <c r="M34" s="29">
         <v>-69.477000000000004</v>
       </c>
-      <c r="N34" s="31">
+      <c r="N34" s="29">
         <v>1804.1519999999998</v>
       </c>
-      <c r="O34" s="31">
+      <c r="O34" s="29">
         <v>22409.771534</v>
       </c>
-      <c r="P34" s="28">
+      <c r="P34" s="29">
         <v>10766.947</v>
       </c>
-      <c r="Q34" s="28">
+      <c r="Q34" s="29">
         <v>3711.741</v>
       </c>
-      <c r="R34" s="28">
+      <c r="R34" s="29">
         <v>332.49599999999998</v>
       </c>
-      <c r="S34" s="28">
+      <c r="S34" s="29">
         <v>6722.71</v>
       </c>
-      <c r="T34" s="28">
+      <c r="T34" s="29">
         <v>0</v>
       </c>
       <c r="U34" s="29">
         <v>0</v>
       </c>
-      <c r="V34" s="28">
+      <c r="V34" s="29">
         <v>5335.6040000000003</v>
       </c>
-      <c r="W34" s="28">
+      <c r="W34" s="29">
         <v>573.17691400000001</v>
       </c>
-      <c r="X34" s="28">
+      <c r="X34" s="29">
         <v>2520.6805890000032</v>
       </c>
-      <c r="Y34" s="28">
+      <c r="Y34" s="29">
         <v>19196.408503000002</v>
       </c>
-      <c r="Z34" s="28">
+      <c r="Z34" s="29">
         <v>1147.573000000001</v>
       </c>
-      <c r="AA34" s="28">
+      <c r="AA34" s="29">
         <v>95.787000000000944</v>
       </c>
-      <c r="AB34" s="46">
+      <c r="AB34" s="29">
         <v>-3213.3630309999958</v>
       </c>
-      <c r="AC34" s="47" t="s">
-[...3 lines deleted...]
-        <v>167</v>
+      <c r="AC34" s="46" t="s">
+        <v>165</v>
+      </c>
+      <c r="AD34" s="47" t="s">
+        <v>165</v>
       </c>
       <c r="AE34" s="7"/>
       <c r="AF34" s="7"/>
       <c r="AG34" s="7"/>
       <c r="AH34" s="7"/>
       <c r="AI34" s="7"/>
       <c r="AJ34" s="7"/>
       <c r="AK34" s="7"/>
       <c r="AL34" s="7"/>
     </row>
     <row r="35" spans="1:38" ht="15" customHeight="1">
       <c r="A35" s="23" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="B35" s="31">
+        <v>34</v>
+      </c>
+      <c r="B35" s="29">
         <v>5040.8829999999998</v>
       </c>
-      <c r="C35" s="31">
+      <c r="C35" s="29">
         <v>1518.75</v>
       </c>
-      <c r="D35" s="31">
+      <c r="D35" s="29">
         <v>1060.5930000000001</v>
       </c>
-      <c r="E35" s="31">
+      <c r="E35" s="29">
         <v>1302.2529999999999</v>
       </c>
-      <c r="F35" s="31">
+      <c r="F35" s="29">
         <v>279.61599999999999</v>
       </c>
-      <c r="G35" s="31">
+      <c r="G35" s="29">
         <v>1171.2380000000001</v>
       </c>
-      <c r="H35" s="31">
+      <c r="H35" s="29">
         <v>4588.3690000000006</v>
       </c>
-      <c r="I35" s="31">
+      <c r="I35" s="29">
         <v>7.7160000000001183</v>
       </c>
-      <c r="J35" s="31">
+      <c r="J35" s="29">
         <v>938.74699999999996</v>
       </c>
-      <c r="K35" s="31">
+      <c r="K35" s="29">
         <v>-0.75900000000000001</v>
       </c>
-      <c r="L35" s="31">
+      <c r="L35" s="29">
         <v>1.0109999999999999</v>
       </c>
-      <c r="M35" s="31">
+      <c r="M35" s="29">
         <v>-23.29</v>
       </c>
-      <c r="N35" s="31">
+      <c r="N35" s="29">
         <v>915.70900000000006</v>
       </c>
-      <c r="O35" s="31">
+      <c r="O35" s="29">
         <v>17259.094000000001</v>
       </c>
-      <c r="P35" s="28">
+      <c r="P35" s="29">
         <v>8604.0470000000005</v>
       </c>
-      <c r="Q35" s="28">
+      <c r="Q35" s="29">
         <v>2806.96</v>
       </c>
-      <c r="R35" s="28">
+      <c r="R35" s="29">
         <v>376.75200000000001</v>
       </c>
-      <c r="S35" s="28">
+      <c r="S35" s="29">
         <v>5420.335</v>
       </c>
-      <c r="T35" s="28">
+      <c r="T35" s="29">
         <v>0</v>
       </c>
       <c r="U35" s="29">
         <v>0</v>
       </c>
-      <c r="V35" s="28">
+      <c r="V35" s="29">
         <v>4542.6570000000002</v>
       </c>
-      <c r="W35" s="28">
+      <c r="W35" s="29">
         <v>483.84800000000001</v>
       </c>
-      <c r="X35" s="28">
+      <c r="X35" s="29">
         <v>1977.0030000000006</v>
       </c>
-      <c r="Y35" s="28">
+      <c r="Y35" s="29">
         <v>15607.555</v>
       </c>
-      <c r="Z35" s="28">
+      <c r="Z35" s="29">
         <v>1132.0260000000001</v>
       </c>
-      <c r="AA35" s="28">
+      <c r="AA35" s="29">
         <v>71.432999999999993</v>
       </c>
-      <c r="AB35" s="46">
+      <c r="AB35" s="29">
         <v>-1651.539</v>
       </c>
-      <c r="AC35" s="47" t="s">
-[...3 lines deleted...]
-        <v>167</v>
+      <c r="AC35" s="46" t="s">
+        <v>165</v>
+      </c>
+      <c r="AD35" s="47" t="s">
+        <v>165</v>
       </c>
       <c r="AE35" s="7"/>
       <c r="AF35" s="7"/>
       <c r="AG35" s="7"/>
       <c r="AH35" s="7"/>
       <c r="AI35" s="7"/>
       <c r="AJ35" s="7"/>
       <c r="AK35" s="7"/>
       <c r="AL35" s="7"/>
     </row>
     <row r="36" spans="1:38" ht="15" customHeight="1">
       <c r="A36" s="23" t="s">
-        <v>36</v>
-[...1 lines deleted...]
-      <c r="B36" s="31">
+        <v>35</v>
+      </c>
+      <c r="B36" s="29">
         <v>6345.4480000000003</v>
       </c>
-      <c r="C36" s="31">
+      <c r="C36" s="29">
         <v>2188.0659999999998</v>
       </c>
-      <c r="D36" s="31">
+      <c r="D36" s="29">
         <v>1074.8589999999999</v>
       </c>
-      <c r="E36" s="31">
+      <c r="E36" s="29">
         <v>1197.992</v>
       </c>
-      <c r="F36" s="31">
+      <c r="F36" s="29">
         <v>316.93900000000002</v>
       </c>
-      <c r="G36" s="31">
+      <c r="G36" s="29">
         <v>358.12800000000004</v>
       </c>
-      <c r="H36" s="31">
+      <c r="H36" s="29">
         <v>4884.6450000000004</v>
       </c>
-      <c r="I36" s="31">
+      <c r="I36" s="29">
         <v>7.7380000000001186</v>
       </c>
-      <c r="J36" s="31">
+      <c r="J36" s="29">
         <v>1118.932</v>
       </c>
-      <c r="K36" s="31">
+      <c r="K36" s="29">
         <v>-0.75900000000000001</v>
       </c>
-      <c r="L36" s="31">
+      <c r="L36" s="29">
         <v>1.956</v>
       </c>
-      <c r="M36" s="31">
+      <c r="M36" s="29">
         <v>55.03</v>
       </c>
-      <c r="N36" s="31">
+      <c r="N36" s="29">
         <v>1175.1589999999999</v>
       </c>
-      <c r="O36" s="31">
+      <c r="O36" s="29">
         <v>19224.359</v>
       </c>
-      <c r="P36" s="28">
+      <c r="P36" s="29">
         <v>11042.55</v>
       </c>
-      <c r="Q36" s="28">
+      <c r="Q36" s="29">
         <v>4645.3959999999997</v>
       </c>
-      <c r="R36" s="28">
+      <c r="R36" s="29">
         <v>393.27500000000003</v>
       </c>
-      <c r="S36" s="28">
+      <c r="S36" s="29">
         <v>6003.8789999999999</v>
       </c>
-      <c r="T36" s="28">
+      <c r="T36" s="29">
         <v>0</v>
       </c>
       <c r="U36" s="29">
         <v>0</v>
       </c>
-      <c r="V36" s="28">
+      <c r="V36" s="29">
         <v>4963.7860000000001</v>
       </c>
-      <c r="W36" s="28">
+      <c r="W36" s="29">
         <v>335.10899999999998</v>
       </c>
-      <c r="X36" s="28">
+      <c r="X36" s="29">
         <v>2672.6490000000013</v>
       </c>
-      <c r="Y36" s="28">
+      <c r="Y36" s="29">
         <v>19014.094000000001</v>
       </c>
-      <c r="Z36" s="28">
+      <c r="Z36" s="29">
         <v>1131.616</v>
       </c>
-      <c r="AA36" s="28">
+      <c r="AA36" s="29">
         <v>56.757000000000062</v>
       </c>
-      <c r="AB36" s="46">
+      <c r="AB36" s="29">
         <v>-210.26499999999999</v>
       </c>
-      <c r="AC36" s="47" t="s">
-[...3 lines deleted...]
-        <v>167</v>
+      <c r="AC36" s="46" t="s">
+        <v>165</v>
+      </c>
+      <c r="AD36" s="47" t="s">
+        <v>165</v>
       </c>
       <c r="AE36" s="7"/>
       <c r="AF36" s="7"/>
       <c r="AG36" s="7"/>
       <c r="AH36" s="7"/>
       <c r="AI36" s="7"/>
       <c r="AJ36" s="7"/>
       <c r="AK36" s="7"/>
       <c r="AL36" s="7"/>
     </row>
     <row r="37" spans="1:38" ht="15" customHeight="1">
       <c r="A37" s="23" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="B37" s="31">
+        <v>36</v>
+      </c>
+      <c r="B37" s="29">
         <v>5030.7370000000001</v>
       </c>
-      <c r="C37" s="31">
+      <c r="C37" s="29">
         <v>2281.5949999999998</v>
       </c>
-      <c r="D37" s="31">
+      <c r="D37" s="29">
         <v>1096.125</v>
       </c>
-      <c r="E37" s="31">
+      <c r="E37" s="29">
         <v>1308.5540000000001</v>
       </c>
-      <c r="F37" s="31">
+      <c r="F37" s="29">
         <v>326.21300000000002</v>
       </c>
-      <c r="G37" s="31">
+      <c r="G37" s="29">
         <v>460.09800000000001</v>
       </c>
-      <c r="H37" s="31">
+      <c r="H37" s="29">
         <v>5193.5140000000001</v>
       </c>
-      <c r="I37" s="31">
+      <c r="I37" s="29">
         <v>7.7159999999998909</v>
       </c>
-      <c r="J37" s="31">
+      <c r="J37" s="29">
         <v>1471.48</v>
       </c>
-      <c r="K37" s="31">
+      <c r="K37" s="29">
         <v>-0.75900000000000001</v>
       </c>
-      <c r="L37" s="31">
+      <c r="L37" s="29">
         <v>1.6279999999999999</v>
       </c>
-      <c r="M37" s="31">
+      <c r="M37" s="29">
         <v>81.792000000000002</v>
       </c>
-      <c r="N37" s="31">
+      <c r="N37" s="29">
         <v>1554.1409999999998</v>
       </c>
-      <c r="O37" s="31">
+      <c r="O37" s="29">
         <v>18660.596000000001</v>
       </c>
-      <c r="P37" s="28">
+      <c r="P37" s="29">
         <v>10419.169</v>
       </c>
-      <c r="Q37" s="28">
+      <c r="Q37" s="29">
         <v>3758.8969999999999</v>
       </c>
-      <c r="R37" s="28">
+      <c r="R37" s="29">
         <v>438.65100000000001</v>
       </c>
-      <c r="S37" s="28">
+      <c r="S37" s="29">
         <v>6221.6210000000001</v>
       </c>
-      <c r="T37" s="28">
+      <c r="T37" s="29">
         <v>0</v>
       </c>
       <c r="U37" s="29">
         <v>0</v>
       </c>
-      <c r="V37" s="28">
+      <c r="V37" s="29">
         <v>4867.2529999999997</v>
       </c>
-      <c r="W37" s="28">
+      <c r="W37" s="29">
         <v>422.67700000000002</v>
       </c>
-      <c r="X37" s="28">
+      <c r="X37" s="29">
         <v>2263.7689999999984</v>
       </c>
-      <c r="Y37" s="28">
+      <c r="Y37" s="29">
         <v>17972.867999999999</v>
       </c>
-      <c r="Z37" s="28">
+      <c r="Z37" s="29">
         <v>1162.21</v>
       </c>
-      <c r="AA37" s="28">
+      <c r="AA37" s="29">
         <v>66.085000000000036</v>
       </c>
-      <c r="AB37" s="46">
+      <c r="AB37" s="29">
         <v>-687.72799999999995</v>
       </c>
-      <c r="AC37" s="47" t="s">
-[...3 lines deleted...]
-        <v>167</v>
+      <c r="AC37" s="46" t="s">
+        <v>165</v>
+      </c>
+      <c r="AD37" s="47" t="s">
+        <v>165</v>
       </c>
       <c r="AE37" s="7"/>
       <c r="AF37" s="7"/>
       <c r="AG37" s="7"/>
       <c r="AH37" s="7"/>
       <c r="AI37" s="7"/>
       <c r="AJ37" s="7"/>
       <c r="AK37" s="7"/>
       <c r="AL37" s="7"/>
     </row>
     <row r="38" spans="1:38" ht="15" customHeight="1">
       <c r="A38" s="23" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="B38" s="31">
+        <v>37</v>
+      </c>
+      <c r="B38" s="29">
         <v>6558.8308940000006</v>
       </c>
-      <c r="C38" s="31">
+      <c r="C38" s="29">
         <v>3380.8510000000001</v>
       </c>
-      <c r="D38" s="31">
+      <c r="D38" s="29">
         <v>1122.9259999999999</v>
       </c>
-      <c r="E38" s="31">
+      <c r="E38" s="29">
         <v>1396.3088810000002</v>
       </c>
-      <c r="F38" s="31">
+      <c r="F38" s="29">
         <v>414.27699999999999</v>
       </c>
-      <c r="G38" s="31">
+      <c r="G38" s="29">
         <v>621.75352899999996</v>
       </c>
-      <c r="H38" s="31">
+      <c r="H38" s="29">
         <v>5684.2899999999991</v>
       </c>
-      <c r="I38" s="31">
+      <c r="I38" s="29">
         <v>7.9889999999998675</v>
       </c>
-      <c r="J38" s="31">
+      <c r="J38" s="29">
         <v>2115.5149999999999</v>
       </c>
-      <c r="K38" s="31">
+      <c r="K38" s="29">
         <v>-0.75700000000000001</v>
       </c>
-      <c r="L38" s="31">
+      <c r="L38" s="29">
         <v>5.282</v>
       </c>
-      <c r="M38" s="31">
+      <c r="M38" s="29">
         <v>-184.55500000000001</v>
       </c>
-      <c r="N38" s="31">
+      <c r="N38" s="29">
         <v>1935.4849999999999</v>
       </c>
-      <c r="O38" s="31">
+      <c r="O38" s="29">
         <v>22964.564304000003</v>
       </c>
-      <c r="P38" s="28">
+      <c r="P38" s="29">
         <v>11361.057999999999</v>
       </c>
-      <c r="Q38" s="28">
+      <c r="Q38" s="29">
         <v>4334.2910000000002</v>
       </c>
-      <c r="R38" s="28">
+      <c r="R38" s="29">
         <v>368.71699999999998</v>
       </c>
-      <c r="S38" s="28">
+      <c r="S38" s="29">
         <v>6658.05</v>
       </c>
-      <c r="T38" s="28">
+      <c r="T38" s="29">
         <v>0</v>
       </c>
       <c r="U38" s="29">
         <v>0</v>
       </c>
-      <c r="V38" s="28">
+      <c r="V38" s="29">
         <v>5522.6239999999998</v>
       </c>
-      <c r="W38" s="28">
+      <c r="W38" s="29">
         <v>537.14816900000005</v>
       </c>
-      <c r="X38" s="28">
+      <c r="X38" s="29">
         <v>3048.0385020000012</v>
       </c>
-      <c r="Y38" s="28">
+      <c r="Y38" s="29">
         <v>20468.868671</v>
       </c>
-      <c r="Z38" s="28">
+      <c r="Z38" s="29">
         <v>1219.8669999999991</v>
       </c>
-      <c r="AA38" s="28">
+      <c r="AA38" s="29">
         <v>96.940999999999121</v>
       </c>
-      <c r="AB38" s="46">
+      <c r="AB38" s="29">
         <v>-2495.6956330000012</v>
       </c>
-      <c r="AC38" s="47" t="s">
-[...3 lines deleted...]
-        <v>167</v>
+      <c r="AC38" s="46" t="s">
+        <v>165</v>
+      </c>
+      <c r="AD38" s="47" t="s">
+        <v>165</v>
       </c>
       <c r="AE38" s="7"/>
       <c r="AF38" s="7"/>
       <c r="AG38" s="7"/>
       <c r="AH38" s="7"/>
       <c r="AI38" s="7"/>
       <c r="AJ38" s="7"/>
       <c r="AK38" s="7"/>
       <c r="AL38" s="7"/>
     </row>
     <row r="39" spans="1:38" ht="15" customHeight="1">
       <c r="A39" s="23" t="s">
-        <v>39</v>
-[...1 lines deleted...]
-      <c r="B39" s="31">
+        <v>38</v>
+      </c>
+      <c r="B39" s="29">
         <v>5136.26</v>
       </c>
-      <c r="C39" s="31">
+      <c r="C39" s="29">
         <v>1811.4839999999999</v>
       </c>
-      <c r="D39" s="31">
+      <c r="D39" s="29">
         <v>1150.7909999999999</v>
       </c>
-      <c r="E39" s="31">
+      <c r="E39" s="29">
         <v>1377.134</v>
       </c>
-      <c r="F39" s="31">
+      <c r="F39" s="29">
         <v>204.501</v>
       </c>
-      <c r="G39" s="31">
+      <c r="G39" s="29">
         <v>1077.8599999999999</v>
       </c>
-      <c r="H39" s="31">
+      <c r="H39" s="29">
         <v>4752.7919999999995</v>
       </c>
-      <c r="I39" s="31">
+      <c r="I39" s="29">
         <v>8.7330000000000894</v>
       </c>
-      <c r="J39" s="31">
+      <c r="J39" s="29">
         <v>1122.856</v>
       </c>
-      <c r="K39" s="31">
+      <c r="K39" s="29">
         <v>0.30499999999999999</v>
       </c>
-      <c r="L39" s="31">
+      <c r="L39" s="29">
         <v>1.1479999999999999</v>
       </c>
-      <c r="M39" s="31">
+      <c r="M39" s="29">
         <v>-130.19</v>
       </c>
-      <c r="N39" s="31">
+      <c r="N39" s="29">
         <v>994.11899999999991</v>
       </c>
-      <c r="O39" s="31">
+      <c r="O39" s="29">
         <v>17702.967000000001</v>
       </c>
-      <c r="P39" s="28">
+      <c r="P39" s="29">
         <v>10095.511</v>
       </c>
-      <c r="Q39" s="28">
+      <c r="Q39" s="29">
         <v>4036.239</v>
       </c>
-      <c r="R39" s="28">
+      <c r="R39" s="29">
         <v>409.52100000000002</v>
       </c>
-      <c r="S39" s="28">
+      <c r="S39" s="29">
         <v>5235.9849999999997</v>
       </c>
-      <c r="T39" s="28">
+      <c r="T39" s="29">
         <v>0</v>
       </c>
       <c r="U39" s="29">
         <v>413.76600000000002</v>
       </c>
-      <c r="V39" s="28">
+      <c r="V39" s="29">
         <v>4579.9229999999998</v>
       </c>
-      <c r="W39" s="28">
+      <c r="W39" s="29">
         <v>354.59399999999999</v>
       </c>
-      <c r="X39" s="28">
+      <c r="X39" s="29">
         <v>2093.6520000000019</v>
       </c>
-      <c r="Y39" s="28">
+      <c r="Y39" s="29">
         <v>17123.68</v>
       </c>
-      <c r="Z39" s="28">
+      <c r="Z39" s="29">
         <v>1227.932</v>
       </c>
-      <c r="AA39" s="28">
+      <c r="AA39" s="29">
         <v>77.141000000000076</v>
       </c>
-      <c r="AB39" s="46">
+      <c r="AB39" s="29">
         <v>-579.28700000000003</v>
       </c>
-      <c r="AC39" s="47" t="s">
-[...3 lines deleted...]
-        <v>167</v>
+      <c r="AC39" s="46" t="s">
+        <v>165</v>
+      </c>
+      <c r="AD39" s="47" t="s">
+        <v>165</v>
       </c>
       <c r="AE39" s="7"/>
       <c r="AF39" s="7"/>
       <c r="AG39" s="7"/>
       <c r="AH39" s="7"/>
       <c r="AI39" s="7"/>
       <c r="AJ39" s="7"/>
       <c r="AK39" s="7"/>
       <c r="AL39" s="7"/>
     </row>
     <row r="40" spans="1:38" ht="15" customHeight="1">
       <c r="A40" s="23" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="B40" s="31">
+        <v>39</v>
+      </c>
+      <c r="B40" s="29">
         <v>6303.4380000000001</v>
       </c>
-      <c r="C40" s="31">
+      <c r="C40" s="29">
         <v>2345.5929999999998</v>
       </c>
-      <c r="D40" s="31">
+      <c r="D40" s="29">
         <v>1172.2470000000001</v>
       </c>
-      <c r="E40" s="31">
+      <c r="E40" s="29">
         <v>1274.2470000000001</v>
       </c>
-      <c r="F40" s="31">
+      <c r="F40" s="29">
         <v>290.54300000000001</v>
       </c>
-      <c r="G40" s="31">
+      <c r="G40" s="29">
         <v>897.82500000000005</v>
       </c>
-      <c r="H40" s="31">
+      <c r="H40" s="29">
         <v>4920.0280000000002</v>
       </c>
-      <c r="I40" s="31">
+      <c r="I40" s="29">
         <v>9.7589999999998867</v>
       </c>
-      <c r="J40" s="31">
+      <c r="J40" s="29">
         <v>1377.52</v>
       </c>
-      <c r="K40" s="31">
+      <c r="K40" s="29">
         <v>0.27400000000000002</v>
       </c>
-      <c r="L40" s="31">
+      <c r="L40" s="29">
         <v>2.1</v>
       </c>
-      <c r="M40" s="31">
+      <c r="M40" s="29">
         <v>-676.65899999999999</v>
       </c>
-      <c r="N40" s="31">
+      <c r="N40" s="29">
         <v>703.23500000000001</v>
       </c>
-      <c r="O40" s="31">
+      <c r="O40" s="29">
         <v>19201</v>
       </c>
-      <c r="P40" s="28">
+      <c r="P40" s="29">
         <v>10607.919</v>
       </c>
-      <c r="Q40" s="28">
+      <c r="Q40" s="29">
         <v>4191.3090000000002</v>
       </c>
-      <c r="R40" s="28">
+      <c r="R40" s="29">
         <v>422.61700000000002</v>
       </c>
-      <c r="S40" s="28">
+      <c r="S40" s="29">
         <v>5616.5710000000017</v>
       </c>
-      <c r="T40" s="28">
+      <c r="T40" s="29">
         <v>0</v>
       </c>
       <c r="U40" s="29">
         <v>377.42200000000003</v>
       </c>
-      <c r="V40" s="28">
+      <c r="V40" s="29">
         <v>5267.5110000000004</v>
       </c>
-      <c r="W40" s="28">
+      <c r="W40" s="29">
         <v>228.45499999999998</v>
       </c>
-      <c r="X40" s="28">
+      <c r="X40" s="29">
         <v>2754.4930000000004</v>
       </c>
-      <c r="Y40" s="28">
+      <c r="Y40" s="29">
         <v>18858.378000000001</v>
       </c>
-      <c r="Z40" s="28">
+      <c r="Z40" s="29">
         <v>1231.355</v>
       </c>
-      <c r="AA40" s="28">
+      <c r="AA40" s="29">
         <v>59.107999999999947</v>
       </c>
-      <c r="AB40" s="46">
+      <c r="AB40" s="29">
         <v>-342.62200000000001</v>
       </c>
-      <c r="AC40" s="47" t="s">
-[...3 lines deleted...]
-        <v>167</v>
+      <c r="AC40" s="46" t="s">
+        <v>165</v>
+      </c>
+      <c r="AD40" s="47" t="s">
+        <v>165</v>
       </c>
       <c r="AE40" s="7"/>
       <c r="AF40" s="7"/>
       <c r="AG40" s="7"/>
       <c r="AH40" s="7"/>
       <c r="AI40" s="7"/>
       <c r="AJ40" s="7"/>
       <c r="AK40" s="7"/>
       <c r="AL40" s="7"/>
     </row>
     <row r="41" spans="1:38" ht="15" customHeight="1">
       <c r="A41" s="23" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="B41" s="31">
+        <v>40</v>
+      </c>
+      <c r="B41" s="29">
         <v>5233.8609999999999</v>
       </c>
-      <c r="C41" s="31">
+      <c r="C41" s="29">
         <v>2345.4250000000002</v>
       </c>
-      <c r="D41" s="31">
+      <c r="D41" s="29">
         <v>1183.662</v>
       </c>
-      <c r="E41" s="31">
+      <c r="E41" s="29">
         <v>1445.239</v>
       </c>
-      <c r="F41" s="31">
+      <c r="F41" s="29">
         <v>254.55699999999999</v>
       </c>
-      <c r="G41" s="31">
+      <c r="G41" s="29">
         <v>969.31</v>
       </c>
-      <c r="H41" s="31">
+      <c r="H41" s="29">
         <v>5785.085</v>
       </c>
-      <c r="I41" s="31">
+      <c r="I41" s="29">
         <v>11.375999999999886</v>
       </c>
-      <c r="J41" s="31">
+      <c r="J41" s="29">
         <v>1740.8630000000001</v>
       </c>
-      <c r="K41" s="31">
+      <c r="K41" s="29">
         <v>0.14199999999999999</v>
       </c>
-      <c r="L41" s="31">
+      <c r="L41" s="29">
         <v>1.784</v>
       </c>
-      <c r="M41" s="31">
+      <c r="M41" s="29">
         <v>141.803</v>
       </c>
-      <c r="N41" s="31">
+      <c r="N41" s="29">
         <v>1884.5920000000001</v>
       </c>
-      <c r="O41" s="31">
+      <c r="O41" s="29">
         <v>20850.244999999999</v>
       </c>
-      <c r="P41" s="28">
+      <c r="P41" s="29">
         <v>9429.8150000000005</v>
       </c>
-      <c r="Q41" s="28">
+      <c r="Q41" s="29">
         <v>2858.6309999999999</v>
       </c>
-      <c r="R41" s="28">
+      <c r="R41" s="29">
         <v>409.75700000000001</v>
       </c>
-      <c r="S41" s="28">
+      <c r="S41" s="29">
         <v>5780.4849999999997</v>
       </c>
-      <c r="T41" s="28">
+      <c r="T41" s="29">
         <v>0</v>
       </c>
       <c r="U41" s="29">
         <v>380.94200000000001</v>
       </c>
-      <c r="V41" s="28">
+      <c r="V41" s="29">
         <v>4895.4030000000002</v>
       </c>
-      <c r="W41" s="28">
+      <c r="W41" s="29">
         <v>461.11700000000002</v>
       </c>
-      <c r="X41" s="28">
+      <c r="X41" s="29">
         <v>2619.8809999999994</v>
       </c>
-      <c r="Y41" s="28">
+      <c r="Y41" s="29">
         <v>17406.216</v>
       </c>
-      <c r="Z41" s="28">
+      <c r="Z41" s="29">
         <v>1251.7180000000001</v>
       </c>
-      <c r="AA41" s="28">
+      <c r="AA41" s="29">
         <v>68.05600000000004</v>
       </c>
-      <c r="AB41" s="46">
+      <c r="AB41" s="29">
         <v>-3444.029</v>
       </c>
-      <c r="AC41" s="47" t="s">
-[...3 lines deleted...]
-        <v>167</v>
+      <c r="AC41" s="46" t="s">
+        <v>165</v>
+      </c>
+      <c r="AD41" s="47" t="s">
+        <v>165</v>
       </c>
       <c r="AE41" s="7"/>
       <c r="AF41" s="7"/>
       <c r="AG41" s="7"/>
       <c r="AH41" s="7"/>
       <c r="AI41" s="7"/>
       <c r="AJ41" s="7"/>
       <c r="AK41" s="7"/>
       <c r="AL41" s="7"/>
     </row>
     <row r="42" spans="1:38" ht="15" customHeight="1">
       <c r="A42" s="23" t="s">
-        <v>42</v>
-[...1 lines deleted...]
-      <c r="B42" s="31">
+        <v>41</v>
+      </c>
+      <c r="B42" s="29">
         <v>6785.6970000000001</v>
       </c>
-      <c r="C42" s="31">
+      <c r="C42" s="29">
         <v>3242.067</v>
       </c>
-      <c r="D42" s="31">
+      <c r="D42" s="29">
         <v>1185.24566</v>
       </c>
-      <c r="E42" s="31">
+      <c r="E42" s="29">
         <v>1476.2296329999999</v>
       </c>
-      <c r="F42" s="31">
+      <c r="F42" s="29">
         <v>404.53500000000003</v>
       </c>
-      <c r="G42" s="31">
+      <c r="G42" s="29">
         <v>755.81095300000004</v>
       </c>
-      <c r="H42" s="31">
+      <c r="H42" s="29">
         <v>6241.723</v>
       </c>
-      <c r="I42" s="31">
+      <c r="I42" s="29">
         <v>14.280999999999885</v>
       </c>
-      <c r="J42" s="31">
+      <c r="J42" s="29">
         <v>2409.5039999999999</v>
       </c>
-      <c r="K42" s="31">
+      <c r="K42" s="29">
         <v>6.5000000000000002E-2</v>
       </c>
-      <c r="L42" s="31">
+      <c r="L42" s="29">
         <v>3.6880000000000002</v>
       </c>
-      <c r="M42" s="31">
+      <c r="M42" s="29">
         <v>-919.78300000000002</v>
       </c>
-      <c r="N42" s="31">
+      <c r="N42" s="29">
         <v>1493.4740000000002</v>
       </c>
-      <c r="O42" s="31">
+      <c r="O42" s="29">
         <v>23711.573586000002</v>
       </c>
-      <c r="P42" s="28">
+      <c r="P42" s="29">
         <v>11587.225999999999</v>
       </c>
-      <c r="Q42" s="28">
+      <c r="Q42" s="29">
         <v>4990.0559999999996</v>
       </c>
-      <c r="R42" s="28">
+      <c r="R42" s="29">
         <v>421.49700000000001</v>
       </c>
-      <c r="S42" s="28">
+      <c r="S42" s="29">
         <v>5812.121000000001</v>
       </c>
-      <c r="T42" s="28">
+      <c r="T42" s="29">
         <v>0</v>
       </c>
       <c r="U42" s="29">
         <v>363.55200000000002</v>
       </c>
-      <c r="V42" s="28">
+      <c r="V42" s="29">
         <v>5981.9269999999997</v>
       </c>
-      <c r="W42" s="28">
+      <c r="W42" s="29">
         <v>540.64419999999996</v>
       </c>
-      <c r="X42" s="28">
+      <c r="X42" s="29">
         <v>3142.6092149999986</v>
       </c>
-      <c r="Y42" s="28">
+      <c r="Y42" s="29">
         <v>21252.406414999998</v>
       </c>
-      <c r="Z42" s="28">
+      <c r="Z42" s="29">
         <v>1261.2686599999984</v>
       </c>
-      <c r="AA42" s="28">
+      <c r="AA42" s="29">
         <v>76.022999999998319</v>
       </c>
-      <c r="AB42" s="46">
+      <c r="AB42" s="29">
         <v>-2459.1671710000037</v>
       </c>
-      <c r="AC42" s="47" t="s">
-[...3 lines deleted...]
-        <v>167</v>
+      <c r="AC42" s="46" t="s">
+        <v>165</v>
+      </c>
+      <c r="AD42" s="47" t="s">
+        <v>165</v>
       </c>
       <c r="AE42" s="7"/>
       <c r="AF42" s="7"/>
       <c r="AG42" s="7"/>
       <c r="AH42" s="7"/>
       <c r="AI42" s="7"/>
       <c r="AJ42" s="7"/>
       <c r="AK42" s="7"/>
       <c r="AL42" s="7"/>
     </row>
     <row r="43" spans="1:38" ht="15" customHeight="1">
       <c r="A43" s="23" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="B43" s="31">
+        <v>42</v>
+      </c>
+      <c r="B43" s="29">
         <v>5276.5929999999998</v>
       </c>
-      <c r="C43" s="31">
+      <c r="C43" s="29">
         <v>1973.1</v>
       </c>
-      <c r="D43" s="31">
+      <c r="D43" s="29">
         <v>1181.0619999999999</v>
       </c>
-      <c r="E43" s="31">
+      <c r="E43" s="29">
         <v>1362.395</v>
       </c>
-      <c r="F43" s="31">
+      <c r="F43" s="29">
         <v>203.43600000000001</v>
       </c>
-      <c r="G43" s="31">
+      <c r="G43" s="29">
         <v>961.84800000000007</v>
       </c>
-      <c r="H43" s="31">
+      <c r="H43" s="29">
         <v>5162.9580000000005</v>
       </c>
-      <c r="I43" s="31">
+      <c r="I43" s="29">
         <v>5.6340000000001256</v>
       </c>
-      <c r="J43" s="31">
+      <c r="J43" s="29">
         <v>1449.943</v>
       </c>
-      <c r="K43" s="31">
+      <c r="K43" s="29">
         <v>0.38600000000000001</v>
       </c>
-      <c r="L43" s="31">
+      <c r="L43" s="29">
         <v>2.1389999999999998</v>
       </c>
-      <c r="M43" s="31">
+      <c r="M43" s="29">
         <v>56.262999999999998</v>
       </c>
-      <c r="N43" s="31">
+      <c r="N43" s="29">
         <v>1508.731</v>
       </c>
-      <c r="O43" s="31">
+      <c r="O43" s="29">
         <v>19233.491000000002</v>
       </c>
-      <c r="P43" s="28">
+      <c r="P43" s="29">
         <v>8648.0650000000005</v>
       </c>
-      <c r="Q43" s="28">
+      <c r="Q43" s="29">
         <v>3893.9140000000002</v>
       </c>
-      <c r="R43" s="28">
+      <c r="R43" s="29">
         <v>399.178</v>
       </c>
-      <c r="S43" s="28">
+      <c r="S43" s="29">
         <v>3965.223</v>
       </c>
-      <c r="T43" s="28">
+      <c r="T43" s="29">
         <v>0</v>
       </c>
       <c r="U43" s="29">
         <v>389.75</v>
       </c>
-      <c r="V43" s="28">
+      <c r="V43" s="29">
         <v>4722.8869999999997</v>
       </c>
-      <c r="W43" s="28">
+      <c r="W43" s="29">
         <v>363.52700000000004</v>
       </c>
-      <c r="X43" s="28">
+      <c r="X43" s="29">
         <v>2253.2779999999984</v>
       </c>
-      <c r="Y43" s="28">
+      <c r="Y43" s="29">
         <v>15987.757</v>
       </c>
-      <c r="Z43" s="28">
+      <c r="Z43" s="29">
         <v>1234.867</v>
       </c>
-      <c r="AA43" s="28">
+      <c r="AA43" s="29">
         <v>53.805000000000064</v>
       </c>
-      <c r="AB43" s="46">
+      <c r="AB43" s="29">
         <v>-3245.7339999999999</v>
       </c>
-      <c r="AC43" s="47" t="s">
-[...3 lines deleted...]
-        <v>167</v>
+      <c r="AC43" s="46" t="s">
+        <v>165</v>
+      </c>
+      <c r="AD43" s="47" t="s">
+        <v>165</v>
       </c>
       <c r="AE43" s="7"/>
       <c r="AF43" s="7"/>
       <c r="AG43" s="7"/>
       <c r="AH43" s="7"/>
       <c r="AI43" s="7"/>
       <c r="AJ43" s="7"/>
       <c r="AK43" s="7"/>
       <c r="AL43" s="7"/>
     </row>
     <row r="44" spans="1:38" ht="15" customHeight="1">
       <c r="A44" s="23" t="s">
-        <v>44</v>
-[...1 lines deleted...]
-      <c r="B44" s="31">
+        <v>43</v>
+      </c>
+      <c r="B44" s="29">
         <v>6657.5479999999998</v>
       </c>
-      <c r="C44" s="31">
+      <c r="C44" s="29">
         <v>2581.9690000000001</v>
       </c>
-      <c r="D44" s="31">
+      <c r="D44" s="29">
         <v>1179.001</v>
       </c>
-      <c r="E44" s="31">
+      <c r="E44" s="29">
         <v>1214.654</v>
       </c>
-      <c r="F44" s="31">
+      <c r="F44" s="29">
         <v>303.13099999999997</v>
       </c>
-      <c r="G44" s="31">
+      <c r="G44" s="29">
         <v>605.71800000000007</v>
       </c>
-      <c r="H44" s="31">
+      <c r="H44" s="29">
         <v>5363.4340000000002</v>
       </c>
-      <c r="I44" s="31">
+      <c r="I44" s="29">
         <v>4.3630000000000981</v>
       </c>
-      <c r="J44" s="31">
+      <c r="J44" s="29">
         <v>1646.057</v>
       </c>
-      <c r="K44" s="31">
+      <c r="K44" s="29">
         <v>0.35899999999999999</v>
       </c>
-      <c r="L44" s="31">
+      <c r="L44" s="29">
         <v>3.1480000000000001</v>
       </c>
-      <c r="M44" s="31">
+      <c r="M44" s="29">
         <v>81.093999999999994</v>
       </c>
-      <c r="N44" s="31">
+      <c r="N44" s="29">
         <v>1730.6580000000001</v>
       </c>
-      <c r="O44" s="31">
+      <c r="O44" s="29">
         <v>21192.194</v>
       </c>
-      <c r="P44" s="28">
+      <c r="P44" s="29">
         <v>7567.4489999999996</v>
       </c>
-      <c r="Q44" s="28">
+      <c r="Q44" s="29">
         <v>2095.4969999999998</v>
       </c>
-      <c r="R44" s="28">
+      <c r="R44" s="29">
         <v>407.55</v>
       </c>
-      <c r="S44" s="28">
+      <c r="S44" s="29">
         <v>4712.9810000000007</v>
       </c>
-      <c r="T44" s="28">
+      <c r="T44" s="29">
         <v>0</v>
       </c>
       <c r="U44" s="29">
         <v>351.42099999999999</v>
       </c>
-      <c r="V44" s="28">
+      <c r="V44" s="29">
         <v>5297.3440000000001</v>
       </c>
-      <c r="W44" s="28">
+      <c r="W44" s="29">
         <v>361.827</v>
       </c>
-      <c r="X44" s="28">
+      <c r="X44" s="29">
         <v>2817.1449999999995</v>
       </c>
-      <c r="Y44" s="28">
+      <c r="Y44" s="29">
         <v>16043.764999999999</v>
       </c>
-      <c r="Z44" s="28">
+      <c r="Z44" s="29">
         <v>1222.07</v>
       </c>
-      <c r="AA44" s="28">
+      <c r="AA44" s="29">
         <v>43.06899999999996</v>
       </c>
-      <c r="AB44" s="46">
+      <c r="AB44" s="29">
         <v>-5148.4290000000001</v>
       </c>
-      <c r="AC44" s="47" t="s">
-[...3 lines deleted...]
-        <v>167</v>
+      <c r="AC44" s="46" t="s">
+        <v>165</v>
+      </c>
+      <c r="AD44" s="47" t="s">
+        <v>165</v>
       </c>
       <c r="AE44" s="7"/>
       <c r="AF44" s="7"/>
       <c r="AG44" s="7"/>
       <c r="AH44" s="7"/>
       <c r="AI44" s="7"/>
       <c r="AJ44" s="7"/>
       <c r="AK44" s="7"/>
       <c r="AL44" s="7"/>
     </row>
     <row r="45" spans="1:38" ht="15" customHeight="1">
       <c r="A45" s="23" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="B45" s="31">
+        <v>44</v>
+      </c>
+      <c r="B45" s="29">
         <v>5451.326</v>
       </c>
-      <c r="C45" s="31">
+      <c r="C45" s="29">
         <v>2570.123</v>
       </c>
-      <c r="D45" s="31">
+      <c r="D45" s="29">
         <v>1183.6780000000001</v>
       </c>
-      <c r="E45" s="31">
+      <c r="E45" s="29">
         <v>1338.5450000000001</v>
       </c>
-      <c r="F45" s="31">
+      <c r="F45" s="29">
         <v>349.41699999999997</v>
       </c>
-      <c r="G45" s="31">
+      <c r="G45" s="29">
         <v>655.2829999999999</v>
       </c>
-      <c r="H45" s="31">
+      <c r="H45" s="29">
         <v>6393.4509999999991</v>
       </c>
-      <c r="I45" s="31">
+      <c r="I45" s="29">
         <v>4.700999999999862</v>
       </c>
-      <c r="J45" s="31">
+      <c r="J45" s="29">
         <v>1789.5619999999999</v>
       </c>
-      <c r="K45" s="31">
+      <c r="K45" s="29">
         <v>0.37</v>
       </c>
-      <c r="L45" s="31">
+      <c r="L45" s="29">
         <v>1.5249999999999999</v>
       </c>
-      <c r="M45" s="31">
+      <c r="M45" s="29">
         <v>46.430999999999997</v>
       </c>
-      <c r="N45" s="31">
+      <c r="N45" s="29">
         <v>1837.8880000000001</v>
       </c>
-      <c r="O45" s="31">
+      <c r="O45" s="29">
         <v>21888.346000000001</v>
       </c>
-      <c r="P45" s="28">
+      <c r="P45" s="29">
         <v>11021.566999999999</v>
       </c>
-      <c r="Q45" s="28">
+      <c r="Q45" s="29">
         <v>4888.1189999999997</v>
       </c>
-      <c r="R45" s="28">
+      <c r="R45" s="29">
         <v>399.95699999999999</v>
       </c>
-      <c r="S45" s="28">
+      <c r="S45" s="29">
         <v>5378.7029999999995</v>
       </c>
-      <c r="T45" s="28">
+      <c r="T45" s="29">
         <v>0</v>
       </c>
       <c r="U45" s="29">
         <v>354.78800000000001</v>
       </c>
-      <c r="V45" s="28">
+      <c r="V45" s="29">
         <v>5168.0519999999997</v>
       </c>
-      <c r="W45" s="28">
+      <c r="W45" s="29">
         <v>378.87899999999996</v>
       </c>
-      <c r="X45" s="28">
+      <c r="X45" s="29">
         <v>2706.3430000000008</v>
       </c>
-      <c r="Y45" s="28">
+      <c r="Y45" s="29">
         <v>19274.841</v>
       </c>
-      <c r="Z45" s="28">
+      <c r="Z45" s="29">
         <v>1244.614</v>
       </c>
-      <c r="AA45" s="28">
+      <c r="AA45" s="29">
         <v>60.935999999999922</v>
       </c>
-      <c r="AB45" s="46">
+      <c r="AB45" s="29">
         <v>-2613.5050000000001</v>
       </c>
-      <c r="AC45" s="47" t="s">
-[...3 lines deleted...]
-        <v>167</v>
+      <c r="AC45" s="46" t="s">
+        <v>165</v>
+      </c>
+      <c r="AD45" s="47" t="s">
+        <v>165</v>
       </c>
       <c r="AE45" s="7"/>
       <c r="AF45" s="7"/>
       <c r="AG45" s="7"/>
       <c r="AH45" s="7"/>
       <c r="AI45" s="7"/>
       <c r="AJ45" s="7"/>
       <c r="AK45" s="7"/>
       <c r="AL45" s="7"/>
     </row>
     <row r="46" spans="1:38" ht="15" customHeight="1">
       <c r="A46" s="23" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="B46" s="31">
+        <v>45</v>
+      </c>
+      <c r="B46" s="29">
         <v>7188.8810000000003</v>
       </c>
-      <c r="C46" s="31">
+      <c r="C46" s="29">
         <v>3598.2849999999999</v>
       </c>
-      <c r="D46" s="31">
+      <c r="D46" s="29">
         <v>1196.4169999999999</v>
       </c>
-      <c r="E46" s="31">
+      <c r="E46" s="29">
         <v>1314.529</v>
       </c>
-      <c r="F46" s="31">
+      <c r="F46" s="29">
         <v>402.36700000000002</v>
       </c>
-      <c r="G46" s="31">
+      <c r="G46" s="29">
         <v>653.57899999999995</v>
       </c>
-      <c r="H46" s="31">
+      <c r="H46" s="29">
         <v>6716.0990000000002</v>
       </c>
-      <c r="I46" s="31">
+      <c r="I46" s="29">
         <v>5.8140000000000889</v>
       </c>
-      <c r="J46" s="31">
+      <c r="J46" s="29">
         <v>2319.9209999999998</v>
       </c>
-      <c r="K46" s="31">
+      <c r="K46" s="29">
         <v>0.154</v>
       </c>
-      <c r="L46" s="31">
+      <c r="L46" s="29">
         <v>4.1879999999999997</v>
       </c>
-      <c r="M46" s="31">
+      <c r="M46" s="29">
         <v>49.709000000000003</v>
       </c>
-      <c r="N46" s="31">
+      <c r="N46" s="29">
         <v>2373.9719999999998</v>
       </c>
-      <c r="O46" s="31">
+      <c r="O46" s="29">
         <v>25845.846000000001</v>
       </c>
-      <c r="P46" s="28">
+      <c r="P46" s="29">
         <v>9926.0330000000013</v>
       </c>
-      <c r="Q46" s="28">
+      <c r="Q46" s="29">
         <v>3701.5059999999999</v>
       </c>
-      <c r="R46" s="28">
+      <c r="R46" s="29">
         <v>405.84200000000004</v>
       </c>
-      <c r="S46" s="28">
+      <c r="S46" s="29">
         <v>5472.3380000000006</v>
       </c>
-      <c r="T46" s="28">
+      <c r="T46" s="29">
         <v>0</v>
       </c>
       <c r="U46" s="29">
         <v>346.34699999999998</v>
       </c>
-      <c r="V46" s="28">
+      <c r="V46" s="29">
         <v>6015.5379999999996</v>
       </c>
-      <c r="W46" s="28">
+      <c r="W46" s="29">
         <v>499.71899999999999</v>
       </c>
-      <c r="X46" s="28">
+      <c r="X46" s="29">
         <v>3091.1961999999985</v>
       </c>
-      <c r="Y46" s="28">
+      <c r="Y46" s="29">
         <v>19532.486199999999</v>
       </c>
-      <c r="Z46" s="28">
+      <c r="Z46" s="29">
         <v>1260.7529999999999</v>
       </c>
-      <c r="AA46" s="28">
+      <c r="AA46" s="29">
         <v>64.336000000000013</v>
       </c>
-      <c r="AB46" s="46">
+      <c r="AB46" s="29">
         <v>-6313.3598000000011</v>
       </c>
-      <c r="AC46" s="47" t="s">
-[...3 lines deleted...]
-        <v>167</v>
+      <c r="AC46" s="46" t="s">
+        <v>165</v>
+      </c>
+      <c r="AD46" s="47" t="s">
+        <v>165</v>
       </c>
       <c r="AE46" s="7"/>
       <c r="AF46" s="7"/>
       <c r="AG46" s="7"/>
       <c r="AH46" s="7"/>
       <c r="AI46" s="7"/>
       <c r="AJ46" s="7"/>
       <c r="AK46" s="7"/>
       <c r="AL46" s="7"/>
     </row>
     <row r="47" spans="1:38" ht="15" customHeight="1">
       <c r="A47" s="23" t="s">
-        <v>47</v>
-[...1 lines deleted...]
-      <c r="B47" s="31">
+        <v>46</v>
+      </c>
+      <c r="B47" s="29">
         <v>5442.9290000000001</v>
       </c>
-      <c r="C47" s="31">
+      <c r="C47" s="29">
         <v>1832.5889999999999</v>
       </c>
-      <c r="D47" s="31">
+      <c r="D47" s="29">
         <v>1215.251</v>
       </c>
-      <c r="E47" s="31">
+      <c r="E47" s="29">
         <v>1244.8019999999999</v>
       </c>
-      <c r="F47" s="31">
+      <c r="F47" s="29">
         <v>266.71600000000001</v>
       </c>
-      <c r="G47" s="31">
+      <c r="G47" s="29">
         <v>857.59699999999998</v>
       </c>
-      <c r="H47" s="31">
+      <c r="H47" s="29">
         <v>5813.3469999999998</v>
       </c>
-      <c r="I47" s="31">
+      <c r="I47" s="29">
         <v>3.590000000000102</v>
       </c>
-      <c r="J47" s="31">
+      <c r="J47" s="29">
         <v>1204.5930000000001</v>
       </c>
-      <c r="K47" s="31">
+      <c r="K47" s="29">
         <v>0.82899999999999996</v>
       </c>
-      <c r="L47" s="31">
+      <c r="L47" s="29">
         <v>0.65800000000000003</v>
       </c>
-      <c r="M47" s="31">
+      <c r="M47" s="29">
         <v>234.07400000000001</v>
       </c>
-      <c r="N47" s="31">
+      <c r="N47" s="29">
         <v>1440.154</v>
       </c>
-      <c r="O47" s="31">
+      <c r="O47" s="29">
         <v>19279.582999999999</v>
       </c>
-      <c r="P47" s="28">
+      <c r="P47" s="29">
         <v>8431.3490000000002</v>
       </c>
-      <c r="Q47" s="28">
+      <c r="Q47" s="29">
         <v>2649.9070000000002</v>
       </c>
-      <c r="R47" s="28">
+      <c r="R47" s="29">
         <v>280.47900000000004</v>
       </c>
-      <c r="S47" s="28">
+      <c r="S47" s="29">
         <v>5064.1870000000008</v>
       </c>
-      <c r="T47" s="28">
+      <c r="T47" s="29">
         <v>0</v>
       </c>
       <c r="U47" s="29">
         <v>436.77600000000001</v>
       </c>
-      <c r="V47" s="28">
+      <c r="V47" s="29">
         <v>4823.1109999999999</v>
       </c>
-      <c r="W47" s="28">
+      <c r="W47" s="29">
         <v>395.75300000000004</v>
       </c>
-      <c r="X47" s="28">
+      <c r="X47" s="29">
         <v>2068.1920000000009</v>
       </c>
-      <c r="Y47" s="28">
+      <c r="Y47" s="29">
         <v>15718.405000000001</v>
       </c>
-      <c r="Z47" s="28">
+      <c r="Z47" s="29">
         <v>1278.403</v>
       </c>
-      <c r="AA47" s="28">
+      <c r="AA47" s="29">
         <v>63.152000000000044</v>
       </c>
-      <c r="AB47" s="46">
+      <c r="AB47" s="29">
         <v>-3561.1779999999999</v>
       </c>
-      <c r="AC47" s="47" t="s">
-[...3 lines deleted...]
-        <v>167</v>
+      <c r="AC47" s="46" t="s">
+        <v>165</v>
+      </c>
+      <c r="AD47" s="47" t="s">
+        <v>165</v>
       </c>
       <c r="AE47" s="7"/>
       <c r="AF47" s="7"/>
       <c r="AG47" s="7"/>
       <c r="AH47" s="7"/>
       <c r="AI47" s="7"/>
       <c r="AJ47" s="7"/>
       <c r="AK47" s="7"/>
       <c r="AL47" s="7"/>
     </row>
     <row r="48" spans="1:38" ht="15" customHeight="1">
       <c r="A48" s="23" t="s">
-        <v>48</v>
-[...1 lines deleted...]
-      <c r="B48" s="31">
+        <v>47</v>
+      </c>
+      <c r="B48" s="29">
         <v>6776.3180000000002</v>
       </c>
-      <c r="C48" s="31">
+      <c r="C48" s="29">
         <v>2704.9430000000002</v>
       </c>
-      <c r="D48" s="31">
+      <c r="D48" s="29">
         <v>1234.924</v>
       </c>
-      <c r="E48" s="31">
+      <c r="E48" s="29">
         <v>1157.98</v>
       </c>
-      <c r="F48" s="31">
+      <c r="F48" s="29">
         <v>326.17899999999997</v>
       </c>
-      <c r="G48" s="31">
+      <c r="G48" s="29">
         <v>921.98299999999995</v>
       </c>
-      <c r="H48" s="31">
+      <c r="H48" s="29">
         <v>6078.4260000000004</v>
       </c>
-      <c r="I48" s="31">
+      <c r="I48" s="29">
         <v>4.2449999999999362</v>
       </c>
-      <c r="J48" s="31">
+      <c r="J48" s="29">
         <v>2093.616</v>
       </c>
-      <c r="K48" s="31">
+      <c r="K48" s="29">
         <v>0.77900000000000003</v>
       </c>
-      <c r="L48" s="31">
+      <c r="L48" s="29">
         <v>0.9</v>
       </c>
-      <c r="M48" s="31">
+      <c r="M48" s="29">
         <v>60.546999999999997</v>
       </c>
-      <c r="N48" s="31">
+      <c r="N48" s="29">
         <v>2155.8420000000001</v>
       </c>
-      <c r="O48" s="31">
+      <c r="O48" s="29">
         <v>22567.355</v>
       </c>
-      <c r="P48" s="28">
+      <c r="P48" s="29">
         <v>9023.0669999999991</v>
       </c>
-      <c r="Q48" s="28">
+      <c r="Q48" s="29">
         <v>3316.1060000000002</v>
       </c>
-      <c r="R48" s="28">
+      <c r="R48" s="29">
         <v>280.90899999999999</v>
       </c>
-      <c r="S48" s="28">
+      <c r="S48" s="29">
         <v>4996.5239999999985</v>
       </c>
-      <c r="T48" s="28">
+      <c r="T48" s="29">
         <v>0</v>
       </c>
       <c r="U48" s="29">
         <v>429.52800000000002</v>
       </c>
-      <c r="V48" s="28">
+      <c r="V48" s="29">
         <v>5358.4430000000002</v>
       </c>
-      <c r="W48" s="28">
+      <c r="W48" s="29">
         <v>373.00400000000002</v>
       </c>
-      <c r="X48" s="28">
+      <c r="X48" s="29">
         <v>2647.0820000000022</v>
       </c>
-      <c r="Y48" s="28">
+      <c r="Y48" s="29">
         <v>17401.596000000001</v>
       </c>
-      <c r="Z48" s="28">
+      <c r="Z48" s="29">
         <v>1276.8019999999999</v>
       </c>
-      <c r="AA48" s="28">
+      <c r="AA48" s="29">
         <v>41.877999999999929</v>
       </c>
-      <c r="AB48" s="46">
+      <c r="AB48" s="29">
         <v>-5165.759</v>
       </c>
-      <c r="AC48" s="47" t="s">
-[...3 lines deleted...]
-        <v>167</v>
+      <c r="AC48" s="46" t="s">
+        <v>165</v>
+      </c>
+      <c r="AD48" s="47" t="s">
+        <v>165</v>
       </c>
       <c r="AE48" s="7"/>
       <c r="AF48" s="7"/>
       <c r="AG48" s="7"/>
       <c r="AH48" s="7"/>
       <c r="AI48" s="7"/>
       <c r="AJ48" s="7"/>
       <c r="AK48" s="7"/>
       <c r="AL48" s="7"/>
     </row>
     <row r="49" spans="1:38" ht="15" customHeight="1">
       <c r="A49" s="23" t="s">
-        <v>49</v>
-[...1 lines deleted...]
-      <c r="B49" s="31">
+        <v>48</v>
+      </c>
+      <c r="B49" s="29">
         <v>5472.4549999999999</v>
       </c>
-      <c r="C49" s="31">
+      <c r="C49" s="29">
         <v>2544.0149999999999</v>
       </c>
-      <c r="D49" s="31">
+      <c r="D49" s="29">
         <v>1251.9939999999999</v>
       </c>
-      <c r="E49" s="31">
+      <c r="E49" s="29">
         <v>1346.6030000000001</v>
       </c>
-      <c r="F49" s="31">
+      <c r="F49" s="29">
         <v>313.15300000000002</v>
       </c>
-      <c r="G49" s="31">
+      <c r="G49" s="29">
         <v>651.59699999999998</v>
       </c>
-      <c r="H49" s="31">
+      <c r="H49" s="29">
         <v>6935.8159999999998</v>
       </c>
-      <c r="I49" s="31">
+      <c r="I49" s="29">
         <v>4.5109999999998358</v>
       </c>
-      <c r="J49" s="31">
+      <c r="J49" s="29">
         <v>1731.2760000000001</v>
       </c>
-      <c r="K49" s="31">
+      <c r="K49" s="29">
         <v>0.78300000000000003</v>
       </c>
-      <c r="L49" s="31">
+      <c r="L49" s="29">
         <v>0.84399999999999997</v>
       </c>
-      <c r="M49" s="31">
+      <c r="M49" s="29">
         <v>-64.358000000000004</v>
       </c>
-      <c r="N49" s="31">
+      <c r="N49" s="29">
         <v>1668.5450000000001</v>
       </c>
-      <c r="O49" s="31">
+      <c r="O49" s="29">
         <v>21643.885999999999</v>
       </c>
-      <c r="P49" s="28">
+      <c r="P49" s="29">
         <v>10737.170999999998</v>
       </c>
-      <c r="Q49" s="28">
+      <c r="Q49" s="29">
         <v>4527.9709999999995</v>
       </c>
-      <c r="R49" s="28">
+      <c r="R49" s="29">
         <v>284.90000000000003</v>
       </c>
-      <c r="S49" s="28">
+      <c r="S49" s="29">
         <v>5509.875</v>
       </c>
-      <c r="T49" s="28">
+      <c r="T49" s="29">
         <v>0</v>
       </c>
       <c r="U49" s="29">
         <v>414.42499999999995</v>
       </c>
-      <c r="V49" s="28">
+      <c r="V49" s="29">
         <v>5156.46</v>
       </c>
-      <c r="W49" s="28">
+      <c r="W49" s="29">
         <v>503.03300000000002</v>
       </c>
-      <c r="X49" s="28">
+      <c r="X49" s="29">
         <v>2308.3700000000026</v>
       </c>
-      <c r="Y49" s="28">
+      <c r="Y49" s="29">
         <v>18705.034</v>
       </c>
-      <c r="Z49" s="28">
+      <c r="Z49" s="29">
         <v>1315.6849999999999</v>
       </c>
-      <c r="AA49" s="28">
+      <c r="AA49" s="29">
         <v>63.691000000000031</v>
       </c>
-      <c r="AB49" s="46">
+      <c r="AB49" s="29">
         <v>-2938.8519999999999</v>
       </c>
-      <c r="AC49" s="47" t="s">
-[...3 lines deleted...]
-        <v>167</v>
+      <c r="AC49" s="46" t="s">
+        <v>165</v>
+      </c>
+      <c r="AD49" s="47" t="s">
+        <v>165</v>
       </c>
       <c r="AE49" s="7"/>
       <c r="AF49" s="7"/>
       <c r="AG49" s="7"/>
       <c r="AH49" s="7"/>
       <c r="AI49" s="7"/>
       <c r="AJ49" s="7"/>
       <c r="AK49" s="7"/>
       <c r="AL49" s="7"/>
     </row>
     <row r="50" spans="1:38" ht="15" customHeight="1">
       <c r="A50" s="23" t="s">
-        <v>50</v>
-[...1 lines deleted...]
-      <c r="B50" s="31">
+        <v>49</v>
+      </c>
+      <c r="B50" s="29">
         <v>6886.9639999999999</v>
       </c>
-      <c r="C50" s="31">
+      <c r="C50" s="29">
         <v>3425.5430000000001</v>
       </c>
-      <c r="D50" s="31">
+      <c r="D50" s="29">
         <v>1264.8330000000001</v>
       </c>
-      <c r="E50" s="31">
+      <c r="E50" s="29">
         <v>1496.09</v>
       </c>
-      <c r="F50" s="31">
+      <c r="F50" s="29">
         <v>389.37299999999999</v>
       </c>
-      <c r="G50" s="31">
+      <c r="G50" s="29">
         <v>2775.3280000000004</v>
       </c>
-      <c r="H50" s="31">
+      <c r="H50" s="29">
         <v>7124.9139999999998</v>
       </c>
-      <c r="I50" s="31">
+      <c r="I50" s="29">
         <v>7.5700000000001051</v>
       </c>
-      <c r="J50" s="31">
+      <c r="J50" s="29">
         <v>4449.2489999999998</v>
       </c>
-      <c r="K50" s="31">
+      <c r="K50" s="29">
         <v>0.56699999999999995</v>
       </c>
-      <c r="L50" s="31">
+      <c r="L50" s="29">
         <v>1.2849999999999999</v>
       </c>
-      <c r="M50" s="31">
+      <c r="M50" s="29">
         <v>-101.462</v>
       </c>
-      <c r="N50" s="31">
+      <c r="N50" s="29">
         <v>4349.6389999999992</v>
       </c>
-      <c r="O50" s="31">
+      <c r="O50" s="29">
         <v>29833.632000000001</v>
       </c>
-      <c r="P50" s="28">
+      <c r="P50" s="29">
         <v>10827.591659999998</v>
       </c>
-      <c r="Q50" s="28">
+      <c r="Q50" s="29">
         <v>4090.7359999999999</v>
       </c>
-      <c r="R50" s="28">
+      <c r="R50" s="29">
         <v>358.274</v>
       </c>
-      <c r="S50" s="28">
+      <c r="S50" s="29">
         <v>5939.666659999999</v>
       </c>
-      <c r="T50" s="28">
+      <c r="T50" s="29">
         <v>0</v>
       </c>
       <c r="U50" s="29">
         <v>438.91500000000002</v>
       </c>
-      <c r="V50" s="28">
+      <c r="V50" s="29">
         <v>6030.3126500000008</v>
       </c>
-      <c r="W50" s="28">
+      <c r="W50" s="29">
         <v>1044.7339999999999</v>
       </c>
-      <c r="X50" s="28">
+      <c r="X50" s="29">
         <v>3059.6470000000045</v>
       </c>
-      <c r="Y50" s="28">
+      <c r="Y50" s="29">
         <v>20962.285310000003</v>
       </c>
-      <c r="Z50" s="28">
+      <c r="Z50" s="29">
         <v>1365.828</v>
       </c>
-      <c r="AA50" s="28">
+      <c r="AA50" s="29">
         <v>100.99499999999989</v>
       </c>
-      <c r="AB50" s="46">
+      <c r="AB50" s="29">
         <v>-8871.3466899999985</v>
       </c>
-      <c r="AC50" s="47" t="s">
-[...3 lines deleted...]
-        <v>167</v>
+      <c r="AC50" s="46" t="s">
+        <v>165</v>
+      </c>
+      <c r="AD50" s="47" t="s">
+        <v>165</v>
       </c>
       <c r="AE50" s="7"/>
       <c r="AF50" s="7"/>
       <c r="AG50" s="7"/>
       <c r="AH50" s="7"/>
       <c r="AI50" s="7"/>
       <c r="AJ50" s="7"/>
       <c r="AK50" s="7"/>
       <c r="AL50" s="7"/>
     </row>
     <row r="51" spans="1:38" ht="15" customHeight="1">
       <c r="A51" s="23" t="s">
-        <v>51</v>
-[...1 lines deleted...]
-      <c r="B51" s="31">
+        <v>50</v>
+      </c>
+      <c r="B51" s="29">
         <v>5077.7889999999998</v>
       </c>
-      <c r="C51" s="31">
+      <c r="C51" s="29">
         <v>1944.923</v>
       </c>
-      <c r="D51" s="31">
+      <c r="D51" s="29">
         <v>1273.6199999999999</v>
       </c>
-      <c r="E51" s="31">
+      <c r="E51" s="29">
         <v>1615.0909999999999</v>
       </c>
-      <c r="F51" s="31">
+      <c r="F51" s="29">
         <v>247.239</v>
       </c>
-      <c r="G51" s="31">
+      <c r="G51" s="29">
         <v>973.05399999999997</v>
       </c>
-      <c r="H51" s="31">
+      <c r="H51" s="29">
         <v>5928.79</v>
       </c>
-      <c r="I51" s="31">
+      <c r="I51" s="29">
         <v>5.24200000000004</v>
       </c>
-      <c r="J51" s="31">
+      <c r="J51" s="29">
         <v>1158.5129999999999</v>
       </c>
-      <c r="K51" s="31">
+      <c r="K51" s="29">
         <v>-3.8410000000000002</v>
       </c>
-      <c r="L51" s="31">
+      <c r="L51" s="29">
         <v>0.25600000000000001</v>
       </c>
-      <c r="M51" s="31">
+      <c r="M51" s="29">
         <v>11.364000000000001</v>
       </c>
-      <c r="N51" s="31">
+      <c r="N51" s="29">
         <v>1166.2920000000001</v>
       </c>
-      <c r="O51" s="31">
+      <c r="O51" s="29">
         <v>19378.821</v>
       </c>
-      <c r="P51" s="28">
+      <c r="P51" s="29">
         <v>9093.7699999999986</v>
       </c>
-      <c r="Q51" s="28">
+      <c r="Q51" s="29">
         <v>3158.1590000000001</v>
       </c>
-      <c r="R51" s="28">
+      <c r="R51" s="29">
         <v>304.73</v>
       </c>
-      <c r="S51" s="28">
+      <c r="S51" s="29">
         <v>5216.7669999999998</v>
       </c>
-      <c r="T51" s="28">
+      <c r="T51" s="29">
         <v>0</v>
       </c>
       <c r="U51" s="29">
         <v>414.11399999999998</v>
       </c>
-      <c r="V51" s="28">
+      <c r="V51" s="29">
         <v>4817.8389999999999</v>
       </c>
-      <c r="W51" s="28">
+      <c r="W51" s="29">
         <v>362.19900000000001</v>
       </c>
-      <c r="X51" s="28">
+      <c r="X51" s="29">
         <v>2140.5670000000009</v>
       </c>
-      <c r="Y51" s="28">
+      <c r="Y51" s="29">
         <v>16414.375</v>
       </c>
-      <c r="Z51" s="28">
+      <c r="Z51" s="29">
         <v>1332.9190000000001</v>
       </c>
-      <c r="AA51" s="28">
+      <c r="AA51" s="29">
         <v>59.299000000000206</v>
       </c>
-      <c r="AB51" s="46">
+      <c r="AB51" s="29">
         <v>-2964.4459999999999</v>
       </c>
-      <c r="AC51" s="47" t="s">
-[...3 lines deleted...]
-        <v>167</v>
+      <c r="AC51" s="46" t="s">
+        <v>165</v>
+      </c>
+      <c r="AD51" s="47" t="s">
+        <v>165</v>
       </c>
       <c r="AE51" s="7"/>
       <c r="AF51" s="7"/>
       <c r="AG51" s="7"/>
       <c r="AH51" s="7"/>
       <c r="AI51" s="7"/>
       <c r="AJ51" s="7"/>
       <c r="AK51" s="7"/>
       <c r="AL51" s="7"/>
     </row>
     <row r="52" spans="1:38" ht="15" customHeight="1">
       <c r="A52" s="23" t="s">
-        <v>52</v>
-[...1 lines deleted...]
-      <c r="B52" s="31">
+        <v>51</v>
+      </c>
+      <c r="B52" s="29">
         <v>6295.7039999999997</v>
       </c>
-      <c r="C52" s="31">
+      <c r="C52" s="29">
         <v>2589.8090000000002</v>
       </c>
-      <c r="D52" s="31">
+      <c r="D52" s="29">
         <v>1280.3489999999999</v>
       </c>
-      <c r="E52" s="31">
+      <c r="E52" s="29">
         <v>1728.9839999999999</v>
       </c>
-      <c r="F52" s="31">
+      <c r="F52" s="29">
         <v>264.43400000000003</v>
       </c>
-      <c r="G52" s="31">
+      <c r="G52" s="29">
         <v>545.24399999999991</v>
       </c>
-      <c r="H52" s="31">
+      <c r="H52" s="29">
         <v>6051.5810000000001</v>
       </c>
-      <c r="I52" s="31">
+      <c r="I52" s="29">
         <v>5.6000000000000405</v>
       </c>
-      <c r="J52" s="31">
+      <c r="J52" s="29">
         <v>1705.6179999999999</v>
       </c>
-      <c r="K52" s="31">
+      <c r="K52" s="29">
         <v>-4.8810000000000002</v>
       </c>
-      <c r="L52" s="31">
+      <c r="L52" s="29">
         <v>1.877</v>
       </c>
-      <c r="M52" s="31">
+      <c r="M52" s="29">
         <v>47.71</v>
       </c>
-      <c r="N52" s="31">
+      <c r="N52" s="29">
         <v>1750.3240000000001</v>
       </c>
-      <c r="O52" s="31">
+      <c r="O52" s="29">
         <v>21819.468000000001</v>
       </c>
-      <c r="P52" s="28">
+      <c r="P52" s="29">
         <v>9107.9480000000003</v>
       </c>
-      <c r="Q52" s="28">
+      <c r="Q52" s="29">
         <v>2992.895</v>
       </c>
-      <c r="R52" s="28">
+      <c r="R52" s="29">
         <v>304.71800000000002</v>
       </c>
-      <c r="S52" s="28">
+      <c r="S52" s="29">
         <v>5323.1290000000008</v>
       </c>
-      <c r="T52" s="28">
+      <c r="T52" s="29">
         <v>0</v>
       </c>
       <c r="U52" s="29">
         <v>487.20600000000002</v>
       </c>
-      <c r="V52" s="28">
+      <c r="V52" s="29">
         <v>5401.0479999999998</v>
       </c>
-      <c r="W52" s="28">
+      <c r="W52" s="29">
         <v>374.334</v>
       </c>
-      <c r="X52" s="28">
+      <c r="X52" s="29">
         <v>2624.8150000000005</v>
       </c>
-      <c r="Y52" s="28">
+      <c r="Y52" s="29">
         <v>17508.145</v>
       </c>
-      <c r="Z52" s="28">
+      <c r="Z52" s="29">
         <v>1334.229</v>
       </c>
-      <c r="AA52" s="28">
+      <c r="AA52" s="29">
         <v>53.880000000000109</v>
       </c>
-      <c r="AB52" s="46">
+      <c r="AB52" s="29">
         <v>-4311.3230000000003</v>
       </c>
-      <c r="AC52" s="47" t="s">
-[...3 lines deleted...]
-        <v>167</v>
+      <c r="AC52" s="46" t="s">
+        <v>165</v>
+      </c>
+      <c r="AD52" s="47" t="s">
+        <v>165</v>
       </c>
       <c r="AE52" s="7"/>
       <c r="AF52" s="7"/>
       <c r="AG52" s="7"/>
       <c r="AH52" s="7"/>
       <c r="AI52" s="7"/>
       <c r="AJ52" s="7"/>
       <c r="AK52" s="7"/>
       <c r="AL52" s="7"/>
     </row>
     <row r="53" spans="1:38" ht="15" customHeight="1">
       <c r="A53" s="23" t="s">
-        <v>53</v>
-[...1 lines deleted...]
-      <c r="B53" s="31">
+        <v>52</v>
+      </c>
+      <c r="B53" s="29">
         <v>4942.8069999999998</v>
       </c>
-      <c r="C53" s="31">
+      <c r="C53" s="29">
         <v>2335.5810000000001</v>
       </c>
-      <c r="D53" s="31">
+      <c r="D53" s="29">
         <v>1286.001</v>
       </c>
-      <c r="E53" s="31">
+      <c r="E53" s="29">
         <v>2008.011</v>
       </c>
-      <c r="F53" s="31">
+      <c r="F53" s="29">
         <v>226.845</v>
       </c>
-      <c r="G53" s="31">
+      <c r="G53" s="29">
         <v>377.79100000000005</v>
       </c>
-      <c r="H53" s="31">
+      <c r="H53" s="29">
         <v>6759.232</v>
       </c>
-      <c r="I53" s="31">
+      <c r="I53" s="29">
         <v>5.0940000000001397</v>
       </c>
-      <c r="J53" s="31">
+      <c r="J53" s="29">
         <v>1258.758</v>
       </c>
-      <c r="K53" s="31">
+      <c r="K53" s="29">
         <v>-5.5069999999999997</v>
       </c>
-      <c r="L53" s="31">
+      <c r="L53" s="29">
         <v>5.0999999999999997E-2</v>
       </c>
-      <c r="M53" s="31">
+      <c r="M53" s="29">
         <v>27.913</v>
       </c>
-      <c r="N53" s="31">
+      <c r="N53" s="29">
         <v>1281.2149999999999</v>
       </c>
-      <c r="O53" s="31">
+      <c r="O53" s="29">
         <v>20728.100999999999</v>
       </c>
-      <c r="P53" s="28">
+      <c r="P53" s="29">
         <v>11350.381000000001</v>
       </c>
-      <c r="Q53" s="28">
+      <c r="Q53" s="29">
         <v>4942.491</v>
       </c>
-      <c r="R53" s="28">
+      <c r="R53" s="29">
         <v>304.72000000000003</v>
       </c>
-      <c r="S53" s="28">
+      <c r="S53" s="29">
         <v>5698.9150000000009</v>
       </c>
-      <c r="T53" s="28">
+      <c r="T53" s="29">
         <v>0</v>
       </c>
       <c r="U53" s="29">
         <v>404.255</v>
       </c>
-      <c r="V53" s="28">
+      <c r="V53" s="29">
         <v>5167.2309999999998</v>
       </c>
-      <c r="W53" s="28">
+      <c r="W53" s="29">
         <v>467.83900000000006</v>
       </c>
-      <c r="X53" s="28">
+      <c r="X53" s="29">
         <v>2354.5809999999983</v>
       </c>
-      <c r="Y53" s="28">
+      <c r="Y53" s="29">
         <v>19340.031999999999</v>
       </c>
-      <c r="Z53" s="28">
+      <c r="Z53" s="29">
         <v>1363.67</v>
       </c>
-      <c r="AA53" s="28">
+      <c r="AA53" s="29">
         <v>77.669000000000096</v>
       </c>
-      <c r="AB53" s="46">
+      <c r="AB53" s="29">
         <v>-1388.069</v>
       </c>
-      <c r="AC53" s="47" t="s">
-[...3 lines deleted...]
-        <v>167</v>
+      <c r="AC53" s="46" t="s">
+        <v>165</v>
+      </c>
+      <c r="AD53" s="47" t="s">
+        <v>165</v>
       </c>
       <c r="AE53" s="7"/>
       <c r="AF53" s="7"/>
       <c r="AG53" s="7"/>
       <c r="AH53" s="7"/>
       <c r="AI53" s="7"/>
       <c r="AJ53" s="7"/>
       <c r="AK53" s="7"/>
       <c r="AL53" s="7"/>
     </row>
     <row r="54" spans="1:38" ht="15" customHeight="1">
       <c r="A54" s="24" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="B54" s="31">
+        <v>53</v>
+      </c>
+      <c r="B54" s="29">
         <v>6268.5159999999996</v>
       </c>
-      <c r="C54" s="31">
+      <c r="C54" s="29">
         <v>3669.636</v>
       </c>
-      <c r="D54" s="31">
+      <c r="D54" s="29">
         <v>1290.528</v>
       </c>
-      <c r="E54" s="31">
+      <c r="E54" s="29">
         <v>2169.4744699999997</v>
       </c>
-      <c r="F54" s="31">
+      <c r="F54" s="29">
         <v>425.57</v>
       </c>
-      <c r="G54" s="31">
+      <c r="G54" s="29">
         <v>1511.59556</v>
       </c>
-      <c r="H54" s="31">
+      <c r="H54" s="29">
         <v>7069.0820000000003</v>
       </c>
-      <c r="I54" s="31">
+      <c r="I54" s="29">
         <v>6.0619999999999346</v>
       </c>
-      <c r="J54" s="31">
+      <c r="J54" s="29">
         <v>2016.875</v>
       </c>
-      <c r="K54" s="31">
+      <c r="K54" s="29">
         <v>-8.9019999999999992</v>
       </c>
-      <c r="L54" s="31">
+      <c r="L54" s="29">
         <v>1.7669999999999999</v>
       </c>
-      <c r="M54" s="31">
+      <c r="M54" s="29">
         <v>-89.706999999999994</v>
       </c>
-      <c r="N54" s="31">
+      <c r="N54" s="29">
         <v>1920.0329999999999</v>
       </c>
-      <c r="O54" s="31">
+      <c r="O54" s="29">
         <v>26281.139529999997</v>
       </c>
-      <c r="P54" s="28">
+      <c r="P54" s="29">
         <v>11482.788999999999</v>
       </c>
-      <c r="Q54" s="28">
+      <c r="Q54" s="29">
         <v>4959.4920000000002</v>
       </c>
-      <c r="R54" s="28">
+      <c r="R54" s="29">
         <v>304.71899999999999</v>
       </c>
-      <c r="S54" s="28">
+      <c r="S54" s="29">
         <v>5830.3810000000003</v>
       </c>
-      <c r="T54" s="28">
+      <c r="T54" s="29">
         <v>0</v>
       </c>
       <c r="U54" s="29">
         <v>388.197</v>
       </c>
-      <c r="V54" s="28">
+      <c r="V54" s="29">
         <v>5816.4750000000004</v>
       </c>
-      <c r="W54" s="28">
+      <c r="W54" s="29">
         <v>706.81999999999994</v>
       </c>
-      <c r="X54" s="28">
+      <c r="X54" s="29">
         <v>3314.8493529999978</v>
       </c>
-      <c r="Y54" s="28">
+      <c r="Y54" s="29">
         <v>21320.933352999997</v>
       </c>
-      <c r="Z54" s="28">
+      <c r="Z54" s="29">
         <v>1346.7809999999999</v>
       </c>
-      <c r="AA54" s="28">
+      <c r="AA54" s="29">
         <v>56.252999999999929</v>
       </c>
-      <c r="AB54" s="46">
+      <c r="AB54" s="29">
         <v>-4960.2061770000009</v>
       </c>
-      <c r="AC54" s="47" t="s">
-[...3 lines deleted...]
-        <v>167</v>
+      <c r="AC54" s="46" t="s">
+        <v>165</v>
+      </c>
+      <c r="AD54" s="47" t="s">
+        <v>165</v>
       </c>
       <c r="AE54" s="7"/>
       <c r="AF54" s="7"/>
       <c r="AG54" s="7"/>
       <c r="AH54" s="7"/>
       <c r="AI54" s="7"/>
       <c r="AJ54" s="7"/>
       <c r="AK54" s="7"/>
       <c r="AL54" s="7"/>
     </row>
     <row r="55" spans="1:38" ht="15" customHeight="1">
       <c r="A55" s="24" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="B55" s="31">
+        <v>54</v>
+      </c>
+      <c r="B55" s="29">
         <v>4859.9470000000001</v>
       </c>
-      <c r="C55" s="31">
+      <c r="C55" s="29">
         <v>1976.4079999999999</v>
       </c>
-      <c r="D55" s="31">
+      <c r="D55" s="29">
         <v>1292.8800000000001</v>
       </c>
-      <c r="E55" s="31">
+      <c r="E55" s="29">
         <v>2075.2669999999998</v>
       </c>
-      <c r="F55" s="31">
+      <c r="F55" s="29">
         <v>137.60900000000001</v>
       </c>
-      <c r="G55" s="31">
+      <c r="G55" s="29">
         <v>945.76499999999999</v>
       </c>
-      <c r="H55" s="31">
+      <c r="H55" s="29">
         <v>6147.0470000000005</v>
       </c>
-      <c r="I55" s="31">
+      <c r="I55" s="29">
         <v>7.9040000000001926</v>
       </c>
-      <c r="J55" s="31">
+      <c r="J55" s="29">
         <v>921.846</v>
       </c>
-      <c r="K55" s="31">
+      <c r="K55" s="29">
         <v>-1.1559999999999999</v>
       </c>
-      <c r="L55" s="31">
+      <c r="L55" s="29">
         <v>2.2069999999999999</v>
       </c>
-      <c r="M55" s="31">
+      <c r="M55" s="29">
         <v>29.459</v>
       </c>
-      <c r="N55" s="31">
+      <c r="N55" s="29">
         <v>952.35599999999999</v>
       </c>
-      <c r="O55" s="31">
+      <c r="O55" s="29">
         <v>19471.245999999999</v>
       </c>
-      <c r="P55" s="28">
+      <c r="P55" s="29">
         <v>8625.9089999999997</v>
       </c>
-      <c r="Q55" s="28">
+      <c r="Q55" s="29">
         <v>3045.9160000000002</v>
       </c>
-      <c r="R55" s="28">
+      <c r="R55" s="29">
         <v>280.572</v>
       </c>
-      <c r="S55" s="28">
+      <c r="S55" s="29">
         <v>4907.1720000000014</v>
       </c>
-      <c r="T55" s="28">
+      <c r="T55" s="29">
         <v>0</v>
       </c>
       <c r="U55" s="29">
         <v>392.24900000000002</v>
       </c>
-      <c r="V55" s="28">
+      <c r="V55" s="29">
         <v>4543.6130000000003</v>
       </c>
-      <c r="W55" s="28">
+      <c r="W55" s="29">
         <v>689.49799999999993</v>
       </c>
-      <c r="X55" s="28">
+      <c r="X55" s="29">
         <v>2599.2510000000002</v>
       </c>
-      <c r="Y55" s="28">
+      <c r="Y55" s="29">
         <v>16458.271000000001</v>
       </c>
-      <c r="Z55" s="28">
+      <c r="Z55" s="29">
         <v>1367.797</v>
       </c>
-      <c r="AA55" s="28">
+      <c r="AA55" s="29">
         <v>74.916999999999916</v>
       </c>
-      <c r="AB55" s="46">
+      <c r="AB55" s="29">
         <v>-3012.9749999999999</v>
       </c>
-      <c r="AC55" s="47" t="s">
-[...3 lines deleted...]
-        <v>167</v>
+      <c r="AC55" s="46" t="s">
+        <v>165</v>
+      </c>
+      <c r="AD55" s="47" t="s">
+        <v>165</v>
       </c>
       <c r="AE55" s="7"/>
       <c r="AF55" s="7"/>
       <c r="AG55" s="7"/>
       <c r="AH55" s="7"/>
       <c r="AI55" s="7"/>
       <c r="AJ55" s="7"/>
       <c r="AK55" s="7"/>
       <c r="AL55" s="7"/>
     </row>
     <row r="56" spans="1:38" ht="15" customHeight="1">
       <c r="A56" s="24" t="s">
-        <v>56</v>
-[...1 lines deleted...]
-      <c r="B56" s="31">
+        <v>55</v>
+      </c>
+      <c r="B56" s="29">
         <v>4882.6719999999996</v>
       </c>
-      <c r="C56" s="31">
+      <c r="C56" s="29">
         <v>2324.1080000000002</v>
       </c>
-      <c r="D56" s="31">
+      <c r="D56" s="29">
         <v>1290.9760000000001</v>
       </c>
-      <c r="E56" s="31">
+      <c r="E56" s="29">
         <v>1971.5170000000001</v>
       </c>
-      <c r="F56" s="31">
+      <c r="F56" s="29">
         <v>261.98899999999998</v>
       </c>
-      <c r="G56" s="31">
+      <c r="G56" s="29">
         <v>1358.4760000000001</v>
       </c>
-      <c r="H56" s="31">
+      <c r="H56" s="29">
         <v>6160.1350000000002</v>
       </c>
-      <c r="I56" s="31">
+      <c r="I56" s="29">
         <v>7.8149999999999658</v>
       </c>
-      <c r="J56" s="31">
+      <c r="J56" s="29">
         <v>991.62300000000005</v>
       </c>
-      <c r="K56" s="31">
+      <c r="K56" s="29">
         <v>-0.98</v>
       </c>
-      <c r="L56" s="31">
+      <c r="L56" s="29">
         <v>7.774</v>
       </c>
-      <c r="M56" s="31">
+      <c r="M56" s="29">
         <v>46.756999999999998</v>
       </c>
-      <c r="N56" s="31">
+      <c r="N56" s="29">
         <v>1045.174</v>
       </c>
-      <c r="O56" s="31">
+      <c r="O56" s="29">
         <v>20517.698</v>
       </c>
-      <c r="P56" s="28">
+      <c r="P56" s="29">
         <v>9094.8680000000004</v>
       </c>
-      <c r="Q56" s="28">
+      <c r="Q56" s="29">
         <v>3086.5030000000002</v>
       </c>
-      <c r="R56" s="28">
+      <c r="R56" s="29">
         <v>391.76400000000001</v>
       </c>
-      <c r="S56" s="28">
+      <c r="S56" s="29">
         <v>5155.5200000000004</v>
       </c>
-      <c r="T56" s="28">
+      <c r="T56" s="29">
         <v>0</v>
       </c>
       <c r="U56" s="29">
         <v>461.08100000000002</v>
       </c>
-      <c r="V56" s="28">
+      <c r="V56" s="29">
         <v>4782.0730000000003</v>
       </c>
-      <c r="W56" s="28">
+      <c r="W56" s="29">
         <v>743.80599999999993</v>
       </c>
-      <c r="X56" s="28">
+      <c r="X56" s="29">
         <v>2801.3929999999982</v>
       </c>
-      <c r="Y56" s="28">
+      <c r="Y56" s="29">
         <v>17422.14</v>
       </c>
-      <c r="Z56" s="28">
+      <c r="Z56" s="29">
         <v>1356.9860000000001</v>
       </c>
-      <c r="AA56" s="28">
+      <c r="AA56" s="29">
         <v>66.009999999999991</v>
       </c>
-      <c r="AB56" s="46">
+      <c r="AB56" s="29">
         <v>-3095.558</v>
       </c>
-      <c r="AC56" s="47" t="s">
-[...3 lines deleted...]
-        <v>167</v>
+      <c r="AC56" s="46" t="s">
+        <v>165</v>
+      </c>
+      <c r="AD56" s="47" t="s">
+        <v>165</v>
       </c>
       <c r="AE56" s="7"/>
       <c r="AF56" s="7"/>
       <c r="AG56" s="7"/>
       <c r="AH56" s="7"/>
       <c r="AI56" s="7"/>
       <c r="AJ56" s="7"/>
       <c r="AK56" s="7"/>
       <c r="AL56" s="7"/>
     </row>
     <row r="57" spans="1:38" ht="15" customHeight="1">
       <c r="A57" s="24" t="s">
-        <v>57</v>
-[...1 lines deleted...]
-      <c r="B57" s="31">
+        <v>56</v>
+      </c>
+      <c r="B57" s="29">
         <v>4738.0519999999997</v>
       </c>
-      <c r="C57" s="31">
+      <c r="C57" s="29">
         <v>2270.183</v>
       </c>
-      <c r="D57" s="31">
+      <c r="D57" s="29">
         <v>1284.1179999999999</v>
       </c>
-      <c r="E57" s="31">
+      <c r="E57" s="29">
         <v>2051.9960000000001</v>
       </c>
-      <c r="F57" s="31">
+      <c r="F57" s="29">
         <v>210.172</v>
       </c>
-      <c r="G57" s="31">
+      <c r="G57" s="29">
         <v>525.38900000000001</v>
       </c>
-      <c r="H57" s="31">
+      <c r="H57" s="29">
         <v>6699.6760000000004</v>
       </c>
-      <c r="I57" s="31">
+      <c r="I57" s="29">
         <v>8.3209999999997386</v>
       </c>
-      <c r="J57" s="31">
+      <c r="J57" s="29">
         <v>937.90200000000004</v>
       </c>
-      <c r="K57" s="31">
+      <c r="K57" s="29">
         <v>-0.78300000000000003</v>
       </c>
-      <c r="L57" s="31">
+      <c r="L57" s="29">
         <v>3.077</v>
       </c>
-      <c r="M57" s="31">
+      <c r="M57" s="29">
         <v>5.54</v>
       </c>
-      <c r="N57" s="31">
+      <c r="N57" s="29">
         <v>945.73599999999999</v>
       </c>
-      <c r="O57" s="31">
+      <c r="O57" s="29">
         <v>20030.968000000001</v>
       </c>
-      <c r="P57" s="28">
+      <c r="P57" s="29">
         <v>10563.902999999998</v>
       </c>
-      <c r="Q57" s="28">
+      <c r="Q57" s="29">
         <v>4347.2629999999999</v>
       </c>
-      <c r="R57" s="28">
+      <c r="R57" s="29">
         <v>440.84</v>
       </c>
-      <c r="S57" s="28">
+      <c r="S57" s="29">
         <v>5416.235999999999</v>
       </c>
-      <c r="T57" s="28">
+      <c r="T57" s="29">
         <v>0</v>
       </c>
       <c r="U57" s="29">
         <v>359.56400000000002</v>
       </c>
-      <c r="V57" s="28">
+      <c r="V57" s="29">
         <v>4653.4430000000002</v>
       </c>
-      <c r="W57" s="28">
+      <c r="W57" s="29">
         <v>783.36200000000008</v>
       </c>
-      <c r="X57" s="28">
+      <c r="X57" s="29">
         <v>2604.9310000000005</v>
       </c>
-      <c r="Y57" s="28">
+      <c r="Y57" s="29">
         <v>18605.638999999999</v>
       </c>
-      <c r="Z57" s="28">
+      <c r="Z57" s="29">
         <v>1359.405</v>
       </c>
-      <c r="AA57" s="28">
+      <c r="AA57" s="29">
         <v>75.287000000000035</v>
       </c>
-      <c r="AB57" s="46">
+      <c r="AB57" s="29">
         <v>-1425.329</v>
       </c>
-      <c r="AC57" s="47" t="s">
-[...3 lines deleted...]
-        <v>167</v>
+      <c r="AC57" s="46" t="s">
+        <v>165</v>
+      </c>
+      <c r="AD57" s="47" t="s">
+        <v>165</v>
       </c>
       <c r="AE57" s="7"/>
       <c r="AF57" s="7"/>
       <c r="AG57" s="7"/>
       <c r="AH57" s="7"/>
       <c r="AI57" s="7"/>
       <c r="AJ57" s="7"/>
       <c r="AK57" s="7"/>
       <c r="AL57" s="7"/>
     </row>
     <row r="58" spans="1:38" ht="15" customHeight="1">
       <c r="A58" s="24" t="s">
-        <v>58</v>
-[...1 lines deleted...]
-      <c r="B58" s="31">
+        <v>57</v>
+      </c>
+      <c r="B58" s="29">
         <v>5176.5290000000005</v>
       </c>
-      <c r="C58" s="31">
+      <c r="C58" s="29">
         <v>3009.9549999999999</v>
       </c>
-      <c r="D58" s="31">
+      <c r="D58" s="29">
         <v>1272.9749999999999</v>
       </c>
-      <c r="E58" s="31">
+      <c r="E58" s="29">
         <v>2038.16544</v>
       </c>
-      <c r="F58" s="31">
+      <c r="F58" s="29">
         <v>360.76015999999998</v>
       </c>
-      <c r="G58" s="31">
+      <c r="G58" s="29">
         <v>677.46822999999995</v>
       </c>
-      <c r="H58" s="31">
+      <c r="H58" s="29">
         <v>6895.1890000000003</v>
       </c>
-      <c r="I58" s="31">
+      <c r="I58" s="29">
         <v>8.6179999999999879</v>
       </c>
-      <c r="J58" s="31">
+      <c r="J58" s="29">
         <v>1307.2739999999999</v>
       </c>
-      <c r="K58" s="31">
+      <c r="K58" s="29">
         <v>-1.798</v>
       </c>
-      <c r="L58" s="31">
+      <c r="L58" s="29">
         <v>136.83099999999999</v>
       </c>
-      <c r="M58" s="31">
+      <c r="M58" s="29">
         <v>-72.42</v>
       </c>
-      <c r="N58" s="31">
+      <c r="N58" s="29">
         <v>1369.8869999999999</v>
       </c>
-      <c r="O58" s="31">
+      <c r="O58" s="29">
         <v>22284.24814</v>
       </c>
-      <c r="P58" s="28">
+      <c r="P58" s="29">
         <v>10314.29975</v>
       </c>
-      <c r="Q58" s="28">
+      <c r="Q58" s="29">
         <v>3933.8890000000001</v>
       </c>
-      <c r="R58" s="28">
+      <c r="R58" s="29">
         <v>295.36599999999999</v>
       </c>
-      <c r="S58" s="28">
+      <c r="S58" s="29">
         <v>5728.8887500000001</v>
       </c>
-      <c r="T58" s="28">
+      <c r="T58" s="29">
         <v>0</v>
       </c>
       <c r="U58" s="29">
         <v>356.15600000000001</v>
       </c>
-      <c r="V58" s="28">
+      <c r="V58" s="29">
         <v>5163.5119999999997</v>
       </c>
-      <c r="W58" s="28">
+      <c r="W58" s="29">
         <v>753.59</v>
       </c>
-      <c r="X58" s="28">
+      <c r="X58" s="29">
         <v>3133.2339699999993</v>
       </c>
-      <c r="Y58" s="28">
+      <c r="Y58" s="29">
         <v>19364.635719999998</v>
       </c>
-      <c r="Z58" s="28">
+      <c r="Z58" s="29">
         <v>1373.203</v>
       </c>
-      <c r="AA58" s="28">
+      <c r="AA58" s="29">
         <v>100.22800000000007</v>
       </c>
-      <c r="AB58" s="46">
+      <c r="AB58" s="29">
         <v>-2919.6124200000017</v>
       </c>
-      <c r="AC58" s="47" t="s">
-[...3 lines deleted...]
-        <v>167</v>
+      <c r="AC58" s="46" t="s">
+        <v>165</v>
+      </c>
+      <c r="AD58" s="47" t="s">
+        <v>165</v>
       </c>
       <c r="AE58" s="7"/>
       <c r="AF58" s="7"/>
       <c r="AG58" s="7"/>
       <c r="AH58" s="7"/>
       <c r="AI58" s="7"/>
       <c r="AJ58" s="7"/>
       <c r="AK58" s="7"/>
       <c r="AL58" s="7"/>
     </row>
     <row r="59" spans="1:38" s="8" customFormat="1" ht="15" customHeight="1">
       <c r="A59" s="24" t="s">
-        <v>59</v>
-[...1 lines deleted...]
-      <c r="B59" s="31">
+        <v>58</v>
+      </c>
+      <c r="B59" s="29">
         <v>5113.4690000000001</v>
       </c>
-      <c r="C59" s="31">
+      <c r="C59" s="29">
         <v>1927.798</v>
       </c>
-      <c r="D59" s="31">
+      <c r="D59" s="29">
         <v>1259.607</v>
       </c>
-      <c r="E59" s="31">
+      <c r="E59" s="29">
         <v>2049.2310000000002</v>
       </c>
-      <c r="F59" s="31">
+      <c r="F59" s="29">
         <v>134.523</v>
       </c>
-      <c r="G59" s="31">
+      <c r="G59" s="29">
         <v>1617.4640000000002</v>
       </c>
-      <c r="H59" s="31">
+      <c r="H59" s="29">
         <v>6378.2860000000001</v>
       </c>
-      <c r="I59" s="31">
+      <c r="I59" s="29">
         <v>7.6859999999998214</v>
       </c>
-      <c r="J59" s="31">
+      <c r="J59" s="29">
         <v>704.04600000000005</v>
       </c>
-      <c r="K59" s="31">
+      <c r="K59" s="29">
         <v>0.67700000000000005</v>
       </c>
-      <c r="L59" s="31">
+      <c r="L59" s="29">
         <v>0.54700000000000004</v>
       </c>
-      <c r="M59" s="31">
+      <c r="M59" s="29">
         <v>15.657999999999999</v>
       </c>
-      <c r="N59" s="31">
+      <c r="N59" s="29">
         <v>720.928</v>
       </c>
-      <c r="O59" s="31">
+      <c r="O59" s="29">
         <v>20426.07</v>
       </c>
-      <c r="P59" s="28">
+      <c r="P59" s="29">
         <v>8923.3870000000006</v>
       </c>
-      <c r="Q59" s="28">
+      <c r="Q59" s="29">
         <v>3563.97</v>
       </c>
-      <c r="R59" s="28">
+      <c r="R59" s="29">
         <v>339.77300000000002</v>
       </c>
-      <c r="S59" s="28">
+      <c r="S59" s="29">
         <v>4628.7850000000008</v>
       </c>
-      <c r="T59" s="28">
+      <c r="T59" s="29">
         <v>0</v>
       </c>
       <c r="U59" s="29">
         <v>390.85899999999998</v>
       </c>
-      <c r="V59" s="28">
+      <c r="V59" s="29">
         <v>4763.5230000000001</v>
       </c>
-      <c r="W59" s="28">
+      <c r="W59" s="29">
         <v>385.42</v>
       </c>
-      <c r="X59" s="28">
+      <c r="X59" s="29">
         <v>2492.4439999999995</v>
       </c>
-      <c r="Y59" s="28">
+      <c r="Y59" s="29">
         <v>16564.774000000001</v>
       </c>
-      <c r="Z59" s="28">
+      <c r="Z59" s="29">
         <v>1346.066</v>
       </c>
-      <c r="AA59" s="28">
+      <c r="AA59" s="29">
         <v>86.45900000000006</v>
       </c>
-      <c r="AB59" s="46">
+      <c r="AB59" s="29">
         <v>-3861.2959999999998</v>
       </c>
-      <c r="AC59" s="47" t="s">
-[...3 lines deleted...]
-        <v>167</v>
+      <c r="AC59" s="46" t="s">
+        <v>165</v>
+      </c>
+      <c r="AD59" s="47" t="s">
+        <v>165</v>
       </c>
       <c r="AE59" s="7"/>
       <c r="AF59" s="7"/>
       <c r="AG59" s="7"/>
       <c r="AH59" s="7"/>
       <c r="AI59" s="7"/>
       <c r="AJ59" s="7"/>
       <c r="AK59" s="7"/>
       <c r="AL59" s="7"/>
     </row>
     <row r="60" spans="1:38" s="8" customFormat="1" ht="15" customHeight="1">
       <c r="A60" s="24" t="s">
-        <v>60</v>
-[...1 lines deleted...]
-      <c r="B60" s="31">
+        <v>59</v>
+      </c>
+      <c r="B60" s="29">
         <v>5218.7309999999998</v>
       </c>
-      <c r="C60" s="31">
+      <c r="C60" s="29">
         <v>2461.7150000000001</v>
       </c>
-      <c r="D60" s="31">
+      <c r="D60" s="29">
         <v>1247.44</v>
       </c>
-      <c r="E60" s="31">
+      <c r="E60" s="29">
         <v>1992.6790000000001</v>
       </c>
-      <c r="F60" s="31">
+      <c r="F60" s="29">
         <v>226.822</v>
       </c>
-      <c r="G60" s="31">
+      <c r="G60" s="29">
         <v>435.63100000000003</v>
       </c>
-      <c r="H60" s="31">
+      <c r="H60" s="29">
         <v>6333.5910000000003</v>
       </c>
-      <c r="I60" s="31">
+      <c r="I60" s="29">
         <v>9.5009999999998218</v>
       </c>
-      <c r="J60" s="31">
+      <c r="J60" s="29">
         <v>865.6</v>
       </c>
-      <c r="K60" s="31">
+      <c r="K60" s="29">
         <v>18.38</v>
       </c>
-      <c r="L60" s="31">
+      <c r="L60" s="29">
         <v>2.2709999999999999</v>
       </c>
-      <c r="M60" s="31">
+      <c r="M60" s="29">
         <v>55.576000000000001</v>
       </c>
-      <c r="N60" s="31">
+      <c r="N60" s="29">
         <v>941.827</v>
       </c>
-      <c r="O60" s="31">
+      <c r="O60" s="29">
         <v>20186.614000000001</v>
       </c>
-      <c r="P60" s="28">
+      <c r="P60" s="29">
         <v>9783.4440000000013</v>
       </c>
-      <c r="Q60" s="28">
+      <c r="Q60" s="29">
         <v>4226.9690000000001</v>
       </c>
-      <c r="R60" s="28">
+      <c r="R60" s="29">
         <v>326.8</v>
       </c>
-      <c r="S60" s="28">
+      <c r="S60" s="29">
         <v>4824.0209999999988</v>
       </c>
-      <c r="T60" s="28">
+      <c r="T60" s="29">
         <v>0</v>
       </c>
       <c r="U60" s="29">
         <v>405.654</v>
       </c>
-      <c r="V60" s="28">
+      <c r="V60" s="29">
         <v>4880.3419999999996</v>
       </c>
-      <c r="W60" s="28">
+      <c r="W60" s="29">
         <v>557.58799999999997</v>
       </c>
-      <c r="X60" s="28">
+      <c r="X60" s="29">
         <v>3118.1649999999991</v>
       </c>
-      <c r="Y60" s="28">
+      <c r="Y60" s="29">
         <v>18339.539000000001</v>
       </c>
-      <c r="Z60" s="28">
+      <c r="Z60" s="29">
         <v>1321.8019999999999</v>
       </c>
-      <c r="AA60" s="28">
+      <c r="AA60" s="29">
         <v>74.361999999999853</v>
       </c>
-      <c r="AB60" s="46">
+      <c r="AB60" s="29">
         <v>-1847.075</v>
       </c>
-      <c r="AC60" s="47" t="s">
-[...3 lines deleted...]
-        <v>167</v>
+      <c r="AC60" s="46" t="s">
+        <v>165</v>
+      </c>
+      <c r="AD60" s="47" t="s">
+        <v>165</v>
       </c>
       <c r="AE60" s="7"/>
       <c r="AF60" s="7"/>
       <c r="AG60" s="7"/>
       <c r="AH60" s="7"/>
       <c r="AI60" s="7"/>
       <c r="AJ60" s="7"/>
       <c r="AK60" s="7"/>
       <c r="AL60" s="7"/>
     </row>
     <row r="61" spans="1:38" s="8" customFormat="1" ht="15" customHeight="1">
       <c r="A61" s="24" t="s">
-        <v>61</v>
-[...1 lines deleted...]
-      <c r="B61" s="31">
+        <v>60</v>
+      </c>
+      <c r="B61" s="29">
         <v>5049.2969999999996</v>
       </c>
-      <c r="C61" s="31">
+      <c r="C61" s="29">
         <v>2383.6950000000002</v>
       </c>
-      <c r="D61" s="31">
+      <c r="D61" s="29">
         <v>1238.8610000000001</v>
       </c>
-      <c r="E61" s="31">
+      <c r="E61" s="29">
         <v>2080.2710000000002</v>
       </c>
-      <c r="F61" s="31">
+      <c r="F61" s="29">
         <v>233.08799999999999</v>
       </c>
-      <c r="G61" s="31">
+      <c r="G61" s="29">
         <v>581.18100000000004</v>
       </c>
-      <c r="H61" s="31">
+      <c r="H61" s="29">
         <v>7126.076</v>
       </c>
-      <c r="I61" s="31">
+      <c r="I61" s="29">
         <v>7.7349999999998218</v>
       </c>
-      <c r="J61" s="31">
+      <c r="J61" s="29">
         <v>958.81</v>
       </c>
-      <c r="K61" s="31">
+      <c r="K61" s="29">
         <v>3.3260000000000001</v>
       </c>
-      <c r="L61" s="31">
+      <c r="L61" s="29">
         <v>1.667</v>
       </c>
-      <c r="M61" s="31">
+      <c r="M61" s="29">
         <v>8.173</v>
       </c>
-      <c r="N61" s="31">
+      <c r="N61" s="29">
         <v>971.976</v>
       </c>
-      <c r="O61" s="31">
+      <c r="O61" s="29">
         <v>21122.186000000002</v>
       </c>
-      <c r="P61" s="28">
+      <c r="P61" s="29">
         <v>11335.921</v>
       </c>
-      <c r="Q61" s="28">
+      <c r="Q61" s="29">
         <v>5080.0739999999996</v>
       </c>
-      <c r="R61" s="28">
+      <c r="R61" s="29">
         <v>336.43299999999999</v>
       </c>
-      <c r="S61" s="28">
+      <c r="S61" s="29">
         <v>5521.2009999999991</v>
       </c>
-      <c r="T61" s="28">
+      <c r="T61" s="29">
         <v>0</v>
       </c>
       <c r="U61" s="29">
         <v>398.21300000000002</v>
       </c>
-      <c r="V61" s="28">
+      <c r="V61" s="29">
         <v>5008.84</v>
       </c>
-      <c r="W61" s="28">
+      <c r="W61" s="29">
         <v>411.12799999999999</v>
       </c>
-      <c r="X61" s="28">
+      <c r="X61" s="29">
         <v>2871.4249999999975</v>
       </c>
-      <c r="Y61" s="28">
+      <c r="Y61" s="29">
         <v>19627.313999999998</v>
       </c>
-      <c r="Z61" s="28">
+      <c r="Z61" s="29">
         <v>1317.355</v>
       </c>
-      <c r="AA61" s="28">
+      <c r="AA61" s="29">
         <v>78.493999999999915</v>
       </c>
-      <c r="AB61" s="46">
+      <c r="AB61" s="29">
         <v>-1494.8720000000001</v>
       </c>
-      <c r="AC61" s="47" t="s">
-[...3 lines deleted...]
-        <v>167</v>
+      <c r="AC61" s="46" t="s">
+        <v>165</v>
+      </c>
+      <c r="AD61" s="47" t="s">
+        <v>165</v>
       </c>
       <c r="AE61" s="7"/>
       <c r="AF61" s="7"/>
       <c r="AG61" s="7"/>
       <c r="AH61" s="7"/>
       <c r="AI61" s="7"/>
       <c r="AJ61" s="7"/>
       <c r="AK61" s="7"/>
       <c r="AL61" s="7"/>
     </row>
     <row r="62" spans="1:38" s="8" customFormat="1" ht="15" customHeight="1">
       <c r="A62" s="24" t="s">
-        <v>62</v>
-[...1 lines deleted...]
-      <c r="B62" s="31">
+        <v>61</v>
+      </c>
+      <c r="B62" s="29">
         <v>5905.2269999999999</v>
       </c>
-      <c r="C62" s="31">
+      <c r="C62" s="29">
         <v>2709.3989999999999</v>
       </c>
-      <c r="D62" s="31">
+      <c r="D62" s="29">
         <v>1235.2049999999999</v>
       </c>
-      <c r="E62" s="31">
+      <c r="E62" s="29">
         <v>2017.0719999999999</v>
       </c>
-      <c r="F62" s="31">
+      <c r="F62" s="29">
         <v>340.08199999999999</v>
       </c>
-      <c r="G62" s="31">
+      <c r="G62" s="29">
         <v>1043.1590000000001</v>
       </c>
-      <c r="H62" s="31">
+      <c r="H62" s="29">
         <v>7061.5589999999993</v>
       </c>
-      <c r="I62" s="31">
+      <c r="I62" s="29">
         <v>11.377000000000073</v>
       </c>
-      <c r="J62" s="31">
+      <c r="J62" s="29">
         <v>1192.7429999999999</v>
       </c>
-      <c r="K62" s="31">
+      <c r="K62" s="29">
         <v>9.7579999999999991</v>
       </c>
-      <c r="L62" s="31">
+      <c r="L62" s="29">
         <v>5.3940000000000001</v>
       </c>
-      <c r="M62" s="31">
+      <c r="M62" s="29">
         <v>25.494</v>
       </c>
-      <c r="N62" s="31">
+      <c r="N62" s="29">
         <v>1233.3889999999999</v>
       </c>
-      <c r="O62" s="31">
+      <c r="O62" s="29">
         <v>23529.274000000001</v>
       </c>
-      <c r="P62" s="28">
+      <c r="P62" s="29">
         <v>12615.612999999999</v>
       </c>
-      <c r="Q62" s="28">
+      <c r="Q62" s="29">
         <v>5783.7759999999998</v>
       </c>
-      <c r="R62" s="28">
+      <c r="R62" s="29">
         <v>352.64000000000004</v>
       </c>
-      <c r="S62" s="28">
+      <c r="S62" s="29">
         <v>6075.5720000000001</v>
       </c>
-      <c r="T62" s="28">
+      <c r="T62" s="29">
         <v>0</v>
       </c>
       <c r="U62" s="29">
         <v>403.625</v>
       </c>
-      <c r="V62" s="28">
+      <c r="V62" s="29">
         <v>5796.973</v>
       </c>
-      <c r="W62" s="28">
+      <c r="W62" s="29">
         <v>722.88499999999999</v>
       </c>
-      <c r="X62" s="28">
+      <c r="X62" s="29">
         <v>2698.7569999999996</v>
       </c>
-      <c r="Y62" s="28">
+      <c r="Y62" s="29">
         <v>21834.227999999999</v>
       </c>
-      <c r="Z62" s="28">
+      <c r="Z62" s="29">
         <v>1320.335</v>
       </c>
-      <c r="AA62" s="28">
+      <c r="AA62" s="29">
         <v>85.130000000000109</v>
       </c>
-      <c r="AB62" s="46">
+      <c r="AB62" s="29">
         <v>-1695.046</v>
       </c>
-      <c r="AC62" s="47" t="s">
-[...3 lines deleted...]
-        <v>167</v>
+      <c r="AC62" s="46" t="s">
+        <v>165</v>
+      </c>
+      <c r="AD62" s="47" t="s">
+        <v>165</v>
       </c>
       <c r="AE62" s="7"/>
       <c r="AF62" s="7"/>
       <c r="AG62" s="7"/>
       <c r="AH62" s="7"/>
       <c r="AI62" s="7"/>
       <c r="AJ62" s="7"/>
       <c r="AK62" s="7"/>
       <c r="AL62" s="7"/>
     </row>
     <row r="63" spans="1:38" s="8" customFormat="1" ht="15" customHeight="1">
       <c r="A63" s="24" t="s">
-        <v>63</v>
-[...1 lines deleted...]
-      <c r="B63" s="31">
+        <v>62</v>
+      </c>
+      <c r="B63" s="29">
         <v>4697.3069999999998</v>
       </c>
-      <c r="C63" s="31">
+      <c r="C63" s="29">
         <v>2030.385</v>
       </c>
-      <c r="D63" s="31">
+      <c r="D63" s="29">
         <v>1236.77</v>
       </c>
-      <c r="E63" s="31">
+      <c r="E63" s="29">
         <v>2044.403</v>
       </c>
-      <c r="F63" s="31">
+      <c r="F63" s="29">
         <v>188.459</v>
       </c>
-      <c r="G63" s="31">
+      <c r="G63" s="29">
         <v>771.58400000000006</v>
       </c>
-      <c r="H63" s="31">
+      <c r="H63" s="29">
         <v>6191.2950000000001</v>
       </c>
-      <c r="I63" s="31">
+      <c r="I63" s="29">
         <v>6.936000000000007</v>
       </c>
-      <c r="J63" s="31">
+      <c r="J63" s="29">
         <v>723.11900000000003</v>
       </c>
-      <c r="K63" s="31">
+      <c r="K63" s="29">
         <v>0.61399999999999999</v>
       </c>
-      <c r="L63" s="31">
+      <c r="L63" s="29">
         <v>0.96499999999999997</v>
       </c>
-      <c r="M63" s="31">
+      <c r="M63" s="29">
         <v>-14.831</v>
       </c>
-      <c r="N63" s="31">
+      <c r="N63" s="29">
         <v>709.86699999999996</v>
       </c>
-      <c r="O63" s="31">
+      <c r="O63" s="29">
         <v>19250.923999999999</v>
       </c>
-      <c r="P63" s="28">
+      <c r="P63" s="29">
         <v>9394.2089999999989</v>
       </c>
-      <c r="Q63" s="28">
+      <c r="Q63" s="29">
         <v>3740.5639999999999</v>
       </c>
-      <c r="R63" s="28">
+      <c r="R63" s="29">
         <v>373.86200000000002</v>
       </c>
-      <c r="S63" s="28">
+      <c r="S63" s="29">
         <v>4895.826</v>
       </c>
-      <c r="T63" s="28">
+      <c r="T63" s="29">
         <v>0</v>
       </c>
       <c r="U63" s="29">
         <v>383.95699999999999</v>
       </c>
-      <c r="V63" s="28">
+      <c r="V63" s="29">
         <v>4656.6790000000001</v>
       </c>
-      <c r="W63" s="28">
+      <c r="W63" s="29">
         <v>378.63599999999997</v>
       </c>
-      <c r="X63" s="28">
+      <c r="X63" s="29">
         <v>2500.4899999999998</v>
       </c>
-      <c r="Y63" s="28">
+      <c r="Y63" s="29">
         <v>16930.013999999999</v>
       </c>
-      <c r="Z63" s="28">
+      <c r="Z63" s="29">
         <v>1328.356</v>
       </c>
-      <c r="AA63" s="28">
+      <c r="AA63" s="29">
         <v>91.586000000000013</v>
       </c>
-      <c r="AB63" s="46">
+      <c r="AB63" s="29">
         <v>-2320.91</v>
       </c>
-      <c r="AC63" s="47" t="s">
-[...3 lines deleted...]
-        <v>167</v>
+      <c r="AC63" s="46" t="s">
+        <v>165</v>
+      </c>
+      <c r="AD63" s="47" t="s">
+        <v>165</v>
       </c>
       <c r="AE63" s="7"/>
       <c r="AF63" s="7"/>
       <c r="AG63" s="7"/>
       <c r="AH63" s="7"/>
       <c r="AI63" s="7"/>
       <c r="AJ63" s="7"/>
       <c r="AK63" s="7"/>
       <c r="AL63" s="7"/>
     </row>
     <row r="64" spans="1:38" s="8" customFormat="1" ht="15" customHeight="1">
       <c r="A64" s="24" t="s">
-        <v>64</v>
-[...1 lines deleted...]
-      <c r="B64" s="31">
+        <v>63</v>
+      </c>
+      <c r="B64" s="29">
         <v>5727.99</v>
       </c>
-      <c r="C64" s="31">
+      <c r="C64" s="29">
         <v>2441.3789999999999</v>
       </c>
-      <c r="D64" s="31">
+      <c r="D64" s="29">
         <v>1242.8050000000001</v>
       </c>
-      <c r="E64" s="31">
+      <c r="E64" s="29">
         <v>1988.444</v>
       </c>
-      <c r="F64" s="31">
+      <c r="F64" s="29">
         <v>297.10300000000001</v>
       </c>
-      <c r="G64" s="31">
+      <c r="G64" s="29">
         <v>1913.126</v>
       </c>
-      <c r="H64" s="31">
+      <c r="H64" s="29">
         <v>6177.6049999999996</v>
       </c>
-      <c r="I64" s="31">
+      <c r="I64" s="29">
         <v>7.7640000000000073</v>
       </c>
-      <c r="J64" s="31">
+      <c r="J64" s="29">
         <v>585.07600000000002</v>
       </c>
-      <c r="K64" s="31">
+      <c r="K64" s="29">
         <v>1.478</v>
       </c>
-      <c r="L64" s="31">
+      <c r="L64" s="29">
         <v>1.9179999999999999</v>
       </c>
-      <c r="M64" s="31">
+      <c r="M64" s="29">
         <v>-43.317999999999998</v>
       </c>
-      <c r="N64" s="31">
+      <c r="N64" s="29">
         <v>545.154</v>
       </c>
-      <c r="O64" s="31">
+      <c r="O64" s="29">
         <v>21794.280999999999</v>
       </c>
-      <c r="P64" s="28">
+      <c r="P64" s="29">
         <v>10287.064</v>
       </c>
-      <c r="Q64" s="28">
+      <c r="Q64" s="29">
         <v>4159.808</v>
       </c>
-      <c r="R64" s="28">
+      <c r="R64" s="29">
         <v>364.56199999999995</v>
       </c>
-      <c r="S64" s="28">
+      <c r="S64" s="29">
         <v>5405.4010000000007</v>
       </c>
-      <c r="T64" s="28">
+      <c r="T64" s="29">
         <v>0</v>
       </c>
       <c r="U64" s="29">
         <v>357.29300000000001</v>
       </c>
-      <c r="V64" s="28">
+      <c r="V64" s="29">
         <v>5238.4979999999996</v>
       </c>
-      <c r="W64" s="28">
+      <c r="W64" s="29">
         <v>429.50800000000004</v>
       </c>
-      <c r="X64" s="28">
+      <c r="X64" s="29">
         <v>2889.3909999999996</v>
       </c>
-      <c r="Y64" s="28">
+      <c r="Y64" s="29">
         <v>18844.460999999999</v>
       </c>
-      <c r="Z64" s="28">
+      <c r="Z64" s="29">
         <v>1302.365</v>
       </c>
-      <c r="AA64" s="28">
+      <c r="AA64" s="29">
         <v>59.559999999999945</v>
       </c>
-      <c r="AB64" s="46">
+      <c r="AB64" s="29">
         <v>-2949.82</v>
       </c>
-      <c r="AC64" s="47" t="s">
-[...3 lines deleted...]
-        <v>167</v>
+      <c r="AC64" s="46" t="s">
+        <v>165</v>
+      </c>
+      <c r="AD64" s="47" t="s">
+        <v>165</v>
       </c>
       <c r="AE64" s="7"/>
       <c r="AF64" s="7"/>
       <c r="AG64" s="7"/>
       <c r="AH64" s="7"/>
       <c r="AI64" s="7"/>
       <c r="AJ64" s="7"/>
       <c r="AK64" s="7"/>
       <c r="AL64" s="7"/>
     </row>
     <row r="65" spans="1:38" s="8" customFormat="1" ht="15" customHeight="1">
       <c r="A65" s="24" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="B65" s="31">
+        <v>64</v>
+      </c>
+      <c r="B65" s="29">
         <v>5142.9769999999999</v>
       </c>
-      <c r="C65" s="31">
+      <c r="C65" s="29">
         <v>2401.2190000000001</v>
       </c>
-      <c r="D65" s="31">
+      <c r="D65" s="29">
         <v>1252.127</v>
       </c>
-      <c r="E65" s="31">
+      <c r="E65" s="29">
         <v>2197.42</v>
       </c>
-      <c r="F65" s="31">
+      <c r="F65" s="29">
         <v>226.72499999999999</v>
       </c>
-      <c r="G65" s="31">
+      <c r="G65" s="29">
         <v>5297.746000000001</v>
       </c>
-      <c r="H65" s="31">
+      <c r="H65" s="29">
         <v>7287.348</v>
       </c>
-      <c r="I65" s="31">
+      <c r="I65" s="29">
         <v>7.4230000000000071</v>
       </c>
-      <c r="J65" s="31">
+      <c r="J65" s="29">
         <v>867.30399999999997</v>
       </c>
-      <c r="K65" s="31">
+      <c r="K65" s="29">
         <v>-0.747</v>
       </c>
-      <c r="L65" s="31">
+      <c r="L65" s="29">
         <v>-14.558</v>
       </c>
-      <c r="M65" s="31">
+      <c r="M65" s="29">
         <v>56.116999999999997</v>
       </c>
-      <c r="N65" s="31">
+      <c r="N65" s="29">
         <v>908.11599999999999</v>
       </c>
-      <c r="O65" s="31">
+      <c r="O65" s="29">
         <v>26705.920999999998</v>
       </c>
-      <c r="P65" s="28">
+      <c r="P65" s="29">
         <v>12210.409</v>
       </c>
-      <c r="Q65" s="28">
+      <c r="Q65" s="29">
         <v>5571.7030000000004</v>
       </c>
-      <c r="R65" s="28">
+      <c r="R65" s="29">
         <v>369.67500000000001</v>
       </c>
-      <c r="S65" s="28">
+      <c r="S65" s="29">
         <v>5892.5410000000002</v>
       </c>
-      <c r="T65" s="28">
+      <c r="T65" s="29">
         <v>0</v>
       </c>
       <c r="U65" s="29">
         <v>376.49</v>
       </c>
-      <c r="V65" s="28">
+      <c r="V65" s="29">
         <v>5200.7439999999997</v>
       </c>
-      <c r="W65" s="28">
+      <c r="W65" s="29">
         <v>395.29399999999998</v>
       </c>
-      <c r="X65" s="28">
+      <c r="X65" s="29">
         <v>2671.5990000000002</v>
       </c>
-      <c r="Y65" s="28">
+      <c r="Y65" s="29">
         <v>20478.045999999998</v>
       </c>
-      <c r="Z65" s="28">
+      <c r="Z65" s="29">
         <v>1327.6869999999999</v>
       </c>
-      <c r="AA65" s="28">
+      <c r="AA65" s="29">
         <v>75.559999999999945</v>
       </c>
-      <c r="AB65" s="46">
+      <c r="AB65" s="29">
         <v>-6227.875</v>
       </c>
-      <c r="AC65" s="47" t="s">
-[...3 lines deleted...]
-        <v>167</v>
+      <c r="AC65" s="46" t="s">
+        <v>165</v>
+      </c>
+      <c r="AD65" s="47" t="s">
+        <v>165</v>
       </c>
       <c r="AE65" s="7"/>
       <c r="AF65" s="7"/>
       <c r="AG65" s="7"/>
       <c r="AH65" s="7"/>
       <c r="AI65" s="7"/>
       <c r="AJ65" s="7"/>
       <c r="AK65" s="7"/>
       <c r="AL65" s="7"/>
     </row>
     <row r="66" spans="1:38" ht="15" customHeight="1">
       <c r="A66" s="24" t="s">
-        <v>66</v>
-[...1 lines deleted...]
-      <c r="B66" s="31">
+        <v>65</v>
+      </c>
+      <c r="B66" s="29">
         <v>4916.7169999999996</v>
       </c>
-      <c r="C66" s="31">
+      <c r="C66" s="29">
         <v>2870.6289999999999</v>
       </c>
-      <c r="D66" s="31">
+      <c r="D66" s="29">
         <v>1263.126</v>
       </c>
-      <c r="E66" s="31">
+      <c r="E66" s="29">
         <v>2104.0970000000002</v>
       </c>
-      <c r="F66" s="31">
+      <c r="F66" s="29">
         <v>427.185</v>
       </c>
-      <c r="G66" s="31">
+      <c r="G66" s="29">
         <v>869.8850000000001</v>
       </c>
-      <c r="H66" s="31">
+      <c r="H66" s="29">
         <v>6364.8009999999995</v>
       </c>
-      <c r="I66" s="31">
+      <c r="I66" s="29">
         <v>9.3749999999998508</v>
       </c>
-      <c r="J66" s="31">
+      <c r="J66" s="29">
         <v>1273.7860000000001</v>
       </c>
-      <c r="K66" s="31">
+      <c r="K66" s="29">
         <v>2.903</v>
       </c>
-      <c r="L66" s="31">
+      <c r="L66" s="29">
         <v>7.4109999999999996</v>
       </c>
-      <c r="M66" s="31">
+      <c r="M66" s="29">
         <v>83.177000000000007</v>
       </c>
-      <c r="N66" s="31">
+      <c r="N66" s="29">
         <v>1367.2769999999998</v>
       </c>
-      <c r="O66" s="31">
+      <c r="O66" s="29">
         <v>21797.517</v>
       </c>
-      <c r="P66" s="28">
+      <c r="P66" s="29">
         <v>11626.189</v>
       </c>
-      <c r="Q66" s="28">
+      <c r="Q66" s="29">
         <v>4780.8549999999996</v>
       </c>
-      <c r="R66" s="28">
+      <c r="R66" s="29">
         <v>368.25700000000001</v>
       </c>
-      <c r="S66" s="28">
+      <c r="S66" s="29">
         <v>6078.3009999999986</v>
       </c>
-      <c r="T66" s="28">
+      <c r="T66" s="29">
         <v>0</v>
       </c>
       <c r="U66" s="29">
         <v>398.77600000000001</v>
       </c>
-      <c r="V66" s="28">
+      <c r="V66" s="29">
         <v>5361.7349999999997</v>
       </c>
-      <c r="W66" s="28">
+      <c r="W66" s="29">
         <v>625.61599999999999</v>
       </c>
-      <c r="X66" s="28">
+      <c r="X66" s="29">
         <v>2931.0469999999987</v>
       </c>
-      <c r="Y66" s="28">
+      <c r="Y66" s="29">
         <v>20544.587</v>
       </c>
-      <c r="Z66" s="28">
+      <c r="Z66" s="29">
         <v>1378.38</v>
       </c>
-      <c r="AA66" s="28">
+      <c r="AA66" s="29">
         <v>115.25400000000013</v>
       </c>
-      <c r="AB66" s="46">
+      <c r="AB66" s="29">
         <v>-1252.93</v>
       </c>
-      <c r="AC66" s="47" t="s">
-[...3 lines deleted...]
-        <v>167</v>
+      <c r="AC66" s="46" t="s">
+        <v>165</v>
+      </c>
+      <c r="AD66" s="47" t="s">
+        <v>165</v>
       </c>
       <c r="AE66" s="7"/>
       <c r="AF66" s="7"/>
       <c r="AG66" s="7"/>
       <c r="AH66" s="7"/>
       <c r="AI66" s="7"/>
       <c r="AJ66" s="7"/>
       <c r="AK66" s="7"/>
       <c r="AL66" s="7"/>
     </row>
     <row r="67" spans="1:38" ht="15" customHeight="1">
       <c r="A67" s="24" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="B67" s="31">
+        <v>66</v>
+      </c>
+      <c r="B67" s="29">
         <v>4809.8540000000003</v>
       </c>
-      <c r="C67" s="31">
+      <c r="C67" s="29">
         <v>2198.75</v>
       </c>
-      <c r="D67" s="31">
+      <c r="D67" s="29">
         <v>1273.7539999999999</v>
       </c>
-      <c r="E67" s="31">
+      <c r="E67" s="29">
         <v>2114.2170000000001</v>
       </c>
-      <c r="F67" s="31">
+      <c r="F67" s="29">
         <v>160.477</v>
       </c>
-      <c r="G67" s="31">
+      <c r="G67" s="29">
         <v>897.05799999999999</v>
       </c>
-      <c r="H67" s="31">
+      <c r="H67" s="29">
         <v>6114.4279999999999</v>
       </c>
-      <c r="I67" s="31">
+      <c r="I67" s="29">
         <v>7.0769999999998836</v>
       </c>
-      <c r="J67" s="31">
+      <c r="J67" s="29">
         <v>816.79499999999996</v>
       </c>
-      <c r="K67" s="31">
+      <c r="K67" s="29">
         <v>-3.9889999999999999</v>
       </c>
-      <c r="L67" s="31">
+      <c r="L67" s="29">
         <v>0.74</v>
       </c>
-      <c r="M67" s="31">
+      <c r="M67" s="29">
         <v>-48.82</v>
       </c>
-      <c r="N67" s="31">
+      <c r="N67" s="29">
         <v>764.726</v>
       </c>
-      <c r="O67" s="31">
+      <c r="O67" s="29">
         <v>19814.205999999998</v>
       </c>
-      <c r="P67" s="28">
+      <c r="P67" s="29">
         <v>9715.0720000000001</v>
       </c>
-      <c r="Q67" s="28">
+      <c r="Q67" s="29">
         <v>3698.607</v>
       </c>
-      <c r="R67" s="28">
+      <c r="R67" s="29">
         <v>382.20400000000001</v>
       </c>
-      <c r="S67" s="28">
+      <c r="S67" s="29">
         <v>5270.473</v>
       </c>
-      <c r="T67" s="28">
+      <c r="T67" s="29">
         <v>0</v>
       </c>
       <c r="U67" s="29">
         <v>363.78800000000001</v>
       </c>
-      <c r="V67" s="28">
+      <c r="V67" s="29">
         <v>4839.6660000000002</v>
       </c>
-      <c r="W67" s="28">
+      <c r="W67" s="29">
         <v>379.83000000000004</v>
       </c>
-      <c r="X67" s="28">
+      <c r="X67" s="29">
         <v>2353.8529999999973</v>
       </c>
-      <c r="Y67" s="28">
+      <c r="Y67" s="29">
         <v>17288.420999999998</v>
       </c>
-      <c r="Z67" s="28">
+      <c r="Z67" s="29">
         <v>1354.2460000000001</v>
       </c>
-      <c r="AA67" s="28">
+      <c r="AA67" s="29">
         <v>80.492000000000189</v>
       </c>
-      <c r="AB67" s="46">
+      <c r="AB67" s="29">
         <v>-2525.7849999999999</v>
       </c>
-      <c r="AC67" s="47" t="s">
-[...3 lines deleted...]
-        <v>167</v>
+      <c r="AC67" s="46" t="s">
+        <v>165</v>
+      </c>
+      <c r="AD67" s="47" t="s">
+        <v>165</v>
       </c>
       <c r="AE67" s="7"/>
       <c r="AF67" s="7"/>
       <c r="AG67" s="7"/>
       <c r="AH67" s="7"/>
       <c r="AI67" s="7"/>
       <c r="AJ67" s="7"/>
       <c r="AK67" s="7"/>
       <c r="AL67" s="7"/>
     </row>
     <row r="68" spans="1:38" ht="15" customHeight="1">
       <c r="A68" s="24" t="s">
-        <v>68</v>
-[...1 lines deleted...]
-      <c r="B68" s="31">
+        <v>67</v>
+      </c>
+      <c r="B68" s="29">
         <v>5698.6980000000003</v>
       </c>
-      <c r="C68" s="31">
+      <c r="C68" s="29">
         <v>2493.3850000000002</v>
       </c>
-      <c r="D68" s="31">
+      <c r="D68" s="29">
         <v>1281.538</v>
       </c>
-      <c r="E68" s="31">
+      <c r="E68" s="29">
         <v>1911.4870000000001</v>
       </c>
-      <c r="F68" s="31">
+      <c r="F68" s="29">
         <v>234.364</v>
       </c>
-      <c r="G68" s="31">
+      <c r="G68" s="29">
         <v>784.8130000000001</v>
       </c>
-      <c r="H68" s="31">
+      <c r="H68" s="29">
         <v>6069.6359999999995</v>
       </c>
-      <c r="I68" s="31">
+      <c r="I68" s="29">
         <v>7.380999999999883</v>
       </c>
-      <c r="J68" s="31">
+      <c r="J68" s="29">
         <v>826.58199999999999</v>
       </c>
-      <c r="K68" s="31">
+      <c r="K68" s="29">
         <v>60.457999999999998</v>
       </c>
-      <c r="L68" s="31">
+      <c r="L68" s="29">
         <v>2.012</v>
       </c>
-      <c r="M68" s="31">
+      <c r="M68" s="29">
         <v>32.404000000000003</v>
       </c>
-      <c r="N68" s="31">
+      <c r="N68" s="29">
         <v>921.45600000000002</v>
       </c>
-      <c r="O68" s="31">
+      <c r="O68" s="29">
         <v>20947.452000000001</v>
       </c>
-      <c r="P68" s="28">
+      <c r="P68" s="29">
         <v>10689.327000000001</v>
       </c>
-      <c r="Q68" s="28">
+      <c r="Q68" s="29">
         <v>4111.1189999999997</v>
       </c>
-      <c r="R68" s="28">
+      <c r="R68" s="29">
         <v>391.74799999999999</v>
       </c>
-      <c r="S68" s="28">
+      <c r="S68" s="29">
         <v>5805.4069999999992</v>
       </c>
-      <c r="T68" s="28">
+      <c r="T68" s="29">
         <v>0</v>
       </c>
       <c r="U68" s="29">
         <v>381.053</v>
       </c>
-      <c r="V68" s="28">
+      <c r="V68" s="29">
         <v>5311.866</v>
       </c>
-      <c r="W68" s="28">
+      <c r="W68" s="29">
         <v>404.77600000000001</v>
       </c>
-      <c r="X68" s="28">
+      <c r="X68" s="29">
         <v>2763.8469999999979</v>
       </c>
-      <c r="Y68" s="28">
+      <c r="Y68" s="29">
         <v>19169.815999999999</v>
       </c>
-      <c r="Z68" s="28">
+      <c r="Z68" s="29">
         <v>1345.58</v>
       </c>
-      <c r="AA68" s="28">
+      <c r="AA68" s="29">
         <v>64.041999999999916</v>
       </c>
-      <c r="AB68" s="46">
+      <c r="AB68" s="29">
         <v>-1777.636</v>
       </c>
-      <c r="AC68" s="47" t="s">
-[...3 lines deleted...]
-        <v>167</v>
+      <c r="AC68" s="46" t="s">
+        <v>165</v>
+      </c>
+      <c r="AD68" s="47" t="s">
+        <v>165</v>
       </c>
       <c r="AE68" s="7"/>
       <c r="AF68" s="7"/>
       <c r="AG68" s="7"/>
       <c r="AH68" s="7"/>
       <c r="AI68" s="7"/>
       <c r="AJ68" s="7"/>
       <c r="AK68" s="7"/>
       <c r="AL68" s="7"/>
     </row>
     <row r="69" spans="1:38" ht="15" customHeight="1">
       <c r="A69" s="24" t="s">
-        <v>69</v>
-[...1 lines deleted...]
-      <c r="B69" s="31">
+        <v>68</v>
+      </c>
+      <c r="B69" s="29">
         <v>4833.7629999999999</v>
       </c>
-      <c r="C69" s="31">
+      <c r="C69" s="29">
         <v>2418.902</v>
       </c>
-      <c r="D69" s="31">
+      <c r="D69" s="29">
         <v>1285.2850000000001</v>
       </c>
-      <c r="E69" s="31">
+      <c r="E69" s="29">
         <v>2085.0920000000001</v>
       </c>
-      <c r="F69" s="31">
+      <c r="F69" s="29">
         <v>225.62700000000001</v>
       </c>
-      <c r="G69" s="31">
+      <c r="G69" s="29">
         <v>587.93300000000011</v>
       </c>
-      <c r="H69" s="31">
+      <c r="H69" s="29">
         <v>7218.3580000000002</v>
       </c>
-      <c r="I69" s="31">
+      <c r="I69" s="29">
         <v>7.2249999999996799</v>
       </c>
-      <c r="J69" s="31">
+      <c r="J69" s="29">
         <v>843.35599999999999</v>
       </c>
-      <c r="K69" s="31">
+      <c r="K69" s="29">
         <v>2.6</v>
       </c>
-      <c r="L69" s="31">
+      <c r="L69" s="29">
         <v>2.9540000000000002</v>
       </c>
-      <c r="M69" s="31">
+      <c r="M69" s="29">
         <v>48.783000000000001</v>
       </c>
-      <c r="N69" s="31">
+      <c r="N69" s="29">
         <v>897.69299999999998</v>
       </c>
-      <c r="O69" s="31">
+      <c r="O69" s="29">
         <v>21681.927</v>
       </c>
-      <c r="P69" s="28">
+      <c r="P69" s="29">
         <v>13014.689999999999</v>
       </c>
-      <c r="Q69" s="28">
+      <c r="Q69" s="29">
         <v>5922.4520000000002</v>
       </c>
-      <c r="R69" s="28">
+      <c r="R69" s="29">
         <v>385.21600000000001</v>
       </c>
-      <c r="S69" s="28">
+      <c r="S69" s="29">
         <v>6324.2089999999998</v>
       </c>
-      <c r="T69" s="28">
+      <c r="T69" s="29">
         <v>0</v>
       </c>
       <c r="U69" s="29">
         <v>382.81299999999999</v>
       </c>
-      <c r="V69" s="28">
+      <c r="V69" s="29">
         <v>5168.576</v>
       </c>
-      <c r="W69" s="28">
+      <c r="W69" s="29">
         <v>488.16600000000005</v>
       </c>
-      <c r="X69" s="28">
+      <c r="X69" s="29">
         <v>2426.871000000001</v>
       </c>
-      <c r="Y69" s="28">
+      <c r="Y69" s="29">
         <v>21098.303</v>
       </c>
-      <c r="Z69" s="28">
+      <c r="Z69" s="29">
         <v>1362.211</v>
       </c>
-      <c r="AA69" s="28">
+      <c r="AA69" s="29">
         <v>76.925999999999931</v>
       </c>
-      <c r="AB69" s="46">
+      <c r="AB69" s="29">
         <v>-583.62400000000002</v>
       </c>
-      <c r="AC69" s="47" t="s">
-[...3 lines deleted...]
-        <v>167</v>
+      <c r="AC69" s="46" t="s">
+        <v>165</v>
+      </c>
+      <c r="AD69" s="47" t="s">
+        <v>165</v>
       </c>
       <c r="AE69" s="7"/>
       <c r="AF69" s="7"/>
       <c r="AG69" s="7"/>
       <c r="AH69" s="7"/>
       <c r="AI69" s="7"/>
       <c r="AJ69" s="7"/>
       <c r="AK69" s="7"/>
       <c r="AL69" s="7"/>
     </row>
     <row r="70" spans="1:38" ht="15" customHeight="1">
       <c r="A70" s="24" t="s">
-        <v>70</v>
-[...1 lines deleted...]
-      <c r="B70" s="31">
+        <v>69</v>
+      </c>
+      <c r="B70" s="29">
         <v>4991.4449999999997</v>
       </c>
-      <c r="C70" s="31">
+      <c r="C70" s="29">
         <v>2794.6350000000002</v>
       </c>
-      <c r="D70" s="31">
+      <c r="D70" s="29">
         <v>1285.088</v>
       </c>
-      <c r="E70" s="31">
+      <c r="E70" s="29">
         <v>2022.042999</v>
       </c>
-      <c r="F70" s="31">
+      <c r="F70" s="29">
         <v>371.93200000000002</v>
       </c>
-      <c r="G70" s="31">
+      <c r="G70" s="29">
         <v>3031.7789989999997</v>
       </c>
-      <c r="H70" s="31">
+      <c r="H70" s="29">
         <v>6396.5169999999998</v>
       </c>
-      <c r="I70" s="31">
+      <c r="I70" s="29">
         <v>9.7149999999999537</v>
       </c>
-      <c r="J70" s="31">
+      <c r="J70" s="29">
         <v>1555.9069999999999</v>
       </c>
-      <c r="K70" s="31">
+      <c r="K70" s="29">
         <v>33.173000000000002</v>
       </c>
-      <c r="L70" s="31">
+      <c r="L70" s="29">
         <v>1.907</v>
       </c>
-      <c r="M70" s="31">
+      <c r="M70" s="29">
         <v>50.947000000000003</v>
       </c>
-      <c r="N70" s="31">
+      <c r="N70" s="29">
         <v>1641.9340000000002</v>
       </c>
-      <c r="O70" s="31">
+      <c r="O70" s="29">
         <v>24233.818997999995</v>
       </c>
-      <c r="P70" s="28">
+      <c r="P70" s="29">
         <v>12062.769</v>
       </c>
-      <c r="Q70" s="28">
+      <c r="Q70" s="29">
         <v>5030.1329999999998</v>
       </c>
-      <c r="R70" s="28">
+      <c r="R70" s="29">
         <v>389.90100000000001</v>
       </c>
-      <c r="S70" s="28">
+      <c r="S70" s="29">
         <v>6216.1020000000017</v>
       </c>
-      <c r="T70" s="28">
+      <c r="T70" s="29">
         <v>0</v>
       </c>
       <c r="U70" s="29">
         <v>426.63300000000004</v>
       </c>
-      <c r="V70" s="28">
+      <c r="V70" s="29">
         <v>5463.69</v>
       </c>
-      <c r="W70" s="28">
+      <c r="W70" s="29">
         <v>743.51099999999997</v>
       </c>
-      <c r="X70" s="28">
+      <c r="X70" s="29">
         <v>2824.9080000000013</v>
       </c>
-      <c r="Y70" s="28">
+      <c r="Y70" s="29">
         <v>21094.878000000001</v>
       </c>
-      <c r="Z70" s="28">
+      <c r="Z70" s="29">
         <v>1390.02</v>
       </c>
-      <c r="AA70" s="28">
+      <c r="AA70" s="29">
         <v>104.93200000000002</v>
       </c>
-      <c r="AB70" s="46">
+      <c r="AB70" s="29">
         <v>-3138.9409979999959</v>
       </c>
-      <c r="AC70" s="47" t="s">
-[...3 lines deleted...]
-        <v>167</v>
+      <c r="AC70" s="46" t="s">
+        <v>165</v>
+      </c>
+      <c r="AD70" s="47" t="s">
+        <v>165</v>
       </c>
       <c r="AE70" s="7"/>
       <c r="AF70" s="7"/>
       <c r="AG70" s="7"/>
       <c r="AH70" s="7"/>
       <c r="AI70" s="7"/>
       <c r="AJ70" s="7"/>
       <c r="AK70" s="7"/>
       <c r="AL70" s="7"/>
     </row>
     <row r="71" spans="1:38" ht="15" customHeight="1">
       <c r="A71" s="24" t="s">
-        <v>111</v>
-[...1 lines deleted...]
-      <c r="B71" s="31">
+        <v>110</v>
+      </c>
+      <c r="B71" s="29">
         <v>4852.92</v>
       </c>
-      <c r="C71" s="31">
+      <c r="C71" s="29">
         <v>2232.143</v>
       </c>
-      <c r="D71" s="31">
+      <c r="D71" s="29">
         <v>1282.33</v>
       </c>
-      <c r="E71" s="31">
+      <c r="E71" s="29">
         <v>1868.3109999999999</v>
       </c>
-      <c r="F71" s="31">
+      <c r="F71" s="29">
         <v>159.024</v>
       </c>
-      <c r="G71" s="31">
+      <c r="G71" s="29">
         <v>732.73500000000013</v>
       </c>
-      <c r="H71" s="31">
+      <c r="H71" s="29">
         <v>6168.5770000000002</v>
       </c>
-      <c r="I71" s="31">
+      <c r="I71" s="29">
         <v>10.002999999999995</v>
       </c>
-      <c r="J71" s="31">
+      <c r="J71" s="29">
         <v>576.01900000000001</v>
       </c>
-      <c r="K71" s="31">
+      <c r="K71" s="29">
         <v>-91.100999999999999</v>
       </c>
-      <c r="L71" s="31">
+      <c r="L71" s="29">
         <v>0.17599999999999999</v>
       </c>
-      <c r="M71" s="31">
+      <c r="M71" s="29">
         <v>-12.78</v>
       </c>
-      <c r="N71" s="31">
+      <c r="N71" s="29">
         <v>472.31400000000002</v>
       </c>
-      <c r="O71" s="31">
+      <c r="O71" s="29">
         <v>19199.64</v>
       </c>
-      <c r="P71" s="28">
+      <c r="P71" s="29">
         <v>10340.700000000001</v>
       </c>
-      <c r="Q71" s="28">
+      <c r="Q71" s="29">
         <v>3712.614</v>
       </c>
-      <c r="R71" s="28">
+      <c r="R71" s="29">
         <v>379.45600000000002</v>
       </c>
-      <c r="S71" s="28">
+      <c r="S71" s="29">
         <v>5859.4149999999991</v>
       </c>
-      <c r="T71" s="28">
+      <c r="T71" s="29">
         <v>0</v>
       </c>
       <c r="U71" s="29">
         <v>389.21500000000003</v>
       </c>
-      <c r="V71" s="28">
+      <c r="V71" s="29">
         <v>4968.2860000000001</v>
       </c>
-      <c r="W71" s="28">
+      <c r="W71" s="29">
         <v>250.94200000000001</v>
       </c>
-      <c r="X71" s="28">
+      <c r="X71" s="29">
         <v>2244.9730000000018</v>
       </c>
-      <c r="Y71" s="28">
+      <c r="Y71" s="29">
         <v>17804.901000000002</v>
       </c>
-      <c r="Z71" s="28">
+      <c r="Z71" s="29">
         <v>1368.5920000000001</v>
       </c>
-      <c r="AA71" s="28">
+      <c r="AA71" s="29">
         <v>86.262000000000171</v>
       </c>
-      <c r="AB71" s="46">
+      <c r="AB71" s="29">
         <v>-1394.739</v>
       </c>
-      <c r="AC71" s="47" t="s">
-[...3 lines deleted...]
-        <v>167</v>
+      <c r="AC71" s="46" t="s">
+        <v>165</v>
+      </c>
+      <c r="AD71" s="47" t="s">
+        <v>165</v>
       </c>
       <c r="AE71" s="7"/>
       <c r="AF71" s="7"/>
       <c r="AG71" s="7"/>
       <c r="AH71" s="7"/>
       <c r="AI71" s="7"/>
       <c r="AJ71" s="7"/>
       <c r="AK71" s="7"/>
       <c r="AL71" s="7"/>
     </row>
     <row r="72" spans="1:38" ht="15" customHeight="1">
       <c r="A72" s="24" t="s">
-        <v>112</v>
-[...1 lines deleted...]
-      <c r="B72" s="31">
+        <v>111</v>
+      </c>
+      <c r="B72" s="29">
         <v>5834.6909999999998</v>
       </c>
-      <c r="C72" s="31">
+      <c r="C72" s="29">
         <v>2507.808</v>
       </c>
-      <c r="D72" s="31">
+      <c r="D72" s="29">
         <v>1279.67</v>
       </c>
-      <c r="E72" s="31">
+      <c r="E72" s="29">
         <v>1822.0530000000001</v>
       </c>
-      <c r="F72" s="31">
+      <c r="F72" s="29">
         <v>207.553</v>
       </c>
-      <c r="G72" s="31">
+      <c r="G72" s="29">
         <v>415.51900000000001</v>
       </c>
-      <c r="H72" s="31">
+      <c r="H72" s="29">
         <v>6229.1239999999998</v>
       </c>
-      <c r="I72" s="31">
+      <c r="I72" s="29">
         <v>10.488999999999994</v>
       </c>
-      <c r="J72" s="31">
+      <c r="J72" s="29">
         <v>733.12099999999998</v>
       </c>
-      <c r="K72" s="31">
+      <c r="K72" s="29">
         <v>19.288</v>
       </c>
-      <c r="L72" s="31">
+      <c r="L72" s="29">
         <v>0.504</v>
       </c>
-      <c r="M72" s="31">
+      <c r="M72" s="29">
         <v>28.715</v>
       </c>
-      <c r="N72" s="31">
+      <c r="N72" s="29">
         <v>781.62800000000004</v>
       </c>
-      <c r="O72" s="31">
+      <c r="O72" s="29">
         <v>20646.405999999999</v>
       </c>
-      <c r="P72" s="28">
+      <c r="P72" s="29">
         <v>10744.771000000001</v>
       </c>
-      <c r="Q72" s="28">
+      <c r="Q72" s="29">
         <v>3844.1550000000002</v>
       </c>
-      <c r="R72" s="28">
+      <c r="R72" s="29">
         <v>375.96899999999999</v>
       </c>
-      <c r="S72" s="28">
+      <c r="S72" s="29">
         <v>6105.4160000000002</v>
       </c>
-      <c r="T72" s="28">
+      <c r="T72" s="29">
         <v>0</v>
       </c>
       <c r="U72" s="29">
         <v>419.23099999999999</v>
       </c>
-      <c r="V72" s="28">
+      <c r="V72" s="29">
         <v>5492.6210000000001</v>
       </c>
-      <c r="W72" s="28">
+      <c r="W72" s="29">
         <v>321.77599999999995</v>
       </c>
-      <c r="X72" s="28">
+      <c r="X72" s="29">
         <v>2831.3150000000005</v>
       </c>
-      <c r="Y72" s="28">
+      <c r="Y72" s="29">
         <v>19390.483</v>
       </c>
-      <c r="Z72" s="28">
+      <c r="Z72" s="29">
         <v>1335.884</v>
       </c>
-      <c r="AA72" s="28">
+      <c r="AA72" s="29">
         <v>56.213999999999942</v>
       </c>
-      <c r="AB72" s="46">
+      <c r="AB72" s="29">
         <v>-1255.923</v>
       </c>
-      <c r="AC72" s="47" t="s">
-[...3 lines deleted...]
-        <v>167</v>
+      <c r="AC72" s="46" t="s">
+        <v>165</v>
+      </c>
+      <c r="AD72" s="47" t="s">
+        <v>165</v>
       </c>
       <c r="AE72" s="7"/>
       <c r="AF72" s="7"/>
       <c r="AG72" s="7"/>
       <c r="AH72" s="7"/>
       <c r="AI72" s="7"/>
       <c r="AJ72" s="7"/>
       <c r="AK72" s="7"/>
       <c r="AL72" s="7"/>
     </row>
     <row r="73" spans="1:38" ht="15" customHeight="1">
       <c r="A73" s="24" t="s">
-        <v>113</v>
-[...1 lines deleted...]
-      <c r="B73" s="31">
+        <v>112</v>
+      </c>
+      <c r="B73" s="29">
         <v>5016.817</v>
       </c>
-      <c r="C73" s="31">
+      <c r="C73" s="29">
         <v>2562.413</v>
       </c>
-      <c r="D73" s="31">
+      <c r="D73" s="29">
         <v>1279.1189999999999</v>
       </c>
-      <c r="E73" s="31">
+      <c r="E73" s="29">
         <v>1995.5229999999999</v>
       </c>
-      <c r="F73" s="31">
+      <c r="F73" s="29">
         <v>205.86099999999999</v>
       </c>
-      <c r="G73" s="31">
+      <c r="G73" s="29">
         <v>596.005</v>
       </c>
-      <c r="H73" s="31">
+      <c r="H73" s="29">
         <v>7306.5510000000004</v>
       </c>
-      <c r="I73" s="31">
+      <c r="I73" s="29">
         <v>9.6679999999999957</v>
       </c>
-      <c r="J73" s="31">
+      <c r="J73" s="29">
         <v>705.10799999999995</v>
       </c>
-      <c r="K73" s="31">
+      <c r="K73" s="29">
         <v>5.0350000000000001</v>
       </c>
-      <c r="L73" s="31">
+      <c r="L73" s="29">
         <v>0.80900000000000005</v>
       </c>
-      <c r="M73" s="31">
+      <c r="M73" s="29">
         <v>20.613</v>
       </c>
-      <c r="N73" s="31">
+      <c r="N73" s="29">
         <v>731.56500000000005</v>
       </c>
-      <c r="O73" s="31">
+      <c r="O73" s="29">
         <v>21909.763999999999</v>
       </c>
-      <c r="P73" s="28">
+      <c r="P73" s="29">
         <v>12710.052000000001</v>
       </c>
-      <c r="Q73" s="28">
+      <c r="Q73" s="29">
         <v>5454.6459999999997</v>
       </c>
-      <c r="R73" s="28">
+      <c r="R73" s="29">
         <v>375.31700000000001</v>
       </c>
-      <c r="S73" s="28">
+      <c r="S73" s="29">
         <v>6488.8409999999994</v>
       </c>
-      <c r="T73" s="28">
+      <c r="T73" s="29">
         <v>0</v>
       </c>
       <c r="U73" s="29">
         <v>391.24799999999999</v>
       </c>
-      <c r="V73" s="28">
+      <c r="V73" s="29">
         <v>5348.8890000000001</v>
       </c>
-      <c r="W73" s="28">
+      <c r="W73" s="29">
         <v>317.71600000000001</v>
       </c>
-      <c r="X73" s="28">
+      <c r="X73" s="29">
         <v>2510.610999999999</v>
       </c>
-      <c r="Y73" s="28">
+      <c r="Y73" s="29">
         <v>20887.268</v>
       </c>
-      <c r="Z73" s="28">
+      <c r="Z73" s="29">
         <v>1347.6780000000001</v>
       </c>
-      <c r="AA73" s="28">
+      <c r="AA73" s="29">
         <v>68.559000000000196</v>
       </c>
-      <c r="AB73" s="46">
+      <c r="AB73" s="29">
         <v>-1022.496</v>
       </c>
-      <c r="AC73" s="47" t="s">
-[...3 lines deleted...]
-        <v>167</v>
+      <c r="AC73" s="46" t="s">
+        <v>165</v>
+      </c>
+      <c r="AD73" s="47" t="s">
+        <v>165</v>
       </c>
       <c r="AE73" s="7"/>
       <c r="AF73" s="7"/>
       <c r="AG73" s="7"/>
       <c r="AH73" s="7"/>
       <c r="AI73" s="7"/>
       <c r="AJ73" s="7"/>
       <c r="AK73" s="7"/>
       <c r="AL73" s="7"/>
     </row>
     <row r="74" spans="1:38" ht="15" customHeight="1">
       <c r="A74" s="24" t="s">
-        <v>114</v>
-[...1 lines deleted...]
-      <c r="B74" s="31">
+        <v>113</v>
+      </c>
+      <c r="B74" s="29">
         <v>5206.1090000000004</v>
       </c>
-      <c r="C74" s="31">
+      <c r="C74" s="29">
         <v>2966.703</v>
       </c>
-      <c r="D74" s="31">
+      <c r="D74" s="29">
         <v>1282.021</v>
       </c>
-      <c r="E74" s="31">
+      <c r="E74" s="29">
         <v>1947.4179999999999</v>
       </c>
-      <c r="F74" s="31">
+      <c r="F74" s="29">
         <v>343.55</v>
       </c>
-      <c r="G74" s="31">
+      <c r="G74" s="29">
         <v>961.96666000000005</v>
       </c>
-      <c r="H74" s="31">
+      <c r="H74" s="29">
         <v>6561.1530000000002</v>
       </c>
-      <c r="I74" s="31">
+      <c r="I74" s="29">
         <v>13.982000000000042</v>
       </c>
-      <c r="J74" s="31">
+      <c r="J74" s="29">
         <v>875.75900000000001</v>
       </c>
-      <c r="K74" s="31">
+      <c r="K74" s="29">
         <v>53.374000000000002</v>
       </c>
-      <c r="L74" s="31">
+      <c r="L74" s="29">
         <v>1.1930000000000001</v>
       </c>
-      <c r="M74" s="31">
+      <c r="M74" s="29">
         <v>-17.109000000000002</v>
       </c>
-      <c r="N74" s="31">
+      <c r="N74" s="29">
         <v>913.21699999999998</v>
       </c>
-      <c r="O74" s="31">
+      <c r="O74" s="29">
         <v>21865.238659999999</v>
       </c>
-      <c r="P74" s="28">
+      <c r="P74" s="29">
         <v>12582.539999999999</v>
       </c>
-      <c r="Q74" s="28">
+      <c r="Q74" s="29">
         <v>5292.2759999999998</v>
       </c>
-      <c r="R74" s="28">
+      <c r="R74" s="29">
         <v>405.71199999999999</v>
       </c>
-      <c r="S74" s="28">
+      <c r="S74" s="29">
         <v>6467.5429999999997</v>
       </c>
-      <c r="T74" s="28">
+      <c r="T74" s="29">
         <v>0</v>
       </c>
       <c r="U74" s="29">
         <v>417.00900000000001</v>
       </c>
-      <c r="V74" s="28">
+      <c r="V74" s="29">
         <v>5800.4769999999999</v>
       </c>
-      <c r="W74" s="28">
+      <c r="W74" s="29">
         <v>703.48</v>
       </c>
-      <c r="X74" s="28">
+      <c r="X74" s="29">
         <v>2829.8390000000018</v>
       </c>
-      <c r="Y74" s="28">
+      <c r="Y74" s="29">
         <v>21916.335999999999</v>
       </c>
-      <c r="Z74" s="28">
+      <c r="Z74" s="29">
         <v>1351.662</v>
       </c>
-      <c r="AA74" s="28">
+      <c r="AA74" s="29">
         <v>69.641000000000076</v>
       </c>
-      <c r="AB74" s="46">
+      <c r="AB74" s="29">
         <v>51.097339999999853</v>
       </c>
-      <c r="AC74" s="47" t="s">
-[...3 lines deleted...]
-        <v>167</v>
+      <c r="AC74" s="46" t="s">
+        <v>165</v>
+      </c>
+      <c r="AD74" s="47" t="s">
+        <v>165</v>
       </c>
       <c r="AE74" s="7"/>
       <c r="AF74" s="7"/>
       <c r="AG74" s="7"/>
       <c r="AH74" s="7"/>
       <c r="AI74" s="7"/>
       <c r="AJ74" s="7"/>
       <c r="AK74" s="7"/>
       <c r="AL74" s="7"/>
     </row>
     <row r="75" spans="1:38" ht="15" customHeight="1">
       <c r="A75" s="24" t="s">
-        <v>128</v>
-[...1 lines deleted...]
-      <c r="B75" s="31">
+        <v>127</v>
+      </c>
+      <c r="B75" s="29">
         <v>4897.4409999999998</v>
       </c>
-      <c r="C75" s="31">
+      <c r="C75" s="29">
         <v>2428.1309999999999</v>
       </c>
-      <c r="D75" s="31">
+      <c r="D75" s="29">
         <v>1289.068</v>
       </c>
-      <c r="E75" s="31">
+      <c r="E75" s="29">
         <v>1783.6110000000001</v>
       </c>
-      <c r="F75" s="31">
+      <c r="F75" s="29">
         <v>157.11500000000001</v>
       </c>
-      <c r="G75" s="31">
+      <c r="G75" s="29">
         <v>4530.7549999999992</v>
       </c>
-      <c r="H75" s="31">
+      <c r="H75" s="29">
         <v>6203.1990000000005</v>
       </c>
-      <c r="I75" s="31">
+      <c r="I75" s="29">
         <v>11.224999999999884</v>
       </c>
-      <c r="J75" s="31">
+      <c r="J75" s="29">
         <v>615.36900000000003</v>
       </c>
-      <c r="K75" s="31">
+      <c r="K75" s="29">
         <v>19.047999999999998</v>
       </c>
-      <c r="L75" s="31">
+      <c r="L75" s="29">
         <v>1.143</v>
       </c>
-      <c r="M75" s="31">
+      <c r="M75" s="29">
         <v>0.28000000000000003</v>
       </c>
-      <c r="N75" s="31">
+      <c r="N75" s="29">
         <v>635.83999999999992</v>
       </c>
-      <c r="O75" s="31">
+      <c r="O75" s="29">
         <v>23259.671999999999</v>
       </c>
-      <c r="P75" s="28">
+      <c r="P75" s="29">
         <v>10375.095000000001</v>
       </c>
-      <c r="Q75" s="28">
+      <c r="Q75" s="29">
         <v>3498.8069999999998</v>
       </c>
-      <c r="R75" s="28">
+      <c r="R75" s="29">
         <v>382.61099999999999</v>
       </c>
-      <c r="S75" s="28">
+      <c r="S75" s="29">
         <v>6071.9500000000007</v>
       </c>
-      <c r="T75" s="28">
+      <c r="T75" s="29">
         <v>0</v>
       </c>
       <c r="U75" s="29">
         <v>421.72699999999998</v>
       </c>
-      <c r="V75" s="28">
+      <c r="V75" s="29">
         <v>5206.4560000000001</v>
       </c>
-      <c r="W75" s="28">
+      <c r="W75" s="29">
         <v>226.60499999999999</v>
       </c>
-      <c r="X75" s="28">
+      <c r="X75" s="29">
         <v>2608.6629999999986</v>
       </c>
-      <c r="Y75" s="28">
+      <c r="Y75" s="29">
         <v>18416.819</v>
       </c>
-      <c r="Z75" s="28">
+      <c r="Z75" s="29">
         <v>1330.5340000000001</v>
       </c>
-      <c r="AA75" s="28">
+      <c r="AA75" s="29">
         <v>41.466000000000122</v>
       </c>
-      <c r="AB75" s="46">
+      <c r="AB75" s="29">
         <v>-4842.8530000000001</v>
       </c>
-      <c r="AC75" s="47" t="s">
-[...3 lines deleted...]
-        <v>167</v>
+      <c r="AC75" s="46" t="s">
+        <v>165</v>
+      </c>
+      <c r="AD75" s="47" t="s">
+        <v>165</v>
       </c>
       <c r="AE75" s="7"/>
       <c r="AF75" s="7"/>
       <c r="AG75" s="7"/>
       <c r="AH75" s="7"/>
       <c r="AI75" s="7"/>
       <c r="AJ75" s="7"/>
       <c r="AK75" s="7"/>
       <c r="AL75" s="7"/>
     </row>
     <row r="76" spans="1:38" ht="15" customHeight="1">
       <c r="A76" s="24" t="s">
-        <v>129</v>
-[...1 lines deleted...]
-      <c r="B76" s="31">
+        <v>128</v>
+      </c>
+      <c r="B76" s="29">
         <v>5872.8680000000004</v>
       </c>
-      <c r="C76" s="31">
+      <c r="C76" s="29">
         <v>2481.1019999999999</v>
       </c>
-      <c r="D76" s="31">
+      <c r="D76" s="29">
         <v>1300.2919999999999</v>
       </c>
-      <c r="E76" s="31">
+      <c r="E76" s="29">
         <v>1754.2380000000001</v>
       </c>
-      <c r="F76" s="31">
+      <c r="F76" s="29">
         <v>182.28899999999999</v>
       </c>
-      <c r="G76" s="31">
+      <c r="G76" s="29">
         <v>576.77599999999995</v>
       </c>
-      <c r="H76" s="31">
+      <c r="H76" s="29">
         <v>6231.69</v>
       </c>
-      <c r="I76" s="31">
+      <c r="I76" s="29">
         <v>36.805999999999884</v>
       </c>
-      <c r="J76" s="31">
+      <c r="J76" s="29">
         <v>730.79</v>
       </c>
-      <c r="K76" s="31">
+      <c r="K76" s="29">
         <v>0.53300000000000003</v>
       </c>
-      <c r="L76" s="31">
+      <c r="L76" s="29">
         <v>4.6870000000000003</v>
       </c>
-      <c r="M76" s="31">
+      <c r="M76" s="29">
         <v>-32.487000000000002</v>
       </c>
-      <c r="N76" s="31">
+      <c r="N76" s="29">
         <v>703.52300000000002</v>
       </c>
-      <c r="O76" s="31">
+      <c r="O76" s="29">
         <v>20627.402999999998</v>
       </c>
-      <c r="P76" s="28">
+      <c r="P76" s="29">
         <v>10680.671999999999</v>
       </c>
-      <c r="Q76" s="28">
+      <c r="Q76" s="29">
         <v>3388.7220000000002</v>
       </c>
-      <c r="R76" s="28">
+      <c r="R76" s="29">
         <v>392.79199999999997</v>
       </c>
-      <c r="S76" s="28">
+      <c r="S76" s="29">
         <v>6466.0890000000009</v>
       </c>
-      <c r="T76" s="28">
+      <c r="T76" s="29">
         <v>0</v>
       </c>
       <c r="U76" s="29">
         <v>433.06900000000002</v>
       </c>
-      <c r="V76" s="28">
+      <c r="V76" s="29">
         <v>5745.6549999999997</v>
       </c>
-      <c r="W76" s="28">
+      <c r="W76" s="29">
         <v>253.37200000000001</v>
       </c>
-      <c r="X76" s="28">
+      <c r="X76" s="29">
         <v>2828.961000000003</v>
       </c>
-      <c r="Y76" s="28">
+      <c r="Y76" s="29">
         <v>19508.66</v>
       </c>
-      <c r="Z76" s="28">
+      <c r="Z76" s="29">
         <v>1357.6189999999999</v>
       </c>
-      <c r="AA76" s="28">
+      <c r="AA76" s="29">
         <v>57.326999999999998</v>
       </c>
-      <c r="AB76" s="46">
+      <c r="AB76" s="29">
         <v>-1118.7429999999999</v>
       </c>
-      <c r="AC76" s="47" t="s">
-[...3 lines deleted...]
-        <v>167</v>
+      <c r="AC76" s="46" t="s">
+        <v>165</v>
+      </c>
+      <c r="AD76" s="47" t="s">
+        <v>165</v>
       </c>
       <c r="AE76" s="7"/>
       <c r="AF76" s="7"/>
       <c r="AG76" s="7"/>
       <c r="AH76" s="7"/>
       <c r="AI76" s="7"/>
       <c r="AJ76" s="7"/>
       <c r="AK76" s="7"/>
       <c r="AL76" s="7"/>
     </row>
     <row r="77" spans="1:38" ht="15" customHeight="1">
       <c r="A77" s="24" t="s">
-        <v>130</v>
-[...1 lines deleted...]
-      <c r="B77" s="31">
+        <v>129</v>
+      </c>
+      <c r="B77" s="29">
         <v>4991.8710000000001</v>
       </c>
-      <c r="C77" s="31">
+      <c r="C77" s="29">
         <v>2607.3069999999998</v>
       </c>
-      <c r="D77" s="31">
+      <c r="D77" s="29">
         <v>1315.0409999999999</v>
       </c>
-      <c r="E77" s="31">
+      <c r="E77" s="29">
         <v>1933.4670000000001</v>
       </c>
-      <c r="F77" s="31">
+      <c r="F77" s="29">
         <v>178.48</v>
       </c>
-      <c r="G77" s="31">
+      <c r="G77" s="29">
         <v>533.58600000000001</v>
       </c>
-      <c r="H77" s="31">
+      <c r="H77" s="29">
         <v>7317.165</v>
       </c>
-      <c r="I77" s="31">
+      <c r="I77" s="29">
         <v>12.146999999999885</v>
       </c>
-      <c r="J77" s="31">
+      <c r="J77" s="29">
         <v>882.17</v>
       </c>
-      <c r="K77" s="31">
+      <c r="K77" s="29">
         <v>-7.8150000000000004</v>
       </c>
-      <c r="L77" s="31">
+      <c r="L77" s="29">
         <v>1.278</v>
       </c>
-      <c r="M77" s="31">
+      <c r="M77" s="29">
         <v>-24.071999999999999</v>
       </c>
-      <c r="N77" s="31">
+      <c r="N77" s="29">
         <v>851.56100000000004</v>
       </c>
-      <c r="O77" s="31">
+      <c r="O77" s="29">
         <v>21836.989000000001</v>
       </c>
-      <c r="P77" s="28">
+      <c r="P77" s="29">
         <v>14608.914000000001</v>
       </c>
-      <c r="Q77" s="28">
+      <c r="Q77" s="29">
         <v>6762.9260000000004</v>
       </c>
-      <c r="R77" s="28">
+      <c r="R77" s="29">
         <v>391.75200000000001</v>
       </c>
-      <c r="S77" s="28">
+      <c r="S77" s="29">
         <v>7025.3689999999988</v>
       </c>
-      <c r="T77" s="28">
+      <c r="T77" s="29">
         <v>0</v>
       </c>
       <c r="U77" s="29">
         <v>428.86700000000008</v>
       </c>
-      <c r="V77" s="28">
+      <c r="V77" s="29">
         <v>5584.52</v>
       </c>
-      <c r="W77" s="28">
+      <c r="W77" s="29">
         <v>238.15899999999999</v>
       </c>
-      <c r="X77" s="28">
+      <c r="X77" s="29">
         <v>2439.7949999999983</v>
       </c>
-      <c r="Y77" s="28">
+      <c r="Y77" s="29">
         <v>22871.387999999999</v>
       </c>
-      <c r="Z77" s="28">
+      <c r="Z77" s="29">
         <v>1333.2829999999999</v>
       </c>
-      <c r="AA77" s="28">
+      <c r="AA77" s="29">
         <v>18.241999999999962</v>
       </c>
-      <c r="AB77" s="46">
+      <c r="AB77" s="29">
         <v>1034.3989999999999</v>
       </c>
-      <c r="AC77" s="47" t="s">
-[...3 lines deleted...]
-        <v>167</v>
+      <c r="AC77" s="46" t="s">
+        <v>165</v>
+      </c>
+      <c r="AD77" s="47" t="s">
+        <v>165</v>
       </c>
       <c r="AE77" s="7"/>
       <c r="AF77" s="7"/>
       <c r="AG77" s="7"/>
       <c r="AH77" s="7"/>
       <c r="AI77" s="7"/>
       <c r="AJ77" s="7"/>
       <c r="AK77" s="7"/>
       <c r="AL77" s="7"/>
     </row>
     <row r="78" spans="1:38" ht="15" customHeight="1">
       <c r="A78" s="24" t="s">
-        <v>131</v>
-[...1 lines deleted...]
-      <c r="B78" s="31">
+        <v>130</v>
+      </c>
+      <c r="B78" s="29">
         <v>5640.6760000000004</v>
       </c>
-      <c r="C78" s="31">
+      <c r="C78" s="29">
         <v>2967.9050000000002</v>
       </c>
-      <c r="D78" s="31">
+      <c r="D78" s="29">
         <v>1331.9749999999999</v>
       </c>
-      <c r="E78" s="31">
+      <c r="E78" s="29">
         <v>1828.0550000000001</v>
       </c>
-      <c r="F78" s="31">
+      <c r="F78" s="29">
         <v>288.43799999999999</v>
       </c>
-      <c r="G78" s="31">
+      <c r="G78" s="29">
         <v>928.90506000000005</v>
       </c>
-      <c r="H78" s="31">
+      <c r="H78" s="29">
         <v>6996.1679999999997</v>
       </c>
-      <c r="I78" s="31">
+      <c r="I78" s="29">
         <v>13.52899999999998</v>
       </c>
-      <c r="J78" s="31">
+      <c r="J78" s="29">
         <v>1268.998</v>
       </c>
-      <c r="K78" s="31">
+      <c r="K78" s="29">
         <v>-17.536999999999999</v>
       </c>
-      <c r="L78" s="31">
+      <c r="L78" s="29">
         <v>-2.0470000000000002</v>
       </c>
-      <c r="M78" s="31">
+      <c r="M78" s="29">
         <v>44.95</v>
       </c>
-      <c r="N78" s="31">
+      <c r="N78" s="29">
         <v>1294.364</v>
       </c>
-      <c r="O78" s="31">
+      <c r="O78" s="29">
         <v>23204.97306</v>
       </c>
-      <c r="P78" s="28">
+      <c r="P78" s="29">
         <v>12966.183000000001</v>
       </c>
-      <c r="Q78" s="28">
+      <c r="Q78" s="29">
         <v>5254.9709999999995</v>
       </c>
-      <c r="R78" s="28">
+      <c r="R78" s="29">
         <v>409.80700000000002</v>
       </c>
-      <c r="S78" s="28">
+      <c r="S78" s="29">
         <v>6870.2440000000006</v>
       </c>
-      <c r="T78" s="28">
+      <c r="T78" s="29">
         <v>0</v>
       </c>
       <c r="U78" s="29">
         <v>431.161</v>
       </c>
-      <c r="V78" s="28">
+      <c r="V78" s="29">
         <v>6156.7259999999997</v>
       </c>
-      <c r="W78" s="28">
+      <c r="W78" s="29">
         <v>399.45600000000002</v>
       </c>
-      <c r="X78" s="28">
+      <c r="X78" s="29">
         <v>2740.2480000000014</v>
       </c>
-      <c r="Y78" s="28">
+      <c r="Y78" s="29">
         <v>22262.613000000001</v>
       </c>
-      <c r="Z78" s="28">
+      <c r="Z78" s="29">
         <v>1387.4090000000001</v>
       </c>
-      <c r="AA78" s="28">
+      <c r="AA78" s="29">
         <v>55.434000000000196</v>
       </c>
-      <c r="AB78" s="46">
+      <c r="AB78" s="29">
         <v>-942.36005999999861</v>
       </c>
-      <c r="AC78" s="47" t="s">
-[...3 lines deleted...]
-        <v>167</v>
+      <c r="AC78" s="46" t="s">
+        <v>165</v>
+      </c>
+      <c r="AD78" s="47" t="s">
+        <v>165</v>
       </c>
       <c r="AE78" s="7"/>
       <c r="AF78" s="7"/>
       <c r="AG78" s="7"/>
       <c r="AH78" s="7"/>
       <c r="AI78" s="7"/>
       <c r="AJ78" s="7"/>
       <c r="AK78" s="7"/>
       <c r="AL78" s="7"/>
     </row>
     <row r="79" spans="1:38" ht="15" customHeight="1">
       <c r="A79" s="24" t="s">
-        <v>132</v>
-[...1 lines deleted...]
-      <c r="B79" s="31">
+        <v>131</v>
+      </c>
+      <c r="B79" s="29">
         <v>4849.1379999999999</v>
       </c>
-      <c r="C79" s="31">
+      <c r="C79" s="29">
         <v>2380.2310000000002</v>
       </c>
-      <c r="D79" s="31">
+      <c r="D79" s="29">
         <v>1349.075</v>
       </c>
-      <c r="E79" s="31">
+      <c r="E79" s="29">
         <v>1657.8789999999999</v>
       </c>
-      <c r="F79" s="31">
+      <c r="F79" s="29">
         <v>178.84899999999999</v>
       </c>
-      <c r="G79" s="31">
+      <c r="G79" s="29">
         <v>720.44600000000003</v>
       </c>
-      <c r="H79" s="31">
+      <c r="H79" s="29">
         <v>6330.3229999999994</v>
       </c>
-      <c r="I79" s="31">
+      <c r="I79" s="29">
         <v>11.329000000000129</v>
       </c>
-      <c r="J79" s="31">
+      <c r="J79" s="29">
         <v>658.23</v>
       </c>
-      <c r="K79" s="31">
+      <c r="K79" s="29">
         <v>8.2810000000000006</v>
       </c>
-      <c r="L79" s="31">
+      <c r="L79" s="29">
         <v>0.22600000000000001</v>
       </c>
-      <c r="M79" s="31">
+      <c r="M79" s="29">
         <v>-13.946</v>
       </c>
-      <c r="N79" s="31">
+      <c r="N79" s="29">
         <v>652.79099999999994</v>
       </c>
-      <c r="O79" s="31">
+      <c r="O79" s="29">
         <v>19381.363000000001</v>
       </c>
-      <c r="P79" s="28">
+      <c r="P79" s="29">
         <v>10911.342999999999</v>
       </c>
-      <c r="Q79" s="28">
+      <c r="Q79" s="29">
         <v>3586.0619999999999</v>
       </c>
-      <c r="R79" s="28">
+      <c r="R79" s="29">
         <v>407.71499999999997</v>
       </c>
-      <c r="S79" s="28">
+      <c r="S79" s="29">
         <v>6472.7719999999981</v>
       </c>
-      <c r="T79" s="28">
+      <c r="T79" s="29">
         <v>0</v>
       </c>
       <c r="U79" s="29">
         <v>444.79399999999998</v>
       </c>
-      <c r="V79" s="28">
+      <c r="V79" s="29">
         <v>5385.45</v>
       </c>
-      <c r="W79" s="28">
+      <c r="W79" s="29">
         <v>249.00200000000001</v>
       </c>
-      <c r="X79" s="28">
+      <c r="X79" s="29">
         <v>2330.0209999999988</v>
       </c>
-      <c r="Y79" s="28">
+      <c r="Y79" s="29">
         <v>18875.815999999999</v>
       </c>
-      <c r="Z79" s="28">
+      <c r="Z79" s="29">
         <v>1393.0889999999999</v>
       </c>
-      <c r="AA79" s="28">
+      <c r="AA79" s="29">
         <v>44.013999999999896</v>
       </c>
-      <c r="AB79" s="46">
+      <c r="AB79" s="29">
         <v>-505.54700000000003</v>
       </c>
-      <c r="AC79" s="47">
+      <c r="AC79" s="44">
         <v>832.21617200999992</v>
       </c>
       <c r="AD79" s="7">
         <v>1.7146929434648166</v>
       </c>
       <c r="AE79" s="7"/>
       <c r="AF79" s="7"/>
       <c r="AG79" s="7"/>
       <c r="AH79" s="7"/>
       <c r="AI79" s="7"/>
       <c r="AJ79" s="7"/>
       <c r="AK79" s="7"/>
       <c r="AL79" s="7"/>
     </row>
     <row r="80" spans="1:38" ht="15" customHeight="1">
       <c r="A80" s="24" t="s">
-        <v>133</v>
-[...1 lines deleted...]
-      <c r="B80" s="31">
+        <v>132</v>
+      </c>
+      <c r="B80" s="29">
         <v>5813.1880000000001</v>
       </c>
-      <c r="C80" s="31">
+      <c r="C80" s="29">
         <v>2587.4580000000001</v>
       </c>
-      <c r="D80" s="31">
+      <c r="D80" s="29">
         <v>1363.6310000000001</v>
       </c>
-      <c r="E80" s="31">
+      <c r="E80" s="29">
         <v>1632.7149999999999</v>
       </c>
-      <c r="F80" s="31">
+      <c r="F80" s="29">
         <v>180.99600000000001</v>
       </c>
-      <c r="G80" s="31">
+      <c r="G80" s="29">
         <v>1485.8239999999998</v>
       </c>
-      <c r="H80" s="31">
+      <c r="H80" s="29">
         <v>6366.6190000000006</v>
       </c>
-      <c r="I80" s="31">
+      <c r="I80" s="29">
         <v>13.800000000000127</v>
       </c>
-      <c r="J80" s="31">
+      <c r="J80" s="29">
         <v>832.16600000000005</v>
       </c>
-      <c r="K80" s="31">
+      <c r="K80" s="29">
         <v>-3.7080000000000002</v>
       </c>
-      <c r="L80" s="31">
+      <c r="L80" s="29">
         <v>2.1520000000000001</v>
       </c>
-      <c r="M80" s="31">
+      <c r="M80" s="29">
         <v>53.755000000000003</v>
       </c>
-      <c r="N80" s="31">
+      <c r="N80" s="29">
         <v>884.36500000000001</v>
       </c>
-      <c r="O80" s="31">
+      <c r="O80" s="29">
         <v>21717.920999999998</v>
       </c>
-      <c r="P80" s="28">
+      <c r="P80" s="29">
         <v>10640.11</v>
       </c>
-      <c r="Q80" s="28">
+      <c r="Q80" s="29">
         <v>3175.4569999999999</v>
       </c>
-      <c r="R80" s="28">
+      <c r="R80" s="29">
         <v>421.10900000000004</v>
       </c>
-      <c r="S80" s="28">
+      <c r="S80" s="29">
         <v>6593.2469999999994</v>
       </c>
-      <c r="T80" s="28">
+      <c r="T80" s="29">
         <v>0</v>
       </c>
       <c r="U80" s="29">
         <v>450.29700000000003</v>
       </c>
-      <c r="V80" s="28">
+      <c r="V80" s="29">
         <v>6012.5280000000002</v>
       </c>
-      <c r="W80" s="28">
+      <c r="W80" s="29">
         <v>242.86500000000001</v>
       </c>
-      <c r="X80" s="28">
+      <c r="X80" s="29">
         <v>3267.3719999999994</v>
       </c>
-      <c r="Y80" s="28">
+      <c r="Y80" s="29">
         <v>20162.875</v>
       </c>
-      <c r="Z80" s="28">
+      <c r="Z80" s="29">
         <v>1411.6130000000001</v>
       </c>
-      <c r="AA80" s="28">
+      <c r="AA80" s="29">
         <v>47.981999999999971</v>
       </c>
-      <c r="AB80" s="46">
+      <c r="AB80" s="29">
         <v>-1555.046</v>
       </c>
-      <c r="AC80" s="47">
+      <c r="AC80" s="44">
         <v>880.64593628</v>
       </c>
       <c r="AD80" s="7">
         <v>1.7171413857629885</v>
       </c>
       <c r="AE80" s="7"/>
       <c r="AF80" s="7"/>
       <c r="AG80" s="7"/>
       <c r="AH80" s="7"/>
       <c r="AI80" s="7"/>
       <c r="AJ80" s="7"/>
       <c r="AK80" s="7"/>
       <c r="AL80" s="7"/>
     </row>
     <row r="81" spans="1:30" ht="15" customHeight="1">
       <c r="A81" s="24" t="s">
-        <v>135</v>
-[...1 lines deleted...]
-      <c r="B81" s="31">
+        <v>134</v>
+      </c>
+      <c r="B81" s="29">
         <v>5042.8090000000002</v>
       </c>
-      <c r="C81" s="31">
+      <c r="C81" s="29">
         <v>2722.4340000000002</v>
       </c>
-      <c r="D81" s="31">
+      <c r="D81" s="29">
         <v>1374.1969999999999</v>
       </c>
-      <c r="E81" s="31">
+      <c r="E81" s="29">
         <v>1778.8979999999999</v>
       </c>
-      <c r="F81" s="31">
+      <c r="F81" s="29">
         <v>162.63499999999999</v>
       </c>
-      <c r="G81" s="31">
+      <c r="G81" s="29">
         <v>641.21199999999999</v>
       </c>
-      <c r="H81" s="31">
+      <c r="H81" s="29">
         <v>7456.5700000000006</v>
       </c>
-      <c r="I81" s="31">
+      <c r="I81" s="29">
         <v>13.444000000000127</v>
       </c>
-      <c r="J81" s="31">
+      <c r="J81" s="29">
         <v>954.57600000000002</v>
       </c>
-      <c r="K81" s="31">
+      <c r="K81" s="29">
         <v>6.3209999999999997</v>
       </c>
-      <c r="L81" s="31">
+      <c r="L81" s="29">
         <v>0.96399999999999997</v>
       </c>
-      <c r="M81" s="31">
+      <c r="M81" s="29">
         <v>14.821999999999999</v>
       </c>
-      <c r="N81" s="31">
+      <c r="N81" s="29">
         <v>976.68299999999999</v>
       </c>
-      <c r="O81" s="31">
+      <c r="O81" s="29">
         <v>22149.968000000001</v>
       </c>
-      <c r="P81" s="28">
+      <c r="P81" s="29">
         <v>16183.871000000001</v>
       </c>
-      <c r="Q81" s="28">
+      <c r="Q81" s="29">
         <v>7771.7849999999999</v>
       </c>
-      <c r="R81" s="28">
+      <c r="R81" s="29">
         <v>414.68</v>
       </c>
-      <c r="S81" s="28">
+      <c r="S81" s="29">
         <v>7524.1029999999982</v>
       </c>
-      <c r="T81" s="28">
+      <c r="T81" s="29">
         <v>0</v>
       </c>
       <c r="U81" s="29">
         <v>473.303</v>
       </c>
-      <c r="V81" s="28">
+      <c r="V81" s="29">
         <v>5776.7259999999997</v>
       </c>
-      <c r="W81" s="28">
+      <c r="W81" s="29">
         <v>413.48800000000006</v>
       </c>
-      <c r="X81" s="28">
+      <c r="X81" s="29">
         <v>2569.5579999999991</v>
       </c>
-      <c r="Y81" s="28">
+      <c r="Y81" s="29">
         <v>24943.643</v>
       </c>
-      <c r="Z81" s="28">
+      <c r="Z81" s="29">
         <v>1419.9849999999999</v>
       </c>
-      <c r="AA81" s="28">
+      <c r="AA81" s="29">
         <v>45.788000000000011</v>
       </c>
-      <c r="AB81" s="46">
+      <c r="AB81" s="29">
         <v>2793.6750000000002</v>
       </c>
-      <c r="AC81" s="47">
+      <c r="AC81" s="44">
         <v>926.06838604999996</v>
       </c>
       <c r="AD81" s="7">
         <v>1.7732448260690172</v>
       </c>
     </row>
     <row r="82" spans="1:30" ht="15" customHeight="1">
       <c r="A82" s="24" t="s">
-        <v>136</v>
-[...1 lines deleted...]
-      <c r="B82" s="31">
+        <v>135</v>
+      </c>
+      <c r="B82" s="29">
         <v>6335.1279999999997</v>
       </c>
-      <c r="C82" s="31">
+      <c r="C82" s="29">
         <v>3056.8620000000001</v>
       </c>
-      <c r="D82" s="31">
+      <c r="D82" s="29">
         <v>1380.597</v>
       </c>
-      <c r="E82" s="31">
+      <c r="E82" s="29">
         <v>1736.354</v>
       </c>
-      <c r="F82" s="31">
+      <c r="F82" s="29">
         <v>259.005</v>
       </c>
-      <c r="G82" s="31">
+      <c r="G82" s="29">
         <v>1405.623</v>
       </c>
-      <c r="H82" s="31">
+      <c r="H82" s="29">
         <v>7780.5440000000008</v>
       </c>
-      <c r="I82" s="31">
+      <c r="I82" s="29">
         <v>17.101999999999876</v>
       </c>
-      <c r="J82" s="31">
+      <c r="J82" s="29">
         <v>1352.201</v>
       </c>
-      <c r="K82" s="31">
+      <c r="K82" s="29">
         <v>7.3250000000000002</v>
       </c>
-      <c r="L82" s="31">
+      <c r="L82" s="29">
         <v>6.1580000000000004</v>
       </c>
-      <c r="M82" s="31">
+      <c r="M82" s="29">
         <v>-20.971</v>
       </c>
-      <c r="N82" s="31">
+      <c r="N82" s="29">
         <v>1344.713</v>
       </c>
-      <c r="O82" s="31">
+      <c r="O82" s="29">
         <v>25476.609</v>
       </c>
-      <c r="P82" s="28">
+      <c r="P82" s="29">
         <v>13814.769</v>
       </c>
-      <c r="Q82" s="28">
+      <c r="Q82" s="29">
         <v>5580.491</v>
       </c>
-      <c r="R82" s="28">
+      <c r="R82" s="29">
         <v>421.642</v>
       </c>
-      <c r="S82" s="28">
+      <c r="S82" s="29">
         <v>7358.8789999999999</v>
       </c>
-      <c r="T82" s="28">
+      <c r="T82" s="29">
         <v>0</v>
       </c>
       <c r="U82" s="29">
         <v>453.75700000000001</v>
       </c>
-      <c r="V82" s="28">
+      <c r="V82" s="29">
         <v>6684.8419999999996</v>
       </c>
-      <c r="W82" s="28">
+      <c r="W82" s="29">
         <v>489.02800000000002</v>
       </c>
-      <c r="X82" s="28">
+      <c r="X82" s="29">
         <v>2882.0630000000019</v>
       </c>
-      <c r="Y82" s="28">
+      <c r="Y82" s="29">
         <v>23870.702000000001</v>
       </c>
-      <c r="Z82" s="28">
+      <c r="Z82" s="29">
         <v>1447.8130000000001</v>
       </c>
-      <c r="AA82" s="28">
+      <c r="AA82" s="29">
         <v>67.216000000000122</v>
       </c>
-      <c r="AB82" s="46">
+      <c r="AB82" s="29">
         <v>-1605.9069999999999</v>
       </c>
-      <c r="AC82" s="47">
+      <c r="AC82" s="44">
         <v>899.16150565999999</v>
       </c>
       <c r="AD82" s="7">
         <v>1.6980323635558328</v>
       </c>
     </row>
     <row r="83" spans="1:30" ht="15" customHeight="1">
       <c r="A83" s="24" t="s">
-        <v>137</v>
-[...1 lines deleted...]
-      <c r="B83" s="31">
+        <v>136</v>
+      </c>
+      <c r="B83" s="29">
         <v>5039.6809999999996</v>
       </c>
-      <c r="C83" s="31">
+      <c r="C83" s="29">
         <v>2302.0940000000001</v>
       </c>
-      <c r="D83" s="31">
+      <c r="D83" s="29">
         <v>1383.8989999999999</v>
       </c>
-      <c r="E83" s="31">
+      <c r="E83" s="29">
         <v>1558.42</v>
       </c>
-      <c r="F83" s="31">
+      <c r="F83" s="29">
         <v>181.565</v>
       </c>
-      <c r="G83" s="31">
+      <c r="G83" s="29">
         <v>892.375</v>
       </c>
-      <c r="H83" s="31">
+      <c r="H83" s="29">
         <v>6530.2489999999998</v>
       </c>
-      <c r="I83" s="31">
+      <c r="I83" s="29">
         <v>11.250999999999918</v>
       </c>
-      <c r="J83" s="31">
+      <c r="J83" s="29">
         <v>694.93600000000004</v>
       </c>
-      <c r="K83" s="31">
+      <c r="K83" s="29">
         <v>6.62</v>
       </c>
-      <c r="L83" s="31">
+      <c r="L83" s="29">
         <v>0.75700000000000001</v>
       </c>
-      <c r="M83" s="31">
+      <c r="M83" s="29">
         <v>-8.5120000000000005</v>
       </c>
-      <c r="N83" s="31">
+      <c r="N83" s="29">
         <v>693.80099999999993</v>
       </c>
-      <c r="O83" s="31">
+      <c r="O83" s="29">
         <v>19839.376</v>
       </c>
-      <c r="P83" s="28">
+      <c r="P83" s="29">
         <v>11488.034</v>
       </c>
-      <c r="Q83" s="28">
+      <c r="Q83" s="29">
         <v>3802.6280000000002</v>
       </c>
-      <c r="R83" s="28">
+      <c r="R83" s="29">
         <v>415.15300000000002</v>
       </c>
-      <c r="S83" s="28">
+      <c r="S83" s="29">
         <v>6789.0069999999996</v>
       </c>
-      <c r="T83" s="28">
+      <c r="T83" s="29">
         <v>0</v>
       </c>
       <c r="U83" s="29">
         <v>481.24599999999998</v>
       </c>
-      <c r="V83" s="28">
+      <c r="V83" s="29">
         <v>5638.3329999999996</v>
       </c>
-      <c r="W83" s="28">
+      <c r="W83" s="29">
         <v>274.28500000000003</v>
       </c>
-      <c r="X83" s="28">
+      <c r="X83" s="29">
         <v>2425.6390000000029</v>
       </c>
-      <c r="Y83" s="28">
+      <c r="Y83" s="29">
         <v>19826.291000000001</v>
       </c>
-      <c r="Z83" s="28">
+      <c r="Z83" s="29">
         <v>1465.018</v>
       </c>
-      <c r="AA83" s="28">
+      <c r="AA83" s="29">
         <v>81.119000000000142</v>
       </c>
-      <c r="AB83" s="46">
+      <c r="AB83" s="29">
         <v>-13.085000000000001</v>
       </c>
-      <c r="AC83" s="47">
+      <c r="AC83" s="44">
         <v>862.35334777000003</v>
       </c>
       <c r="AD83" s="7">
         <v>1.6859331992008115</v>
       </c>
     </row>
     <row r="84" spans="1:30" ht="15" customHeight="1">
       <c r="A84" s="24" t="s">
-        <v>138</v>
-[...1 lines deleted...]
-      <c r="B84" s="31">
+        <v>137</v>
+      </c>
+      <c r="B84" s="29">
         <v>6084.3940000000002</v>
       </c>
-      <c r="C84" s="31">
+      <c r="C84" s="29">
         <v>2666.7629999999999</v>
       </c>
-      <c r="D84" s="31">
+      <c r="D84" s="29">
         <v>1386.452</v>
       </c>
-      <c r="E84" s="31">
+      <c r="E84" s="29">
         <v>1560.9749999999999</v>
       </c>
-      <c r="F84" s="31">
+      <c r="F84" s="29">
         <v>197.82599999999999</v>
       </c>
-      <c r="G84" s="31">
+      <c r="G84" s="29">
         <v>1677.5719999999999</v>
       </c>
-      <c r="H84" s="31">
+      <c r="H84" s="29">
         <v>6735.84</v>
       </c>
-      <c r="I84" s="31">
+      <c r="I84" s="29">
         <v>13.784000000000168</v>
       </c>
-      <c r="J84" s="31">
+      <c r="J84" s="29">
         <v>870.56</v>
       </c>
-      <c r="K84" s="31">
+      <c r="K84" s="29">
         <v>-24.177</v>
       </c>
-      <c r="L84" s="31">
+      <c r="L84" s="29">
         <v>1.1850000000000001</v>
       </c>
-      <c r="M84" s="31">
+      <c r="M84" s="29">
         <v>-171.72900000000001</v>
       </c>
-      <c r="N84" s="31">
+      <c r="N84" s="29">
         <v>675.83899999999994</v>
       </c>
-      <c r="O84" s="31">
+      <c r="O84" s="29">
         <v>22352.947</v>
       </c>
-      <c r="P84" s="28">
+      <c r="P84" s="29">
         <v>11015.467000000001</v>
       </c>
-      <c r="Q84" s="28">
+      <c r="Q84" s="29">
         <v>3053.5050000000001</v>
       </c>
-      <c r="R84" s="28">
+      <c r="R84" s="29">
         <v>438.94200000000001</v>
       </c>
-      <c r="S84" s="28">
+      <c r="S84" s="29">
         <v>7017.4680000000008</v>
       </c>
-      <c r="T84" s="28">
+      <c r="T84" s="29">
         <v>0</v>
       </c>
       <c r="U84" s="29">
         <v>505.55199999999996</v>
       </c>
-      <c r="V84" s="28">
+      <c r="V84" s="29">
         <v>6411.0829999999996</v>
       </c>
-      <c r="W84" s="28">
+      <c r="W84" s="29">
         <v>286.49400000000003</v>
       </c>
-      <c r="X84" s="28">
+      <c r="X84" s="29">
         <v>3491.2620000000006</v>
       </c>
-      <c r="Y84" s="28">
+      <c r="Y84" s="29">
         <v>21204.306</v>
       </c>
-      <c r="Z84" s="28">
+      <c r="Z84" s="29">
         <v>1448.127</v>
       </c>
-      <c r="AA84" s="28">
+      <c r="AA84" s="29">
         <v>61.674999999999955</v>
       </c>
-      <c r="AB84" s="46">
+      <c r="AB84" s="29">
         <v>-1148.6410000000001</v>
       </c>
-      <c r="AC84" s="47">
+      <c r="AC84" s="44">
         <v>906.13198696999996</v>
       </c>
       <c r="AD84" s="7">
         <v>1.6872830699438588</v>
       </c>
     </row>
     <row r="85" spans="1:30" ht="15" customHeight="1">
       <c r="A85" s="24" t="s">
-        <v>139</v>
-[...1 lines deleted...]
-      <c r="B85" s="31">
+        <v>138</v>
+      </c>
+      <c r="B85" s="29">
         <v>5324.6189999999997</v>
       </c>
-      <c r="C85" s="31">
+      <c r="C85" s="29">
         <v>2824.1930000000002</v>
       </c>
-      <c r="D85" s="31">
+      <c r="D85" s="29">
         <v>1389.722</v>
       </c>
-      <c r="E85" s="31">
+      <c r="E85" s="29">
         <v>1587.4659999999999</v>
       </c>
-      <c r="F85" s="31">
+      <c r="F85" s="29">
         <v>261.09899999999999</v>
       </c>
-      <c r="G85" s="31">
+      <c r="G85" s="29">
         <v>797.20299999999997</v>
       </c>
-      <c r="H85" s="31">
+      <c r="H85" s="29">
         <v>7928.7939999999999</v>
       </c>
-      <c r="I85" s="31">
+      <c r="I85" s="29">
         <v>14.275000000000009</v>
       </c>
-      <c r="J85" s="31">
+      <c r="J85" s="29">
         <v>1006.92</v>
       </c>
-      <c r="K85" s="31">
+      <c r="K85" s="29">
         <v>3.0859999999999999</v>
       </c>
-      <c r="L85" s="31">
+      <c r="L85" s="29">
         <v>1.6459999999999999</v>
       </c>
-      <c r="M85" s="31">
+      <c r="M85" s="29">
         <v>-10.851000000000001</v>
       </c>
-      <c r="N85" s="31">
+      <c r="N85" s="29">
         <v>1000.801</v>
       </c>
-      <c r="O85" s="31">
+      <c r="O85" s="29">
         <v>23189.127</v>
       </c>
-      <c r="P85" s="28">
+      <c r="P85" s="29">
         <v>16340.303</v>
       </c>
-      <c r="Q85" s="28">
+      <c r="Q85" s="29">
         <v>7747.73</v>
       </c>
-      <c r="R85" s="28">
+      <c r="R85" s="29">
         <v>428.14</v>
       </c>
-      <c r="S85" s="28">
+      <c r="S85" s="29">
         <v>7685.634</v>
       </c>
-      <c r="T85" s="28">
+      <c r="T85" s="29">
         <v>0</v>
       </c>
       <c r="U85" s="29">
         <v>478.79899999999998</v>
       </c>
-      <c r="V85" s="28">
+      <c r="V85" s="29">
         <v>6181.9340000000002</v>
       </c>
-      <c r="W85" s="28">
+      <c r="W85" s="29">
         <v>316.91800000000001</v>
       </c>
-      <c r="X85" s="28">
+      <c r="X85" s="29">
         <v>2724.270999999997</v>
       </c>
-      <c r="Y85" s="28">
+      <c r="Y85" s="29">
         <v>25563.425999999999</v>
       </c>
-      <c r="Z85" s="28">
+      <c r="Z85" s="29">
         <v>1424.944</v>
       </c>
-      <c r="AA85" s="28">
+      <c r="AA85" s="29">
         <v>35.22199999999998</v>
       </c>
-      <c r="AB85" s="46">
+      <c r="AB85" s="29">
         <v>2374.299</v>
       </c>
-      <c r="AC85" s="47">
+      <c r="AC85" s="44">
         <v>964.53114213999993</v>
       </c>
       <c r="AD85" s="7">
         <v>1.7745328739308963</v>
       </c>
     </row>
     <row r="86" spans="1:30" ht="15" customHeight="1">
       <c r="A86" s="24" t="s">
-        <v>141</v>
-[...1 lines deleted...]
-      <c r="B86" s="31">
+        <v>140</v>
+      </c>
+      <c r="B86" s="29">
         <v>6702.875</v>
       </c>
-      <c r="C86" s="31">
+      <c r="C86" s="29">
         <v>3124.2730000000001</v>
       </c>
-      <c r="D86" s="31">
+      <c r="D86" s="29">
         <v>1394.3009999999999</v>
       </c>
-      <c r="E86" s="31">
+      <c r="E86" s="29">
         <v>1520.0719999999999</v>
       </c>
-      <c r="F86" s="31">
+      <c r="F86" s="29">
         <v>309.39999999999998</v>
       </c>
-      <c r="G86" s="31">
+      <c r="G86" s="29">
         <v>917.41300000000001</v>
       </c>
-      <c r="H86" s="31">
+      <c r="H86" s="29">
         <v>8226.5149999999994</v>
       </c>
-      <c r="I86" s="31">
+      <c r="I86" s="29">
         <v>17.562000000000108</v>
       </c>
-      <c r="J86" s="31">
+      <c r="J86" s="29">
         <v>1389.6420000000001</v>
       </c>
-      <c r="K86" s="31">
+      <c r="K86" s="29">
         <v>27.756</v>
       </c>
-      <c r="L86" s="31">
+      <c r="L86" s="29">
         <v>2.86</v>
       </c>
-      <c r="M86" s="31">
+      <c r="M86" s="29">
         <v>-6.3280000000000003</v>
       </c>
-      <c r="N86" s="31">
+      <c r="N86" s="29">
         <v>1413.93</v>
       </c>
-      <c r="O86" s="31">
+      <c r="O86" s="29">
         <v>25735.73</v>
       </c>
-      <c r="P86" s="28">
+      <c r="P86" s="29">
         <v>14261.960999999999</v>
       </c>
-      <c r="Q86" s="28">
+      <c r="Q86" s="29">
         <v>5638.1930000000002</v>
       </c>
-      <c r="R86" s="28">
+      <c r="R86" s="29">
         <v>437.86900000000003</v>
       </c>
-      <c r="S86" s="28">
+      <c r="S86" s="29">
         <v>7688.8179999999993</v>
       </c>
-      <c r="T86" s="28">
+      <c r="T86" s="29">
         <v>0</v>
       </c>
       <c r="U86" s="29">
         <v>497.08100000000002</v>
       </c>
-      <c r="V86" s="28">
+      <c r="V86" s="29">
         <v>7128.3649999999998</v>
       </c>
-      <c r="W86" s="28">
+      <c r="W86" s="29">
         <v>500.38900000000001</v>
       </c>
-      <c r="X86" s="28">
+      <c r="X86" s="29">
         <v>2881.4350000000049</v>
       </c>
-      <c r="Y86" s="28">
+      <c r="Y86" s="29">
         <v>24772.15</v>
       </c>
-      <c r="Z86" s="28">
+      <c r="Z86" s="29">
         <v>1449.8340000000001</v>
       </c>
-      <c r="AA86" s="28">
+      <c r="AA86" s="29">
         <v>55.533000000000129</v>
       </c>
-      <c r="AB86" s="46">
+      <c r="AB86" s="29">
         <v>-963.58</v>
       </c>
-      <c r="AC86" s="47">
+      <c r="AC86" s="44">
         <v>904.78452312000002</v>
       </c>
       <c r="AD86" s="7">
         <v>1.6366627613527247</v>
       </c>
     </row>
     <row r="87" spans="1:30" ht="15" customHeight="1">
       <c r="A87" s="24" t="s">
-        <v>142</v>
-[...1 lines deleted...]
-      <c r="B87" s="31">
+        <v>141</v>
+      </c>
+      <c r="B87" s="29">
         <v>5274.5169999999998</v>
       </c>
-      <c r="C87" s="31">
+      <c r="C87" s="29">
         <v>2414.2829999999999</v>
       </c>
-      <c r="D87" s="31">
+      <c r="D87" s="29">
         <v>1399.912</v>
       </c>
-      <c r="E87" s="31">
+      <c r="E87" s="29">
         <v>1399.068</v>
       </c>
-      <c r="F87" s="31">
+      <c r="F87" s="29">
         <v>194.37200000000001</v>
       </c>
-      <c r="G87" s="31">
+      <c r="G87" s="29">
         <v>905.029</v>
       </c>
-      <c r="H87" s="31">
+      <c r="H87" s="29">
         <v>6824.5159999999996</v>
       </c>
-      <c r="I87" s="31">
+      <c r="I87" s="29">
         <v>3.6550000000001237</v>
       </c>
-      <c r="J87" s="31">
+      <c r="J87" s="29">
         <v>758.25300000000004</v>
       </c>
-      <c r="K87" s="31">
+      <c r="K87" s="29">
         <v>41.652999999999999</v>
       </c>
-      <c r="L87" s="31">
+      <c r="L87" s="29">
         <v>1.5429999999999999</v>
       </c>
-      <c r="M87" s="31">
+      <c r="M87" s="29">
         <v>-56.759</v>
       </c>
-      <c r="N87" s="31">
+      <c r="N87" s="29">
         <v>744.68999999999994</v>
       </c>
-      <c r="O87" s="31">
+      <c r="O87" s="29">
         <v>20483.948</v>
       </c>
-      <c r="P87" s="28">
+      <c r="P87" s="29">
         <v>11362.809000000001</v>
       </c>
-      <c r="Q87" s="28">
+      <c r="Q87" s="29">
         <v>3828.02</v>
       </c>
-      <c r="R87" s="28">
+      <c r="R87" s="29">
         <v>405.76600000000002</v>
       </c>
-      <c r="S87" s="28">
+      <c r="S87" s="29">
         <v>6639.7150000000029</v>
       </c>
-      <c r="T87" s="28">
+      <c r="T87" s="29">
         <v>0</v>
       </c>
       <c r="U87" s="29">
         <v>489.30799999999999</v>
       </c>
-      <c r="V87" s="28">
+      <c r="V87" s="29">
         <v>5811.3379999999997</v>
       </c>
-      <c r="W87" s="28">
+      <c r="W87" s="29">
         <v>387.52600000000001</v>
       </c>
-      <c r="X87" s="28">
+      <c r="X87" s="29">
         <v>2386.2109999999975</v>
       </c>
-      <c r="Y87" s="28">
+      <c r="Y87" s="29">
         <v>19947.883999999998</v>
       </c>
-      <c r="Z87" s="28">
+      <c r="Z87" s="29">
         <v>1496.3389999999999</v>
       </c>
-      <c r="AA87" s="28">
+      <c r="AA87" s="29">
         <v>96.426999999999907</v>
       </c>
-      <c r="AB87" s="46">
+      <c r="AB87" s="29">
         <v>-536.06399999999996</v>
       </c>
-      <c r="AC87" s="47">
+      <c r="AC87" s="44">
         <v>851.56472198000006</v>
       </c>
       <c r="AD87" s="7">
         <v>1.6760190976077907</v>
       </c>
     </row>
     <row r="88" spans="1:30" ht="15" customHeight="1">
       <c r="A88" s="24" t="s">
-        <v>144</v>
-[...1 lines deleted...]
-      <c r="B88" s="31">
+        <v>143</v>
+      </c>
+      <c r="B88" s="29">
         <v>6206.5780000000004</v>
       </c>
-      <c r="C88" s="31">
+      <c r="C88" s="29">
         <v>2597.6680000000001</v>
       </c>
-      <c r="D88" s="31">
+      <c r="D88" s="29">
         <v>1405.3969999999999</v>
       </c>
-      <c r="E88" s="31">
+      <c r="E88" s="29">
         <v>1442.0429999999999</v>
       </c>
-      <c r="F88" s="31">
+      <c r="F88" s="29">
         <v>1399.348</v>
       </c>
-      <c r="G88" s="31">
+      <c r="G88" s="29">
         <v>1850.0269999999998</v>
       </c>
-      <c r="H88" s="31">
+      <c r="H88" s="29">
         <v>6918.2720000000008</v>
       </c>
-      <c r="I88" s="31">
+      <c r="I88" s="29">
         <v>5.5900000000001908</v>
       </c>
-      <c r="J88" s="31">
+      <c r="J88" s="29">
         <v>879.33299999999997</v>
       </c>
-      <c r="K88" s="31">
+      <c r="K88" s="29">
         <v>33.054000000000002</v>
       </c>
-      <c r="L88" s="31">
+      <c r="L88" s="29">
         <v>2.95</v>
       </c>
-      <c r="M88" s="31">
+      <c r="M88" s="29">
         <v>-0.998</v>
       </c>
-      <c r="N88" s="31">
+      <c r="N88" s="29">
         <v>914.33899999999994</v>
       </c>
-      <c r="O88" s="31">
+      <c r="O88" s="29">
         <v>24087.955999999998</v>
       </c>
-      <c r="P88" s="28">
+      <c r="P88" s="29">
         <v>9957.0509999999995</v>
       </c>
-      <c r="Q88" s="28">
+      <c r="Q88" s="29">
         <v>3479.5520000000001</v>
       </c>
-      <c r="R88" s="28">
+      <c r="R88" s="29">
         <v>414.07499999999999</v>
       </c>
-      <c r="S88" s="28">
+      <c r="S88" s="29">
         <v>5609.9</v>
       </c>
-      <c r="T88" s="28">
+      <c r="T88" s="29">
         <v>0</v>
       </c>
       <c r="U88" s="29">
         <v>453.524</v>
       </c>
-      <c r="V88" s="28">
+      <c r="V88" s="29">
         <v>6298.5069999999996</v>
       </c>
-      <c r="W88" s="28">
+      <c r="W88" s="29">
         <v>454.702</v>
       </c>
-      <c r="X88" s="28">
+      <c r="X88" s="29">
         <v>2667.0820000000022</v>
       </c>
-      <c r="Y88" s="28">
+      <c r="Y88" s="29">
         <v>19377.342000000001</v>
       </c>
-      <c r="Z88" s="28">
+      <c r="Z88" s="29">
         <v>1419.001</v>
       </c>
-      <c r="AA88" s="28">
+      <c r="AA88" s="29">
         <v>13.604000000000042</v>
       </c>
-      <c r="AB88" s="46">
+      <c r="AB88" s="29">
         <v>-4710.6139999999996</v>
       </c>
-      <c r="AC88" s="47">
+      <c r="AC88" s="44">
         <v>679.26696835999996</v>
       </c>
       <c r="AD88" s="7">
         <v>1.484468008278983</v>
       </c>
     </row>
     <row r="89" spans="1:30" ht="15" customHeight="1">
       <c r="A89" s="24" t="s">
-        <v>145</v>
-[...1 lines deleted...]
-      <c r="B89" s="31">
+        <v>144</v>
+      </c>
+      <c r="B89" s="29">
         <v>5541.62</v>
       </c>
-      <c r="C89" s="31">
+      <c r="C89" s="29">
         <v>2652.5259999999998</v>
       </c>
-      <c r="D89" s="31">
+      <c r="D89" s="29">
         <v>1411.145</v>
       </c>
-      <c r="E89" s="31">
+      <c r="E89" s="29">
         <v>1451.1020000000001</v>
       </c>
-      <c r="F89" s="31">
+      <c r="F89" s="29">
         <v>990.73699999999997</v>
       </c>
-      <c r="G89" s="31">
+      <c r="G89" s="29">
         <v>1724.203</v>
       </c>
-      <c r="H89" s="31">
+      <c r="H89" s="29">
         <v>8265.7019999999993</v>
       </c>
-      <c r="I89" s="31">
+      <c r="I89" s="29">
         <v>4.5629999999998567</v>
       </c>
-      <c r="J89" s="31">
+      <c r="J89" s="29">
         <v>1156.963</v>
       </c>
-      <c r="K89" s="31">
+      <c r="K89" s="29">
         <v>17.683</v>
       </c>
-      <c r="L89" s="31">
+      <c r="L89" s="29">
         <v>3.13</v>
       </c>
-      <c r="M89" s="31">
+      <c r="M89" s="29">
         <v>25.4</v>
       </c>
-      <c r="N89" s="31">
+      <c r="N89" s="29">
         <v>1203.1760000000002</v>
       </c>
-      <c r="O89" s="31">
+      <c r="O89" s="29">
         <v>25267.212</v>
       </c>
-      <c r="P89" s="28">
+      <c r="P89" s="29">
         <v>14118.408000000001</v>
       </c>
-      <c r="Q89" s="28">
+      <c r="Q89" s="29">
         <v>6254.9570000000003</v>
       </c>
-      <c r="R89" s="28">
+      <c r="R89" s="29">
         <v>412.70799999999997</v>
       </c>
-      <c r="S89" s="28">
+      <c r="S89" s="29">
         <v>6998.5239999999985</v>
       </c>
-      <c r="T89" s="28">
+      <c r="T89" s="29">
         <v>0</v>
       </c>
       <c r="U89" s="29">
         <v>452.21899999999999</v>
       </c>
-      <c r="V89" s="28">
+      <c r="V89" s="29">
         <v>6253.5990000000002</v>
       </c>
-      <c r="W89" s="28">
+      <c r="W89" s="29">
         <v>419.851</v>
       </c>
-      <c r="X89" s="28">
+      <c r="X89" s="29">
         <v>2359.4449999999979</v>
       </c>
-      <c r="Y89" s="28">
+      <c r="Y89" s="29">
         <v>23151.303</v>
       </c>
-      <c r="Z89" s="28">
+      <c r="Z89" s="29">
         <v>1484.0309999999999</v>
       </c>
-      <c r="AA89" s="28">
+      <c r="AA89" s="29">
         <v>72.885999999999967</v>
       </c>
-      <c r="AB89" s="46">
+      <c r="AB89" s="29">
         <v>-2115.9090000000001</v>
       </c>
-      <c r="AC89" s="47">
+      <c r="AC89" s="44">
         <v>911.83168470999999</v>
       </c>
       <c r="AD89" s="7">
         <v>1.7622412609022329</v>
       </c>
     </row>
     <row r="90" spans="1:30" ht="15" customHeight="1">
       <c r="A90" s="24" t="s">
-        <v>146</v>
-[...1 lines deleted...]
-      <c r="B90" s="31">
+        <v>145</v>
+      </c>
+      <c r="B90" s="29">
         <v>6914.2910000000002</v>
       </c>
-      <c r="C90" s="31">
+      <c r="C90" s="29">
         <v>3258.413</v>
       </c>
-      <c r="D90" s="31">
+      <c r="D90" s="29">
         <v>1419.088</v>
       </c>
-      <c r="E90" s="31">
+      <c r="E90" s="29">
         <v>1404.913</v>
       </c>
-      <c r="F90" s="31">
+      <c r="F90" s="29">
         <v>1088.3969999999999</v>
       </c>
-      <c r="G90" s="31">
+      <c r="G90" s="29">
         <v>1950.5259999999998</v>
       </c>
-      <c r="H90" s="31">
+      <c r="H90" s="29">
         <v>8695.2999999999993</v>
       </c>
-      <c r="I90" s="31">
+      <c r="I90" s="29">
         <v>7.9389999999999858</v>
       </c>
-      <c r="J90" s="31">
+      <c r="J90" s="29">
         <v>1850.8140000000001</v>
       </c>
-      <c r="K90" s="31">
+      <c r="K90" s="29">
         <v>34.093000000000004</v>
       </c>
-      <c r="L90" s="31">
+      <c r="L90" s="29">
         <v>7.42</v>
       </c>
-      <c r="M90" s="31">
+      <c r="M90" s="29">
         <v>31.835000000000001</v>
       </c>
-      <c r="N90" s="31">
+      <c r="N90" s="29">
         <v>1924.162</v>
       </c>
-      <c r="O90" s="31">
+      <c r="O90" s="29">
         <v>28914.428</v>
       </c>
-      <c r="P90" s="28">
+      <c r="P90" s="29">
         <v>13930.068000000001</v>
       </c>
-      <c r="Q90" s="28">
+      <c r="Q90" s="29">
         <v>5971.0709999999999</v>
       </c>
-      <c r="R90" s="28">
+      <c r="R90" s="29">
         <v>416.08199999999999</v>
       </c>
-      <c r="S90" s="28">
+      <c r="S90" s="29">
         <v>7076.8540000000012</v>
       </c>
-      <c r="T90" s="28">
+      <c r="T90" s="29">
         <v>0</v>
       </c>
       <c r="U90" s="29">
         <v>466.06100000000004</v>
       </c>
-      <c r="V90" s="28">
+      <c r="V90" s="29">
         <v>7235.9719999999998</v>
       </c>
-      <c r="W90" s="28">
+      <c r="W90" s="29">
         <v>751.28399999999999</v>
       </c>
-      <c r="X90" s="28">
+      <c r="X90" s="29">
         <v>2795.8230000000021</v>
       </c>
-      <c r="Y90" s="28">
+      <c r="Y90" s="29">
         <v>24713.147000000001</v>
       </c>
-      <c r="Z90" s="28">
+      <c r="Z90" s="29">
         <v>1463.3309999999999</v>
       </c>
-      <c r="AA90" s="28">
+      <c r="AA90" s="29">
         <v>44.242999999999938</v>
       </c>
-      <c r="AB90" s="46">
+      <c r="AB90" s="29">
         <v>-4201.2809999999999</v>
       </c>
-      <c r="AC90" s="47">
+      <c r="AC90" s="44">
         <v>853.67962495000006</v>
       </c>
       <c r="AD90" s="7">
         <v>1.6191809236512464</v>
       </c>
     </row>
     <row r="91" spans="1:30" ht="15" customHeight="1">
       <c r="A91" s="24" t="s">
-        <v>147</v>
-[...1 lines deleted...]
-      <c r="B91" s="31">
+        <v>146</v>
+      </c>
+      <c r="B91" s="29">
         <v>5554.55</v>
       </c>
-      <c r="C91" s="31">
+      <c r="C91" s="29">
         <v>2521.3850000000002</v>
       </c>
-      <c r="D91" s="31">
+      <c r="D91" s="29">
         <v>1432.6990000000001</v>
       </c>
-      <c r="E91" s="31">
+      <c r="E91" s="29">
         <v>1307.133</v>
       </c>
-      <c r="F91" s="31">
+      <c r="F91" s="29">
         <v>1562.259</v>
       </c>
-      <c r="G91" s="31">
+      <c r="G91" s="29">
         <v>923.553</v>
       </c>
-      <c r="H91" s="31">
+      <c r="H91" s="29">
         <v>7253.1129999999994</v>
       </c>
-      <c r="I91" s="31">
+      <c r="I91" s="29">
         <v>1.3389999999999</v>
       </c>
-      <c r="J91" s="31">
+      <c r="J91" s="29">
         <v>919.66099999999994</v>
       </c>
-      <c r="K91" s="31">
+      <c r="K91" s="29">
         <v>-27.097000000000001</v>
       </c>
-      <c r="L91" s="31">
+      <c r="L91" s="29">
         <v>2.331</v>
       </c>
-      <c r="M91" s="31">
+      <c r="M91" s="29">
         <v>26.23</v>
       </c>
-      <c r="N91" s="31">
+      <c r="N91" s="29">
         <v>921.125</v>
       </c>
-      <c r="O91" s="31">
+      <c r="O91" s="29">
         <v>22791.656999999999</v>
       </c>
-      <c r="P91" s="28">
+      <c r="P91" s="29">
         <v>10718.57</v>
       </c>
-      <c r="Q91" s="28">
+      <c r="Q91" s="29">
         <v>3825.28</v>
       </c>
-      <c r="R91" s="28">
+      <c r="R91" s="29">
         <v>399.58199999999999</v>
       </c>
-      <c r="S91" s="28">
+      <c r="S91" s="29">
         <v>6023.4260000000013</v>
       </c>
-      <c r="T91" s="28">
+      <c r="T91" s="29">
         <v>0</v>
       </c>
       <c r="U91" s="29">
         <v>470.28200000000004</v>
       </c>
-      <c r="V91" s="28">
+      <c r="V91" s="29">
         <v>6037.2929999999997</v>
       </c>
-      <c r="W91" s="28">
+      <c r="W91" s="29">
         <v>1004.297</v>
       </c>
-      <c r="X91" s="28">
+      <c r="X91" s="29">
         <v>2220.637999999999</v>
       </c>
-      <c r="Y91" s="28">
+      <c r="Y91" s="29">
         <v>19980.797999999999</v>
       </c>
-      <c r="Z91" s="28">
+      <c r="Z91" s="29">
         <v>1531.229</v>
       </c>
-      <c r="AA91" s="28">
+      <c r="AA91" s="29">
         <v>98.529999999999973</v>
       </c>
-      <c r="AB91" s="46">
+      <c r="AB91" s="29">
         <v>-2810.8589999999999</v>
       </c>
-      <c r="AC91" s="47">
+      <c r="AC91" s="44">
         <v>713.05296079999994</v>
       </c>
       <c r="AD91" s="7">
         <v>1.4451856381430301</v>
       </c>
     </row>
     <row r="92" spans="1:30" ht="15" customHeight="1">
       <c r="A92" s="24" t="s">
-        <v>149</v>
-[...1 lines deleted...]
-      <c r="B92" s="31">
+        <v>147</v>
+      </c>
+      <c r="B92" s="29">
         <v>6549.0309999999999</v>
       </c>
-      <c r="C92" s="31">
+      <c r="C92" s="29">
         <v>2835.7640000000001</v>
       </c>
-      <c r="D92" s="31">
+      <c r="D92" s="29">
         <v>1456.9970000000001</v>
       </c>
-      <c r="E92" s="31">
+      <c r="E92" s="29">
         <v>1325.039</v>
       </c>
-      <c r="F92" s="31">
+      <c r="F92" s="29">
         <v>1363.8689999999999</v>
       </c>
-      <c r="G92" s="31">
+      <c r="G92" s="29">
         <v>1886.9179999999999</v>
       </c>
-      <c r="H92" s="31">
+      <c r="H92" s="29">
         <v>7330.2950000000001</v>
       </c>
-      <c r="I92" s="31">
+      <c r="I92" s="29">
         <v>3.3949999999999001</v>
       </c>
-      <c r="J92" s="31">
+      <c r="J92" s="29">
         <v>1219.76</v>
       </c>
-      <c r="K92" s="31">
+      <c r="K92" s="29">
         <v>22.091000000000001</v>
       </c>
-      <c r="L92" s="31">
+      <c r="L92" s="29">
         <v>2.4340000000000002</v>
       </c>
-      <c r="M92" s="31">
+      <c r="M92" s="29">
         <v>31.337</v>
       </c>
-      <c r="N92" s="31">
+      <c r="N92" s="29">
         <v>1275.6220000000001</v>
       </c>
-      <c r="O92" s="31">
+      <c r="O92" s="29">
         <v>25376.651999999998</v>
       </c>
-      <c r="P92" s="28">
+      <c r="P92" s="29">
         <v>11239.184999999999</v>
       </c>
-      <c r="Q92" s="28">
+      <c r="Q92" s="29">
         <v>3266.1750000000002</v>
       </c>
-      <c r="R92" s="28">
+      <c r="R92" s="29">
         <v>412.46599999999995</v>
       </c>
-      <c r="S92" s="28">
+      <c r="S92" s="29">
         <v>7040.6400000000021</v>
       </c>
-      <c r="T92" s="28">
+      <c r="T92" s="29">
         <v>0</v>
       </c>
       <c r="U92" s="29">
         <v>519.904</v>
       </c>
-      <c r="V92" s="28">
+      <c r="V92" s="29">
         <v>6886.2960000000003</v>
       </c>
-      <c r="W92" s="28">
+      <c r="W92" s="29">
         <v>1205.905</v>
       </c>
-      <c r="X92" s="28">
+      <c r="X92" s="29">
         <v>3022.9499999999989</v>
       </c>
-      <c r="Y92" s="28">
+      <c r="Y92" s="29">
         <v>22354.335999999999</v>
       </c>
-      <c r="Z92" s="28">
+      <c r="Z92" s="29">
         <v>1524.038</v>
       </c>
-      <c r="AA92" s="28">
+      <c r="AA92" s="29">
         <v>67.04099999999994</v>
       </c>
-      <c r="AB92" s="46">
+      <c r="AB92" s="29">
         <v>-3022.3159999999998</v>
       </c>
-      <c r="AC92" s="47">
+      <c r="AC92" s="44">
         <v>906.56841112999996</v>
       </c>
       <c r="AD92" s="7">
         <v>1.6911741773478224</v>
       </c>
     </row>
     <row r="93" spans="1:30" ht="15" customHeight="1">
       <c r="A93" s="24" t="s">
-        <v>150</v>
-[...1 lines deleted...]
-      <c r="B93" s="31">
+        <v>148</v>
+      </c>
+      <c r="B93" s="29">
         <v>5817.0609999999997</v>
       </c>
-      <c r="C93" s="31">
+      <c r="C93" s="29">
         <v>3040.7040000000002</v>
       </c>
-      <c r="D93" s="31">
+      <c r="D93" s="29">
         <v>1493.421</v>
       </c>
-      <c r="E93" s="31">
+      <c r="E93" s="29">
         <v>1308.585</v>
       </c>
-      <c r="F93" s="31">
+      <c r="F93" s="29">
         <v>645.62699999999995</v>
       </c>
-      <c r="G93" s="31">
+      <c r="G93" s="29">
         <v>752.17200000000003</v>
       </c>
-      <c r="H93" s="31">
+      <c r="H93" s="29">
         <v>8653.9110000000001</v>
       </c>
-      <c r="I93" s="31">
+      <c r="I93" s="29">
         <v>2.9779999999998998</v>
       </c>
-      <c r="J93" s="31">
+      <c r="J93" s="29">
         <v>1352.287</v>
       </c>
-      <c r="K93" s="31">
+      <c r="K93" s="29">
         <v>6.3369999999999997</v>
       </c>
-      <c r="L93" s="31">
+      <c r="L93" s="29">
         <v>2.8290000000000002</v>
       </c>
-      <c r="M93" s="31">
+      <c r="M93" s="29">
         <v>9.9209999999999994</v>
       </c>
-      <c r="N93" s="31">
+      <c r="N93" s="29">
         <v>1371.374</v>
       </c>
-      <c r="O93" s="31">
+      <c r="O93" s="29">
         <v>25134.675999999999</v>
       </c>
-      <c r="P93" s="28">
+      <c r="P93" s="29">
         <v>16127.856</v>
       </c>
-      <c r="Q93" s="28">
+      <c r="Q93" s="29">
         <v>7185.4740000000002</v>
       </c>
-      <c r="R93" s="28">
+      <c r="R93" s="29">
         <v>407.25699999999995</v>
       </c>
-      <c r="S93" s="28">
+      <c r="S93" s="29">
         <v>8007.6509999999998</v>
       </c>
-      <c r="T93" s="28">
+      <c r="T93" s="29">
         <v>0</v>
       </c>
       <c r="U93" s="29">
         <v>527.47400000000005</v>
       </c>
-      <c r="V93" s="28">
+      <c r="V93" s="29">
         <v>6659.1710000000003</v>
       </c>
-      <c r="W93" s="28">
+      <c r="W93" s="29">
         <v>1734.241</v>
       </c>
-      <c r="X93" s="28">
+      <c r="X93" s="29">
         <v>2464.3419999999969</v>
       </c>
-      <c r="Y93" s="28">
+      <c r="Y93" s="29">
         <v>26985.61</v>
       </c>
-      <c r="Z93" s="28">
+      <c r="Z93" s="29">
         <v>1535.0319999999999</v>
       </c>
-      <c r="AA93" s="28">
+      <c r="AA93" s="29">
         <v>41.610999999999876</v>
       </c>
-      <c r="AB93" s="46">
+      <c r="AB93" s="29">
         <v>1850.934</v>
       </c>
-      <c r="AC93" s="47">
+      <c r="AC93" s="44">
         <v>985.79738004000001</v>
       </c>
       <c r="AD93" s="7">
         <v>1.7650431611136859</v>
       </c>
     </row>
     <row r="94" spans="1:30" ht="15" customHeight="1">
       <c r="A94" s="24" t="s">
-        <v>151</v>
-[...1 lines deleted...]
-      <c r="B94" s="31">
+        <v>149</v>
+      </c>
+      <c r="B94" s="29">
         <v>7121.7290000000003</v>
       </c>
-      <c r="C94" s="31">
+      <c r="C94" s="29">
         <v>3567.6669999999999</v>
       </c>
-      <c r="D94" s="31">
+      <c r="D94" s="29">
         <v>1539.8420000000001</v>
       </c>
-      <c r="E94" s="31">
+      <c r="E94" s="29">
         <v>1177.0219999999999</v>
       </c>
-      <c r="F94" s="31">
+      <c r="F94" s="29">
         <v>684.04100000000005</v>
       </c>
-      <c r="G94" s="31">
+      <c r="G94" s="29">
         <v>1801.268</v>
       </c>
-      <c r="H94" s="31">
+      <c r="H94" s="29">
         <v>8922.244999999999</v>
       </c>
-      <c r="I94" s="31">
+      <c r="I94" s="29">
         <v>9.8080000000000584</v>
       </c>
-      <c r="J94" s="31">
+      <c r="J94" s="29">
         <v>2097.6</v>
       </c>
-      <c r="K94" s="31">
+      <c r="K94" s="29">
         <v>37.732999999999997</v>
       </c>
-      <c r="L94" s="31">
+      <c r="L94" s="29">
         <v>4.78</v>
       </c>
-      <c r="M94" s="31">
+      <c r="M94" s="29">
         <v>-91.787000000000006</v>
       </c>
-      <c r="N94" s="31">
+      <c r="N94" s="29">
         <v>2048.326</v>
       </c>
-      <c r="O94" s="31">
+      <c r="O94" s="29">
         <v>29192.075000000001</v>
       </c>
-      <c r="P94" s="28">
+      <c r="P94" s="29">
         <v>15163.406999999999</v>
       </c>
-      <c r="Q94" s="28">
+      <c r="Q94" s="29">
         <v>5901.8819999999996</v>
       </c>
-      <c r="R94" s="28">
+      <c r="R94" s="29">
         <v>413.81099999999998</v>
       </c>
-      <c r="S94" s="28">
+      <c r="S94" s="29">
         <v>8312.6779999999981</v>
       </c>
-      <c r="T94" s="28">
+      <c r="T94" s="29">
         <v>0</v>
       </c>
       <c r="U94" s="29">
         <v>535.03600000000006</v>
       </c>
-      <c r="V94" s="28">
+      <c r="V94" s="29">
         <v>7750.9549999999999</v>
       </c>
-      <c r="W94" s="28">
+      <c r="W94" s="29">
         <v>905.39200000000005</v>
       </c>
-      <c r="X94" s="28">
+      <c r="X94" s="29">
         <v>3237.512999999999</v>
       </c>
-      <c r="Y94" s="28">
+      <c r="Y94" s="29">
         <v>27057.267</v>
       </c>
-      <c r="Z94" s="28">
+      <c r="Z94" s="29">
         <v>1564.501</v>
       </c>
-      <c r="AA94" s="28">
+      <c r="AA94" s="29">
         <v>24.658999999999878</v>
       </c>
-      <c r="AB94" s="46">
+      <c r="AB94" s="29">
         <v>-2134.808</v>
       </c>
-      <c r="AC94" s="47">
+      <c r="AC94" s="44">
         <v>941.66924802999995</v>
       </c>
       <c r="AD94" s="7">
         <v>1.6320989315287082</v>
       </c>
     </row>
     <row r="95" spans="1:30" ht="15" customHeight="1">
       <c r="A95" s="24" t="s">
-        <v>152</v>
-[...1 lines deleted...]
-      <c r="B95" s="31">
+        <v>150</v>
+      </c>
+      <c r="B95" s="29">
         <v>5779.2979999999998</v>
       </c>
-      <c r="C95" s="31">
+      <c r="C95" s="29">
         <v>2930.3850000000002</v>
       </c>
-      <c r="D95" s="31">
+      <c r="D95" s="29">
         <v>1590.547</v>
       </c>
-      <c r="E95" s="31">
+      <c r="E95" s="29">
         <v>1120.9570000000001</v>
       </c>
-      <c r="F95" s="31">
+      <c r="F95" s="29">
         <v>395.596</v>
       </c>
-      <c r="G95" s="31">
+      <c r="G95" s="29">
         <v>860.64200000000005</v>
       </c>
-      <c r="H95" s="31">
+      <c r="H95" s="29">
         <v>7670.7529999999997</v>
       </c>
-      <c r="I95" s="31">
+      <c r="I95" s="29">
         <v>2.4799999999998725</v>
       </c>
-      <c r="J95" s="31">
+      <c r="J95" s="29">
         <v>933.92600000000004</v>
       </c>
-      <c r="K95" s="31">
+      <c r="K95" s="29">
         <v>-8.1470000000000002</v>
       </c>
-      <c r="L95" s="31">
+      <c r="L95" s="29">
         <v>1.5109999999999999</v>
       </c>
-      <c r="M95" s="31">
+      <c r="M95" s="29">
         <v>-8.7119999999999997</v>
       </c>
-      <c r="N95" s="31">
+      <c r="N95" s="29">
         <v>918.57799999999997</v>
       </c>
-      <c r="O95" s="31">
+      <c r="O95" s="29">
         <v>22598.206999999999</v>
       </c>
-      <c r="P95" s="28">
+      <c r="P95" s="29">
         <v>12867.907000000001</v>
       </c>
-      <c r="Q95" s="28">
+      <c r="Q95" s="29">
         <v>4177.5829999999996</v>
       </c>
-      <c r="R95" s="28">
+      <c r="R95" s="29">
         <v>405.96100000000001</v>
       </c>
-      <c r="S95" s="28">
+      <c r="S95" s="29">
         <v>7725.7439999999988</v>
       </c>
-      <c r="T95" s="28">
+      <c r="T95" s="29">
         <v>0</v>
       </c>
       <c r="U95" s="29">
         <v>558.61900000000003</v>
       </c>
-      <c r="V95" s="28">
+      <c r="V95" s="29">
         <v>6479.1509999999998</v>
       </c>
-      <c r="W95" s="28">
+      <c r="W95" s="29">
         <v>291.41700000000003</v>
       </c>
-      <c r="X95" s="28">
+      <c r="X95" s="29">
         <v>2559.8160000000007</v>
       </c>
-      <c r="Y95" s="28">
+      <c r="Y95" s="29">
         <v>22198.291000000001</v>
       </c>
-      <c r="Z95" s="28">
+      <c r="Z95" s="29">
         <v>1665.0239999999999</v>
       </c>
-      <c r="AA95" s="28">
+      <c r="AA95" s="29">
         <v>74.476999999999862</v>
       </c>
-      <c r="AB95" s="46">
+      <c r="AB95" s="29">
         <v>-399.916</v>
       </c>
-      <c r="AC95" s="47">
+      <c r="AC95" s="44">
         <v>863.18336771999998</v>
       </c>
       <c r="AD95" s="7">
         <v>1.5515429975773571</v>
       </c>
     </row>
     <row r="96" spans="1:30" ht="15" customHeight="1">
       <c r="A96" s="24" t="s">
-        <v>153</v>
-[...1 lines deleted...]
-      <c r="B96" s="31">
+        <v>151</v>
+      </c>
+      <c r="B96" s="29">
         <v>6759.076</v>
       </c>
-      <c r="C96" s="31">
+      <c r="C96" s="29">
         <v>3180.761</v>
       </c>
-      <c r="D96" s="31">
+      <c r="D96" s="29">
         <v>1636.26</v>
       </c>
-      <c r="E96" s="31">
+      <c r="E96" s="29">
         <v>1171.962</v>
       </c>
-      <c r="F96" s="31">
+      <c r="F96" s="29">
         <v>450.791</v>
       </c>
-      <c r="G96" s="31">
+      <c r="G96" s="29">
         <v>846.32700000000011</v>
       </c>
-      <c r="H96" s="31">
+      <c r="H96" s="29">
         <v>7482.7139999999999</v>
       </c>
-      <c r="I96" s="31">
+      <c r="I96" s="29">
         <v>3.4430000000001</v>
       </c>
-      <c r="J96" s="31">
+      <c r="J96" s="29">
         <v>1279.2760000000001</v>
       </c>
-      <c r="K96" s="31">
+      <c r="K96" s="29">
         <v>3.762</v>
       </c>
-      <c r="L96" s="31">
+      <c r="L96" s="29">
         <v>1.9359999999999999</v>
       </c>
-      <c r="M96" s="31">
+      <c r="M96" s="29">
         <v>-26.574000000000002</v>
       </c>
-      <c r="N96" s="31">
+      <c r="N96" s="29">
         <v>1258.3999999999999</v>
       </c>
-      <c r="O96" s="31">
+      <c r="O96" s="29">
         <v>24209.992999999999</v>
       </c>
-      <c r="P96" s="28">
+      <c r="P96" s="29">
         <v>13759.237000000001</v>
       </c>
-      <c r="Q96" s="28">
+      <c r="Q96" s="29">
         <v>4612.2790000000005</v>
       </c>
-      <c r="R96" s="28">
+      <c r="R96" s="29">
         <v>415.221</v>
       </c>
-      <c r="S96" s="28">
+      <c r="S96" s="29">
         <v>8175.9519999999993</v>
       </c>
-      <c r="T96" s="28">
+      <c r="T96" s="29">
         <v>0</v>
       </c>
       <c r="U96" s="29">
         <v>555.78500000000008</v>
       </c>
-      <c r="V96" s="28">
+      <c r="V96" s="29">
         <v>7466.2629999999999</v>
       </c>
-      <c r="W96" s="28">
+      <c r="W96" s="29">
         <v>518.89200000000005</v>
       </c>
-      <c r="X96" s="28">
+      <c r="X96" s="29">
         <v>3463.1130000000012</v>
       </c>
-      <c r="Y96" s="28">
+      <c r="Y96" s="29">
         <v>25207.505000000001</v>
       </c>
-      <c r="Z96" s="28">
+      <c r="Z96" s="29">
         <v>1652.289</v>
       </c>
-      <c r="AA96" s="28">
+      <c r="AA96" s="29">
         <v>16.028999999999996</v>
       </c>
-      <c r="AB96" s="46">
+      <c r="AB96" s="29">
         <v>997.51199999999994</v>
       </c>
-      <c r="AC96" s="47">
+      <c r="AC96" s="44">
         <v>653.04774814999996</v>
       </c>
       <c r="AD96" s="7">
         <v>1.0713944554944768</v>
       </c>
     </row>
     <row r="97" spans="1:30" ht="15" customHeight="1">
       <c r="A97" s="24" t="s">
-        <v>154</v>
-[...1 lines deleted...]
-      <c r="B97" s="31">
+        <v>152</v>
+      </c>
+      <c r="B97" s="29">
         <v>6038.3630000000003</v>
       </c>
-      <c r="C97" s="31">
+      <c r="C97" s="29">
         <v>3215.3629999999998</v>
       </c>
-      <c r="D97" s="31">
+      <c r="D97" s="29">
         <v>1671.5419999999999</v>
       </c>
-      <c r="E97" s="31">
+      <c r="E97" s="29">
         <v>1222.4159999999999</v>
       </c>
-      <c r="F97" s="31">
+      <c r="F97" s="29">
         <v>519.1</v>
       </c>
-      <c r="G97" s="31">
+      <c r="G97" s="29">
         <v>906.14599999999996</v>
       </c>
-      <c r="H97" s="31">
+      <c r="H97" s="29">
         <v>8941.4629999999997</v>
       </c>
-      <c r="I97" s="31">
+      <c r="I97" s="29">
         <v>4.6050000000000999</v>
       </c>
-      <c r="J97" s="31">
+      <c r="J97" s="29">
         <v>1439.6869999999999</v>
       </c>
-      <c r="K97" s="31">
+      <c r="K97" s="29">
         <v>15.396000000000001</v>
       </c>
-      <c r="L97" s="31">
+      <c r="L97" s="29">
         <v>1.714</v>
       </c>
-      <c r="M97" s="31">
+      <c r="M97" s="29">
         <v>-0.48</v>
       </c>
-      <c r="N97" s="31">
+      <c r="N97" s="29">
         <v>1456.317</v>
       </c>
-      <c r="O97" s="31">
+      <c r="O97" s="29">
         <v>26021.373</v>
       </c>
-      <c r="P97" s="28">
+      <c r="P97" s="29">
         <v>19368.892</v>
       </c>
-      <c r="Q97" s="28">
+      <c r="Q97" s="29">
         <v>9534.0619999999999</v>
       </c>
-      <c r="R97" s="28">
+      <c r="R97" s="29">
         <v>410.91800000000001</v>
       </c>
-      <c r="S97" s="28">
+      <c r="S97" s="29">
         <v>8859.8330000000024</v>
       </c>
-      <c r="T97" s="28">
+      <c r="T97" s="29">
         <v>0</v>
       </c>
       <c r="U97" s="29">
         <v>564.07899999999995</v>
       </c>
-      <c r="V97" s="28">
+      <c r="V97" s="29">
         <v>7299.9809999999998</v>
       </c>
-      <c r="W97" s="28">
+      <c r="W97" s="29">
         <v>476.435</v>
       </c>
-      <c r="X97" s="28">
+      <c r="X97" s="29">
         <v>2859.2059999999983</v>
       </c>
-      <c r="Y97" s="28">
+      <c r="Y97" s="29">
         <v>30004.513999999999</v>
       </c>
-      <c r="Z97" s="28">
+      <c r="Z97" s="29">
         <v>1762.1790000000001</v>
       </c>
-      <c r="AA97" s="28">
+      <c r="AA97" s="29">
         <v>90.637000000000171</v>
       </c>
-      <c r="AB97" s="46">
+      <c r="AB97" s="29">
         <v>3983.1410000000001</v>
       </c>
-      <c r="AC97" s="47">
+      <c r="AC97" s="44">
         <v>659.41750153999999</v>
       </c>
       <c r="AD97" s="7">
-        <v>1.0532715425210759</v>
+        <v>1.0532715256974261</v>
       </c>
     </row>
     <row r="98" spans="1:30" ht="15" customHeight="1">
       <c r="A98" s="24" t="s">
-        <v>155</v>
-[...1 lines deleted...]
-      <c r="B98" s="31">
+        <v>153</v>
+      </c>
+      <c r="B98" s="29">
         <v>7399.8239999999996</v>
       </c>
-      <c r="C98" s="31">
+      <c r="C98" s="29">
         <v>3829.652</v>
       </c>
-      <c r="D98" s="31">
+      <c r="D98" s="29">
         <v>1694.806</v>
       </c>
-      <c r="E98" s="31">
+      <c r="E98" s="29">
         <v>1092.684</v>
       </c>
-      <c r="F98" s="31">
+      <c r="F98" s="29">
         <v>1380.4110000000001</v>
       </c>
-      <c r="G98" s="31">
+      <c r="G98" s="29">
         <v>3085.4059999999999</v>
       </c>
-      <c r="H98" s="31">
+      <c r="H98" s="29">
         <v>11040.507</v>
       </c>
-      <c r="I98" s="31">
+      <c r="I98" s="29">
         <v>15.413000000000077</v>
       </c>
-      <c r="J98" s="31">
+      <c r="J98" s="29">
         <v>2153.623</v>
       </c>
-      <c r="K98" s="31">
+      <c r="K98" s="29">
         <v>37.401000000000003</v>
       </c>
-      <c r="L98" s="31">
+      <c r="L98" s="29">
         <v>4.74</v>
       </c>
-      <c r="M98" s="31">
+      <c r="M98" s="29">
         <v>28.167000000000002</v>
       </c>
-      <c r="N98" s="31">
+      <c r="N98" s="29">
         <v>2223.931</v>
       </c>
-      <c r="O98" s="31">
+      <c r="O98" s="29">
         <v>34204.004000000001</v>
       </c>
-      <c r="P98" s="28">
+      <c r="P98" s="29">
         <v>16209.406999999999</v>
       </c>
-      <c r="Q98" s="28">
+      <c r="Q98" s="29">
         <v>6668.7290000000003</v>
       </c>
-      <c r="R98" s="28">
+      <c r="R98" s="29">
         <v>413.267</v>
       </c>
-      <c r="S98" s="28">
+      <c r="S98" s="29">
         <v>8554.973</v>
       </c>
-      <c r="T98" s="28">
+      <c r="T98" s="29">
         <v>0</v>
       </c>
       <c r="U98" s="29">
         <v>572.43799999999999</v>
       </c>
-      <c r="V98" s="28">
+      <c r="V98" s="29">
         <v>8439.7829999999994</v>
       </c>
-      <c r="W98" s="28">
+      <c r="W98" s="29">
         <v>1028.124</v>
       </c>
-      <c r="X98" s="28">
+      <c r="X98" s="29">
         <v>3188.6810000000005</v>
       </c>
-      <c r="Y98" s="28">
+      <c r="Y98" s="29">
         <v>28865.994999999999</v>
       </c>
-      <c r="Z98" s="28">
+      <c r="Z98" s="29">
         <v>1721.529</v>
       </c>
-      <c r="AA98" s="28">
+      <c r="AA98" s="29">
         <v>26.722999999999956</v>
       </c>
-      <c r="AB98" s="46">
+      <c r="AB98" s="29">
         <v>-5338.009</v>
       </c>
-      <c r="AC98" s="47">
+      <c r="AC98" s="44">
         <v>605.47338259000003</v>
       </c>
       <c r="AD98" s="7">
-        <v>0.93489831216028818</v>
+        <v>0.93489832659585048</v>
       </c>
     </row>
     <row r="99" spans="1:30" ht="15" customHeight="1">
       <c r="A99" s="24" t="s">
-        <v>156</v>
-[...1 lines deleted...]
-      <c r="B99" s="31">
+        <v>154</v>
+      </c>
+      <c r="B99" s="29">
         <v>6098.9049999999997</v>
       </c>
-      <c r="C99" s="31">
+      <c r="C99" s="29">
         <v>2938.9279999999999</v>
       </c>
-      <c r="D99" s="31">
+      <c r="D99" s="29">
         <v>1713.78</v>
       </c>
-      <c r="E99" s="31">
+      <c r="E99" s="29">
         <v>1317.192</v>
       </c>
-      <c r="F99" s="31">
+      <c r="F99" s="29">
         <v>324.56</v>
       </c>
-      <c r="G99" s="31">
+      <c r="G99" s="29">
         <v>877.66200000000003</v>
       </c>
-      <c r="H99" s="31">
+      <c r="H99" s="29">
         <v>7901.8270000000002</v>
       </c>
-      <c r="I99" s="31">
+      <c r="I99" s="29">
         <v>3.7330000000000689</v>
       </c>
-      <c r="J99" s="31">
+      <c r="J99" s="29">
         <v>1003.72</v>
       </c>
-      <c r="K99" s="31">
+      <c r="K99" s="29">
         <v>16.138999999999999</v>
       </c>
-      <c r="L99" s="31">
+      <c r="L99" s="29">
         <v>2.1219999999999999</v>
       </c>
-      <c r="M99" s="31">
+      <c r="M99" s="29">
         <v>-4.024</v>
       </c>
-      <c r="N99" s="31">
+      <c r="N99" s="29">
         <v>1017.957</v>
       </c>
-      <c r="O99" s="31">
+      <c r="O99" s="29">
         <v>23552.255000000001</v>
       </c>
-      <c r="P99" s="28">
+      <c r="P99" s="29">
         <v>13772.301000000001</v>
       </c>
-      <c r="Q99" s="28">
+      <c r="Q99" s="29">
         <v>4718.9880000000003</v>
       </c>
-      <c r="R99" s="28">
+      <c r="R99" s="29">
         <v>407.46300000000002</v>
       </c>
-      <c r="S99" s="28">
+      <c r="S99" s="29">
         <v>8048.3819999999987</v>
       </c>
-      <c r="T99" s="28">
+      <c r="T99" s="29">
         <v>0</v>
       </c>
       <c r="U99" s="29">
         <v>597.46799999999996</v>
       </c>
-      <c r="V99" s="28">
+      <c r="V99" s="29">
         <v>7253.2269999999999</v>
       </c>
-      <c r="W99" s="28">
+      <c r="W99" s="29">
         <v>525.57299999999998</v>
       </c>
-      <c r="X99" s="28">
+      <c r="X99" s="29">
         <v>2858.0150000000012</v>
       </c>
-      <c r="Y99" s="28">
+      <c r="Y99" s="29">
         <v>24409.116000000002</v>
       </c>
-      <c r="Z99" s="28">
+      <c r="Z99" s="29">
         <v>1794.453</v>
       </c>
-      <c r="AA99" s="28">
+      <c r="AA99" s="29">
         <v>80.673000000000002</v>
       </c>
-      <c r="AB99" s="46">
+      <c r="AB99" s="29">
         <v>856.86099999999999</v>
       </c>
-      <c r="AC99" s="47">
+      <c r="AC99" s="44">
         <v>684.83832871000004</v>
       </c>
       <c r="AD99" s="7">
         <v>1.0909924192218539</v>
       </c>
     </row>
     <row r="100" spans="1:30" ht="15" customHeight="1">
       <c r="A100" s="24" t="s">
-        <v>157</v>
-[...1 lines deleted...]
-      <c r="B100" s="31">
+        <v>155</v>
+      </c>
+      <c r="B100" s="29">
         <v>7278.1120000000001</v>
       </c>
-      <c r="C100" s="31">
+      <c r="C100" s="29">
         <v>3490.5259999999998</v>
       </c>
-      <c r="D100" s="31">
+      <c r="D100" s="29">
         <v>1723.3209999999999</v>
       </c>
-      <c r="E100" s="31">
+      <c r="E100" s="29">
         <v>1368.66</v>
       </c>
-      <c r="F100" s="31">
+      <c r="F100" s="29">
         <v>560.40899999999999</v>
       </c>
-      <c r="G100" s="31">
+      <c r="G100" s="29">
         <v>1099.4480000000001</v>
       </c>
-      <c r="H100" s="31">
+      <c r="H100" s="29">
         <v>8191.5730000000003</v>
       </c>
-      <c r="I100" s="31">
+      <c r="I100" s="29">
         <v>12.509999999999842</v>
       </c>
-      <c r="J100" s="31">
+      <c r="J100" s="29">
         <v>1523.4649999999999</v>
       </c>
-      <c r="K100" s="31">
+      <c r="K100" s="29">
         <v>-16.132999999999999</v>
       </c>
-      <c r="L100" s="31">
+      <c r="L100" s="29">
         <v>4.1509999999999998</v>
       </c>
-      <c r="M100" s="31">
+      <c r="M100" s="29">
         <v>-32.44</v>
       </c>
-      <c r="N100" s="31">
+      <c r="N100" s="29">
         <v>1479.0429999999999</v>
       </c>
-      <c r="O100" s="31">
+      <c r="O100" s="29">
         <v>26616.338</v>
       </c>
-      <c r="P100" s="28">
+      <c r="P100" s="29">
         <v>14918.045999999998</v>
       </c>
-      <c r="Q100" s="28">
+      <c r="Q100" s="29">
         <v>5540.1620000000003</v>
       </c>
-      <c r="R100" s="28">
+      <c r="R100" s="29">
         <v>417.98500000000001</v>
       </c>
-      <c r="S100" s="28">
+      <c r="S100" s="29">
         <v>8359.01</v>
       </c>
-      <c r="T100" s="28">
+      <c r="T100" s="29">
         <v>0</v>
       </c>
       <c r="U100" s="29">
         <v>600.88900000000001</v>
       </c>
-      <c r="V100" s="28">
+      <c r="V100" s="29">
         <v>8258.3549999999996</v>
       </c>
-      <c r="W100" s="28">
+      <c r="W100" s="29">
         <v>879.91300000000001</v>
       </c>
-      <c r="X100" s="28">
+      <c r="X100" s="29">
         <v>3292.0780000000013</v>
       </c>
-      <c r="Y100" s="28">
+      <c r="Y100" s="29">
         <v>27348.392</v>
       </c>
-      <c r="Z100" s="28">
+      <c r="Z100" s="29">
         <v>1757.4739999999999</v>
       </c>
-      <c r="AA100" s="28">
+      <c r="AA100" s="29">
         <v>34.15300000000002</v>
       </c>
-      <c r="AB100" s="46">
+      <c r="AB100" s="29">
         <v>732.05399999999997</v>
       </c>
-      <c r="AC100" s="47">
+      <c r="AC100" s="44">
         <v>728.87894483000002</v>
       </c>
       <c r="AD100" s="7">
         <v>1.0793108565179499</v>
       </c>
     </row>
     <row r="101" spans="1:30" ht="15" customHeight="1">
       <c r="A101" s="24" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="B101" s="31">
+        <v>156</v>
+      </c>
+      <c r="B101" s="29">
         <v>6447.2950000000001</v>
       </c>
-      <c r="C101" s="31">
+      <c r="C101" s="29">
         <v>3431.252</v>
       </c>
-      <c r="D101" s="31">
+      <c r="D101" s="29">
         <v>1729.61</v>
       </c>
-      <c r="E101" s="31">
+      <c r="E101" s="29">
         <v>1487.875</v>
       </c>
-      <c r="F101" s="31">
+      <c r="F101" s="29">
         <v>363.49400000000003</v>
       </c>
-      <c r="G101" s="31">
+      <c r="G101" s="29">
         <v>912.78</v>
       </c>
-      <c r="H101" s="31">
+      <c r="H101" s="29">
         <v>9893.9680000000008</v>
       </c>
-      <c r="I101" s="31">
+      <c r="I101" s="29">
         <v>4.7540000000000688</v>
       </c>
-      <c r="J101" s="31">
+      <c r="J101" s="29">
         <v>1660.2439999999999</v>
       </c>
-      <c r="K101" s="31">
+      <c r="K101" s="29">
         <v>2.06</v>
       </c>
-      <c r="L101" s="31">
+      <c r="L101" s="29">
         <v>3.206</v>
       </c>
-      <c r="M101" s="31">
+      <c r="M101" s="29">
         <v>-10.582000000000001</v>
       </c>
-      <c r="N101" s="31">
+      <c r="N101" s="29">
         <v>1654.9279999999999</v>
       </c>
-      <c r="O101" s="31">
+      <c r="O101" s="29">
         <v>28206.089</v>
       </c>
-      <c r="P101" s="28">
+      <c r="P101" s="29">
         <v>21126.087999999996</v>
       </c>
-      <c r="Q101" s="28">
+      <c r="Q101" s="29">
         <v>10255.793</v>
       </c>
-      <c r="R101" s="28">
+      <c r="R101" s="29">
         <v>419.166</v>
       </c>
-      <c r="S101" s="28">
+      <c r="S101" s="29">
         <v>9843.2229999999963</v>
       </c>
-      <c r="T101" s="28">
+      <c r="T101" s="29">
         <v>0</v>
       </c>
       <c r="U101" s="29">
         <v>607.90599999999995</v>
       </c>
-      <c r="V101" s="28">
+      <c r="V101" s="29">
         <v>8020.7969999999996</v>
       </c>
-      <c r="W101" s="28">
+      <c r="W101" s="29">
         <v>768.61</v>
       </c>
-      <c r="X101" s="28">
+      <c r="X101" s="29">
         <v>3371.1720000000059</v>
       </c>
-      <c r="Y101" s="28">
+      <c r="Y101" s="29">
         <v>33286.667000000001</v>
       </c>
-      <c r="Z101" s="28">
+      <c r="Z101" s="29">
         <v>1774.1780000000001</v>
       </c>
-      <c r="AA101" s="28">
+      <c r="AA101" s="29">
         <v>44.568000000000211</v>
       </c>
-      <c r="AB101" s="46">
+      <c r="AB101" s="29">
         <v>5080.5780000000004</v>
       </c>
-      <c r="AC101" s="47">
+      <c r="AC101" s="44">
         <v>950.30536635999999</v>
       </c>
       <c r="AD101" s="7">
         <v>1.3694272028901939</v>
       </c>
     </row>
     <row r="102" spans="1:30" ht="15" customHeight="1">
       <c r="A102" s="24" t="s">
-        <v>159</v>
-[...1 lines deleted...]
-      <c r="B102" s="31">
+        <v>157</v>
+      </c>
+      <c r="B102" s="29">
         <v>7996.0820000000003</v>
       </c>
-      <c r="C102" s="31">
+      <c r="C102" s="29">
         <v>4165.2309999999998</v>
       </c>
-      <c r="D102" s="31">
+      <c r="D102" s="29">
         <v>1734.68</v>
       </c>
-      <c r="E102" s="31">
+      <c r="E102" s="29">
         <v>1379.5640000000001</v>
       </c>
-      <c r="F102" s="31">
+      <c r="F102" s="29">
         <v>768.69200000000001</v>
       </c>
-      <c r="G102" s="31">
+      <c r="G102" s="29">
         <v>2986.4460000000004</v>
       </c>
-      <c r="H102" s="31">
+      <c r="H102" s="29">
         <v>10269.947</v>
       </c>
-      <c r="I102" s="31">
+      <c r="I102" s="29">
         <v>11.57699999999989</v>
       </c>
-      <c r="J102" s="31">
+      <c r="J102" s="29">
         <v>2752.7649999999999</v>
       </c>
-      <c r="K102" s="31">
+      <c r="K102" s="29">
         <v>80.706999999999994</v>
       </c>
-      <c r="L102" s="31">
+      <c r="L102" s="29">
         <v>5.9509999999999996</v>
       </c>
-      <c r="M102" s="31">
+      <c r="M102" s="29">
         <v>25.053999999999998</v>
       </c>
-      <c r="N102" s="31">
+      <c r="N102" s="29">
         <v>2864.4769999999999</v>
       </c>
-      <c r="O102" s="31">
+      <c r="O102" s="29">
         <v>34897.177000000003</v>
       </c>
-      <c r="P102" s="28">
+      <c r="P102" s="29">
         <v>17507.925999999999</v>
       </c>
-      <c r="Q102" s="28">
+      <c r="Q102" s="29">
         <v>7236.3860000000004</v>
       </c>
-      <c r="R102" s="28">
+      <c r="R102" s="29">
         <v>420.77600000000001</v>
       </c>
-      <c r="S102" s="28">
+      <c r="S102" s="29">
         <v>9222.1090000000022</v>
       </c>
-      <c r="T102" s="28">
+      <c r="T102" s="29">
         <v>0</v>
       </c>
       <c r="U102" s="29">
         <v>628.65499999999997</v>
       </c>
-      <c r="V102" s="28">
+      <c r="V102" s="29">
         <v>9282.2479999999996</v>
       </c>
-      <c r="W102" s="28">
+      <c r="W102" s="29">
         <v>1431.4739999999999</v>
       </c>
-      <c r="X102" s="28">
+      <c r="X102" s="29">
         <v>3404.7840000000033</v>
       </c>
-      <c r="Y102" s="28">
+      <c r="Y102" s="29">
         <v>31626.432000000001</v>
       </c>
-      <c r="Z102" s="28">
+      <c r="Z102" s="29">
         <v>1748.7180000000001</v>
       </c>
-      <c r="AA102" s="28">
+      <c r="AA102" s="29">
         <v>14.038000000000011</v>
       </c>
-      <c r="AB102" s="46">
+      <c r="AB102" s="29">
         <v>-3270.7449999999999</v>
       </c>
-      <c r="AC102" s="47">
+      <c r="AC102" s="44">
         <v>872.42516924000006</v>
       </c>
       <c r="AD102" s="7">
-        <v>1.2347798129968326</v>
+        <v>1.2347797955204782</v>
       </c>
     </row>
     <row r="103" spans="1:30" ht="15" customHeight="1">
       <c r="A103" s="24" t="s">
-        <v>163</v>
-[...1 lines deleted...]
-      <c r="B103" s="31">
+        <v>161</v>
+      </c>
+      <c r="B103" s="29">
         <v>6697.19</v>
       </c>
-      <c r="C103" s="31">
+      <c r="C103" s="29">
         <v>3132.0810000000001</v>
       </c>
-      <c r="D103" s="31">
+      <c r="D103" s="29">
         <v>1739.5809999999999</v>
       </c>
-      <c r="E103" s="31">
+      <c r="E103" s="29">
         <v>1443.8520000000001</v>
       </c>
-      <c r="F103" s="31">
+      <c r="F103" s="29">
         <v>670.59799999999996</v>
       </c>
-      <c r="G103" s="31">
+      <c r="G103" s="29">
         <v>1172.9860000000001</v>
       </c>
-      <c r="H103" s="31">
+      <c r="H103" s="29">
         <v>8820.5319999999992</v>
       </c>
-      <c r="I103" s="31">
+      <c r="I103" s="29">
         <v>6.1999999999998527</v>
       </c>
-      <c r="J103" s="31">
+      <c r="J103" s="29">
         <v>1017.461</v>
       </c>
-      <c r="K103" s="31">
+      <c r="K103" s="29">
         <v>1.4379999999999999</v>
       </c>
-      <c r="L103" s="31">
+      <c r="L103" s="29">
         <v>1.986</v>
       </c>
-      <c r="M103" s="31">
+      <c r="M103" s="29">
         <v>-46.430999999999997</v>
       </c>
-      <c r="N103" s="31">
+      <c r="N103" s="29">
         <v>974.45399999999995</v>
       </c>
-      <c r="O103" s="31">
+      <c r="O103" s="29">
         <v>26385.198</v>
       </c>
-      <c r="P103" s="28">
+      <c r="P103" s="29">
         <v>14637.946</v>
       </c>
-      <c r="Q103" s="28">
+      <c r="Q103" s="29">
         <v>5013.4610000000002</v>
       </c>
-      <c r="R103" s="28">
+      <c r="R103" s="29">
         <v>414.952</v>
       </c>
-      <c r="S103" s="28">
+      <c r="S103" s="29">
         <v>8573.373999999998</v>
       </c>
-      <c r="T103" s="28">
+      <c r="T103" s="29">
         <v>0</v>
       </c>
       <c r="U103" s="29">
         <v>636.15900000000011</v>
       </c>
-      <c r="V103" s="28">
+      <c r="V103" s="29">
         <v>7700.0789999999997</v>
       </c>
-      <c r="W103" s="28">
+      <c r="W103" s="29">
         <v>761.40629200000012</v>
       </c>
-      <c r="X103" s="28">
+      <c r="X103" s="29">
         <v>2865.6859999999979</v>
       </c>
-      <c r="Y103" s="28">
+      <c r="Y103" s="29">
         <v>25965.117291999999</v>
       </c>
-      <c r="Z103" s="28">
+      <c r="Z103" s="29">
         <v>1798.296</v>
       </c>
-      <c r="AA103" s="28">
+      <c r="AA103" s="29">
         <v>58.715000000000146</v>
       </c>
-      <c r="AB103" s="46">
+      <c r="AB103" s="29">
         <v>-420.08070800000058</v>
       </c>
-      <c r="AC103" s="47">
+      <c r="AC103" s="44">
         <v>812.27022145000001</v>
       </c>
       <c r="AD103" s="7">
         <v>1.2079195277053334</v>
       </c>
     </row>
     <row r="104" spans="1:30" ht="15" customHeight="1">
       <c r="A104" s="24" t="s">
-        <v>160</v>
-[...1 lines deleted...]
-      <c r="B104" s="31">
+        <v>158</v>
+      </c>
+      <c r="B104" s="29">
         <v>7829.8130000000001</v>
       </c>
-      <c r="C104" s="31">
+      <c r="C104" s="29">
         <v>3708.518</v>
       </c>
-      <c r="D104" s="31">
+      <c r="D104" s="29">
         <v>1744.3820000000001</v>
       </c>
-      <c r="E104" s="31">
+      <c r="E104" s="29">
         <v>1419.8130000000001</v>
       </c>
-      <c r="F104" s="31">
+      <c r="F104" s="29">
         <v>328.29199999999997</v>
       </c>
-      <c r="G104" s="31">
+      <c r="G104" s="29">
         <v>1025.7139999999999</v>
       </c>
-      <c r="H104" s="31">
+      <c r="H104" s="29">
         <v>9125.6919999999991</v>
       </c>
-      <c r="I104" s="31">
+      <c r="I104" s="29">
         <v>9.668999999999853</v>
       </c>
-      <c r="J104" s="31">
+      <c r="J104" s="29">
         <v>1593.6859999999999</v>
       </c>
-      <c r="K104" s="31">
+      <c r="K104" s="29">
         <v>-6.09</v>
       </c>
-      <c r="L104" s="31">
+      <c r="L104" s="29">
         <v>2.7719999999999998</v>
       </c>
-      <c r="M104" s="31">
+      <c r="M104" s="29">
         <v>22.564</v>
       </c>
-      <c r="N104" s="31">
+      <c r="N104" s="29">
         <v>1612.932</v>
       </c>
-      <c r="O104" s="31">
+      <c r="O104" s="29">
         <v>28770.271000000001</v>
       </c>
-      <c r="P104" s="28">
+      <c r="P104" s="29">
         <v>16416.439999999999</v>
       </c>
-      <c r="Q104" s="28">
+      <c r="Q104" s="29">
         <v>6397.8710000000001</v>
       </c>
-      <c r="R104" s="28">
+      <c r="R104" s="29">
         <v>420.50200000000001</v>
       </c>
-      <c r="S104" s="28">
+      <c r="S104" s="29">
         <v>8979.7690000000039</v>
       </c>
-      <c r="T104" s="28">
+      <c r="T104" s="29">
         <v>0</v>
       </c>
       <c r="U104" s="29">
         <v>618.298</v>
       </c>
-      <c r="V104" s="28">
+      <c r="V104" s="29">
         <v>9650.2829999999994</v>
       </c>
-      <c r="W104" s="28">
+      <c r="W104" s="29">
         <v>779.03628309999999</v>
       </c>
-      <c r="X104" s="28">
+      <c r="X104" s="29">
         <v>3738.489000000005</v>
       </c>
-      <c r="Y104" s="28">
+      <c r="Y104" s="29">
         <v>30584.248283100002</v>
       </c>
-      <c r="Z104" s="28">
+      <c r="Z104" s="29">
         <v>1781.3630000000001</v>
       </c>
-      <c r="AA104" s="28">
+      <c r="AA104" s="29">
         <v>36.980999999999995</v>
       </c>
-      <c r="AB104" s="46">
+      <c r="AB104" s="29">
         <v>1813.9772831000016</v>
       </c>
-      <c r="AC104" s="47">
+      <c r="AC104" s="44">
         <v>885.55867467000007</v>
       </c>
       <c r="AD104" s="7">
         <v>1.2285424066265589</v>
       </c>
     </row>
     <row r="105" spans="1:30" ht="15" customHeight="1">
       <c r="A105" s="24" t="s">
-        <v>164</v>
-[...1 lines deleted...]
-      <c r="B105" s="31">
+        <v>162</v>
+      </c>
+      <c r="B105" s="29">
         <v>7057.73</v>
       </c>
-      <c r="C105" s="31">
+      <c r="C105" s="29">
         <v>3607.5479999999998</v>
       </c>
-      <c r="D105" s="31">
+      <c r="D105" s="29">
         <v>1749.13</v>
       </c>
-      <c r="E105" s="31">
+      <c r="E105" s="29">
         <v>1575.9269999999999</v>
       </c>
-      <c r="F105" s="31">
+      <c r="F105" s="29">
         <v>332.98599999999999</v>
       </c>
-      <c r="G105" s="31">
+      <c r="G105" s="29">
         <v>1040.777</v>
       </c>
-      <c r="H105" s="31">
+      <c r="H105" s="29">
         <v>10777.499</v>
       </c>
-      <c r="I105" s="31">
+      <c r="I105" s="29">
         <v>6.34600000000008</v>
       </c>
-      <c r="J105" s="31">
+      <c r="J105" s="29">
         <v>2046.2260000000001</v>
       </c>
-      <c r="K105" s="31">
+      <c r="K105" s="29">
         <v>11.237</v>
       </c>
-      <c r="L105" s="31">
+      <c r="L105" s="29">
         <v>4.1150000000000002</v>
       </c>
-      <c r="M105" s="31">
+      <c r="M105" s="29">
         <v>8.31</v>
       </c>
-      <c r="N105" s="31">
+      <c r="N105" s="29">
         <v>2069.8879999999999</v>
       </c>
-      <c r="O105" s="31">
+      <c r="O105" s="29">
         <v>30884.811000000002</v>
       </c>
-      <c r="P105" s="28">
+      <c r="P105" s="29">
         <v>22036.36</v>
       </c>
-      <c r="Q105" s="28">
+      <c r="Q105" s="29">
         <v>10666.287</v>
       </c>
-      <c r="R105" s="28">
+      <c r="R105" s="29">
         <v>420.291</v>
       </c>
-      <c r="S105" s="28">
+      <c r="S105" s="29">
         <v>10248.451000000001</v>
       </c>
-      <c r="T105" s="28">
+      <c r="T105" s="29">
         <v>0</v>
       </c>
       <c r="U105" s="29">
         <v>701.33100000000002</v>
       </c>
-      <c r="V105" s="28">
+      <c r="V105" s="29">
         <v>8155.8980000000001</v>
       </c>
-      <c r="W105" s="28">
+      <c r="W105" s="29">
         <v>776.47457290000011</v>
       </c>
-      <c r="X105" s="28">
+      <c r="X105" s="29">
         <v>3528.5619999999981</v>
       </c>
-      <c r="Y105" s="28">
+      <c r="Y105" s="29">
         <v>34497.294572899998</v>
       </c>
-      <c r="Z105" s="28">
+      <c r="Z105" s="29">
         <v>1791.672</v>
       </c>
-      <c r="AA105" s="28">
+      <c r="AA105" s="29">
         <v>42.541999999999916</v>
       </c>
-      <c r="AB105" s="46">
+      <c r="AB105" s="29">
         <v>3612.4835728999974</v>
       </c>
-      <c r="AC105" s="47">
+      <c r="AC105" s="44">
         <v>939.14455638999993</v>
       </c>
       <c r="AD105" s="7">
         <v>1.2680700268608533</v>
       </c>
     </row>
     <row r="106" spans="1:30" ht="15" customHeight="1">
       <c r="A106" s="24" t="s">
-        <v>165</v>
-[...1 lines deleted...]
-      <c r="B106" s="31">
+        <v>163</v>
+      </c>
+      <c r="B106" s="29">
         <v>8736.8320000000003</v>
       </c>
-      <c r="C106" s="31">
+      <c r="C106" s="29">
         <v>4628.0590000000002</v>
       </c>
-      <c r="D106" s="31">
+      <c r="D106" s="29">
         <v>1753.8579999999999</v>
       </c>
-      <c r="E106" s="31">
+      <c r="E106" s="29">
         <v>1495.1969999999999</v>
       </c>
-      <c r="F106" s="31">
+      <c r="F106" s="29">
         <v>553.86800000000005</v>
       </c>
-      <c r="G106" s="31">
+      <c r="G106" s="29">
         <v>1907.14</v>
       </c>
-      <c r="H106" s="31">
+      <c r="H106" s="29">
         <v>11734.817000000001</v>
       </c>
-      <c r="I106" s="31">
+      <c r="I106" s="29">
         <v>14.629000000000079</v>
       </c>
-      <c r="J106" s="31">
+      <c r="J106" s="29">
         <v>3216.433</v>
       </c>
-      <c r="K106" s="31">
+      <c r="K106" s="29">
         <v>121.15</v>
       </c>
-      <c r="L106" s="31">
+      <c r="L106" s="29">
         <v>8.4629999999999992</v>
       </c>
-      <c r="M106" s="31">
+      <c r="M106" s="29">
         <v>14.986000000000001</v>
       </c>
-      <c r="N106" s="31">
+      <c r="N106" s="29">
         <v>3361.0319999999997</v>
       </c>
-      <c r="O106" s="31">
+      <c r="O106" s="29">
         <v>37134.065999999999</v>
       </c>
-      <c r="P106" s="28">
+      <c r="P106" s="29">
         <v>17962.099000000002</v>
       </c>
-      <c r="Q106" s="28">
+      <c r="Q106" s="29">
         <v>6565.1379999999999</v>
       </c>
-      <c r="R106" s="28">
+      <c r="R106" s="29">
         <v>419.12100000000004</v>
       </c>
-      <c r="S106" s="28">
+      <c r="S106" s="29">
         <v>10310.823999999999</v>
       </c>
-      <c r="T106" s="28">
+      <c r="T106" s="29">
         <v>0</v>
       </c>
       <c r="U106" s="29">
         <v>667.01600000000008</v>
       </c>
-      <c r="V106" s="28">
+      <c r="V106" s="29">
         <v>10376.245999999999</v>
       </c>
-      <c r="W106" s="28">
+      <c r="W106" s="29">
         <v>1350.3948942</v>
       </c>
-      <c r="X106" s="28">
+      <c r="X106" s="29">
         <v>3890.3633569999947</v>
       </c>
-      <c r="Y106" s="28">
+      <c r="Y106" s="29">
         <v>33579.103251199995</v>
       </c>
-      <c r="Z106" s="28">
+      <c r="Z106" s="29">
         <v>1768.192</v>
       </c>
-      <c r="AA106" s="28">
+      <c r="AA106" s="29">
         <v>14.33400000000006</v>
       </c>
-      <c r="AB106" s="46">
+      <c r="AB106" s="29">
         <v>-3554.9627488000019</v>
       </c>
-      <c r="AC106" s="47">
+      <c r="AC106" s="44">
         <v>975.00572794000004</v>
       </c>
       <c r="AD106" s="7">
         <v>1.2822344487870223</v>
       </c>
     </row>
     <row r="107" spans="1:30" ht="15" customHeight="1">
       <c r="A107" s="24" t="s">
-        <v>171</v>
-[...7 lines deleted...]
-      <c r="D107" s="31">
+        <v>168</v>
+      </c>
+      <c r="B107" s="29">
+        <v>7247.6729999999998</v>
+      </c>
+      <c r="C107" s="29">
+        <v>3291.547</v>
+      </c>
+      <c r="D107" s="29">
         <v>1758.5909999999999</v>
       </c>
-      <c r="E107" s="31">
-[...11 lines deleted...]
-      <c r="I107" s="31">
+      <c r="E107" s="29">
+        <v>1523.9190000000001</v>
+      </c>
+      <c r="F107" s="29">
+        <v>271.15100000000001</v>
+      </c>
+      <c r="G107" s="29">
+        <v>1144.675</v>
+      </c>
+      <c r="H107" s="29">
+        <v>9538.902</v>
+      </c>
+      <c r="I107" s="29">
         <v>4.117</v>
       </c>
-      <c r="J107" s="31">
-[...29 lines deleted...]
-      <c r="T107" s="28">
+      <c r="J107" s="29">
+        <v>1292.3130000000001</v>
+      </c>
+      <c r="K107" s="29">
+        <v>12.446</v>
+      </c>
+      <c r="L107" s="29">
+        <v>2.5129999999999999</v>
+      </c>
+      <c r="M107" s="29">
+        <v>-32.03</v>
+      </c>
+      <c r="N107" s="29">
+        <v>1275.242</v>
+      </c>
+      <c r="O107" s="29">
+        <v>27883.57</v>
+      </c>
+      <c r="P107" s="29">
+        <v>15487.605000000001</v>
+      </c>
+      <c r="Q107" s="29">
+        <v>5176.415</v>
+      </c>
+      <c r="R107" s="29">
+        <v>449.46200000000005</v>
+      </c>
+      <c r="S107" s="29">
+        <v>9177.7880000000023</v>
+      </c>
+      <c r="T107" s="29">
         <v>0</v>
       </c>
       <c r="U107" s="29">
-        <v>683.68000000000006</v>
-[...22 lines deleted...]
-      <c r="AC107" s="47">
+        <v>683.94</v>
+      </c>
+      <c r="V107" s="29">
+        <v>8597.69</v>
+      </c>
+      <c r="W107" s="29">
+        <v>849.2290544</v>
+      </c>
+      <c r="X107" s="29">
+        <v>3022.1780000000017</v>
+      </c>
+      <c r="Y107" s="29">
+        <v>27956.702054400001</v>
+      </c>
+      <c r="Z107" s="29">
+        <v>1852.903</v>
+      </c>
+      <c r="AA107" s="29">
+        <v>94.312000000000126</v>
+      </c>
+      <c r="AB107" s="29">
+        <v>73.132054400000726</v>
+      </c>
+      <c r="AC107" s="44">
         <v>910.13056467000001</v>
       </c>
       <c r="AD107" s="7">
-        <v>1.2870265276234472</v>
+        <v>1.2851231700265062</v>
       </c>
     </row>
     <row r="108" spans="1:30" ht="15" customHeight="1">
       <c r="A108" s="24" t="s">
-        <v>173</v>
-[...7 lines deleted...]
-      <c r="D108" s="31">
+        <v>170</v>
+      </c>
+      <c r="B108" s="29">
+        <v>8464.6479999999992</v>
+      </c>
+      <c r="C108" s="29">
+        <v>3745.3539999999998</v>
+      </c>
+      <c r="D108" s="29">
         <v>1763.3230000000001</v>
       </c>
-      <c r="E108" s="31">
-[...44 lines deleted...]
-      <c r="T108" s="28">
+      <c r="E108" s="29">
+        <v>1425.8679999999999</v>
+      </c>
+      <c r="F108" s="29">
+        <v>306.98899999999998</v>
+      </c>
+      <c r="G108" s="29">
+        <v>1171.838</v>
+      </c>
+      <c r="H108" s="29">
+        <v>9647.1830000000009</v>
+      </c>
+      <c r="I108" s="29">
+        <v>7.032</v>
+      </c>
+      <c r="J108" s="29">
+        <v>1891.777</v>
+      </c>
+      <c r="K108" s="29">
+        <v>0.93600000000000005</v>
+      </c>
+      <c r="L108" s="29">
+        <v>3.871</v>
+      </c>
+      <c r="M108" s="29">
+        <v>-15.566000000000001</v>
+      </c>
+      <c r="N108" s="29">
+        <v>1881.018</v>
+      </c>
+      <c r="O108" s="29">
+        <v>30550.01</v>
+      </c>
+      <c r="P108" s="29">
+        <v>17255.684999999998</v>
+      </c>
+      <c r="Q108" s="29">
+        <v>6334.98</v>
+      </c>
+      <c r="R108" s="29">
+        <v>427.88299999999998</v>
+      </c>
+      <c r="S108" s="29">
+        <v>9801.4969999999994</v>
+      </c>
+      <c r="T108" s="29">
         <v>0</v>
       </c>
       <c r="U108" s="29">
-        <v>691.17900000000009</v>
-[...23 lines deleted...]
-        <v>972.02267608</v>
+        <v>691.32499999999993</v>
+      </c>
+      <c r="V108" s="29">
+        <v>9850.6640000000007</v>
+      </c>
+      <c r="W108" s="29">
+        <v>965.63493110000002</v>
+      </c>
+      <c r="X108" s="29">
+        <v>4214.5698359999988</v>
+      </c>
+      <c r="Y108" s="29">
+        <v>32286.553767099998</v>
+      </c>
+      <c r="Z108" s="29">
+        <v>1805.77</v>
+      </c>
+      <c r="AA108" s="29">
+        <v>42.446999999999889</v>
+      </c>
+      <c r="AB108" s="29">
+        <v>1736.5437670999988</v>
+      </c>
+      <c r="AC108" s="44">
+        <v>972.39667608000002</v>
       </c>
       <c r="AD108" s="7">
-        <v>1.2807444979603961</v>
+        <v>1.2774633402041669</v>
+      </c>
+    </row>
+    <row r="109" spans="1:30" ht="15" customHeight="1">
+      <c r="A109" s="24" t="s">
+        <v>174</v>
+      </c>
+      <c r="B109" s="29">
+        <v>7639.5410000000002</v>
+      </c>
+      <c r="C109" s="29">
+        <v>4204.7349999999997</v>
+      </c>
+      <c r="D109" s="29">
+        <v>1768.0530000000001</v>
+      </c>
+      <c r="E109" s="29">
+        <v>1604.3030000000001</v>
+      </c>
+      <c r="F109" s="29">
+        <v>386.56</v>
+      </c>
+      <c r="G109" s="29">
+        <v>1228.78</v>
+      </c>
+      <c r="H109" s="29">
+        <v>12045.180999999999</v>
+      </c>
+      <c r="I109" s="29">
+        <v>10.281000000000001</v>
+      </c>
+      <c r="J109" s="29">
+        <v>2322.1709999999998</v>
+      </c>
+      <c r="K109" s="29">
+        <v>9.5890000000000004</v>
+      </c>
+      <c r="L109" s="29">
+        <v>5.25</v>
+      </c>
+      <c r="M109" s="29">
+        <v>-31.064</v>
+      </c>
+      <c r="N109" s="29">
+        <v>2305.9460000000004</v>
+      </c>
+      <c r="O109" s="29">
+        <v>34216.245000000003</v>
+      </c>
+      <c r="P109" s="29">
+        <v>23112.888999999999</v>
+      </c>
+      <c r="Q109" s="29">
+        <v>11088.898999999999</v>
+      </c>
+      <c r="R109" s="29">
+        <v>439.589</v>
+      </c>
+      <c r="S109" s="29">
+        <v>10869.055000000002</v>
+      </c>
+      <c r="T109" s="29">
+        <v>0</v>
+      </c>
+      <c r="U109" s="29">
+        <v>715.346</v>
+      </c>
+      <c r="V109" s="29">
+        <v>9505.1119999999992</v>
+      </c>
+      <c r="W109" s="29">
+        <v>1170.8460490999998</v>
+      </c>
+      <c r="X109" s="29">
+        <v>3379.7509219999956</v>
+      </c>
+      <c r="Y109" s="29">
+        <v>37168.597971099996</v>
+      </c>
+      <c r="Z109" s="29">
+        <v>1746.8009999999999</v>
+      </c>
+      <c r="AA109" s="29">
+        <v>-21.25200000000018</v>
+      </c>
+      <c r="AB109" s="29">
+        <v>2952.3529710999951</v>
+      </c>
+      <c r="AC109" s="44">
+        <v>1029.85547655</v>
+      </c>
+      <c r="AD109" s="7">
+        <v>1.3090994717855897</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="34">
-    <mergeCell ref="AB8:AB9"/>
-[...16 lines deleted...]
-    <mergeCell ref="E8:E9"/>
     <mergeCell ref="AC8:AC9"/>
     <mergeCell ref="AC7:AD7"/>
     <mergeCell ref="AD8:AD9"/>
     <mergeCell ref="B7:O7"/>
     <mergeCell ref="P7:Y7"/>
     <mergeCell ref="Z7:AB7"/>
     <mergeCell ref="F8:F9"/>
     <mergeCell ref="G8:G9"/>
     <mergeCell ref="H8:H9"/>
     <mergeCell ref="I8:I9"/>
     <mergeCell ref="O8:O9"/>
     <mergeCell ref="P8:P9"/>
     <mergeCell ref="Q8:Q9"/>
     <mergeCell ref="J8:J9"/>
     <mergeCell ref="R8:R9"/>
     <mergeCell ref="N8:N9"/>
+    <mergeCell ref="A8:A9"/>
+    <mergeCell ref="B8:B9"/>
+    <mergeCell ref="C8:C9"/>
+    <mergeCell ref="D8:D9"/>
+    <mergeCell ref="E8:E9"/>
+    <mergeCell ref="M8:M9"/>
+    <mergeCell ref="L8:L9"/>
+    <mergeCell ref="K8:K9"/>
+    <mergeCell ref="Z8:Z9"/>
+    <mergeCell ref="AA8:AA9"/>
+    <mergeCell ref="AB8:AB9"/>
+    <mergeCell ref="S8:S9"/>
+    <mergeCell ref="T8:T9"/>
+    <mergeCell ref="U8:U9"/>
+    <mergeCell ref="V8:V9"/>
+    <mergeCell ref="W8:W9"/>
+    <mergeCell ref="X8:X9"/>
+    <mergeCell ref="Y8:Y9"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="Sheet2"/>
   <dimension ref="A2:B34"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="45.42578125" style="20" customWidth="1"/>
     <col min="2" max="2" width="54.7109375" style="22" customWidth="1"/>
     <col min="3" max="16384" width="9.140625" style="14"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:2">
       <c r="A2" s="1" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
     </row>
     <row r="3" spans="1:2" ht="13.5" thickBot="1">
       <c r="A3" s="14"/>
     </row>
     <row r="4" spans="1:2" ht="13.5" customHeight="1" thickTop="1">
-      <c r="A4" s="36" t="s">
+      <c r="A4" s="34" t="s">
+        <v>81</v>
+      </c>
+      <c r="B4" s="15" t="s">
         <v>82</v>
       </c>
-      <c r="B4" s="15" t="s">
+    </row>
+    <row r="5" spans="1:2" ht="13.5" customHeight="1">
+      <c r="A5" s="34" t="s">
         <v>83</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A5" s="36" t="s">
+      <c r="B5" s="16" t="s">
         <v>84</v>
       </c>
-      <c r="B5" s="16" t="s">
+    </row>
+    <row r="6" spans="1:2" ht="13.5" customHeight="1">
+      <c r="A6" s="34" t="s">
         <v>85</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A6" s="36" t="s">
+      <c r="B6" s="17" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="7" spans="1:2" ht="13.5" customHeight="1">
+      <c r="A7" s="34" t="s">
         <v>86</v>
       </c>
-      <c r="B6" s="17" t="s">
-[...4 lines deleted...]
-      <c r="A7" s="36" t="s">
+      <c r="B7" s="43" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="8" spans="1:2" ht="13.5" customHeight="1">
+      <c r="A8" s="34" t="s">
         <v>87</v>
       </c>
-      <c r="B7" s="45" t="s">
+      <c r="B8" s="39" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="9" spans="1:2" ht="13.5" customHeight="1">
+      <c r="A9" s="34" t="s">
+        <v>89</v>
+      </c>
+      <c r="B9" s="40">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="10" spans="1:2" ht="13.5" customHeight="1">
+      <c r="A10" s="34" t="s">
+        <v>90</v>
+      </c>
+      <c r="B10" s="41" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="11" spans="1:2" ht="13.5" customHeight="1">
+      <c r="A11" s="34" t="s">
+        <v>91</v>
+      </c>
+      <c r="B11" s="42" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="12" spans="1:2" ht="13.5" customHeight="1">
+      <c r="A12" s="34" t="s">
+        <v>92</v>
+      </c>
+      <c r="B12" s="42" t="s">
         <v>176</v>
       </c>
     </row>
-    <row r="8" spans="1:2" ht="13.5" customHeight="1">
-      <c r="A8" s="36" t="s">
+    <row r="13" spans="1:2" ht="13.5" customHeight="1">
+      <c r="A13" s="34" t="s">
+        <v>93</v>
+      </c>
+      <c r="B13" s="18" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="14" spans="1:2" ht="13.5" customHeight="1" thickBot="1">
+      <c r="A14" s="34"/>
+      <c r="B14" s="19" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="15" spans="1:2" ht="13.5" customHeight="1" thickTop="1">
+      <c r="A15" s="35"/>
+    </row>
+    <row r="16" spans="1:2" ht="13.5" customHeight="1">
+      <c r="A16" s="36" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="17" spans="1:2" ht="13.5" customHeight="1" thickBot="1">
+      <c r="A17" s="33"/>
+    </row>
+    <row r="18" spans="1:2" ht="13.5" customHeight="1" thickTop="1">
+      <c r="A18" s="34" t="s">
+        <v>97</v>
+      </c>
+      <c r="B18" s="15" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="19" spans="1:2" ht="13.5" customHeight="1">
+      <c r="A19" s="34" t="s">
+        <v>99</v>
+      </c>
+      <c r="B19" s="38" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="20" spans="1:2" ht="13.5" customHeight="1">
+      <c r="A20" s="34" t="s">
+        <v>101</v>
+      </c>
+      <c r="B20" s="38" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="21" spans="1:2" ht="13.5" customHeight="1">
+      <c r="A21" s="34" t="s">
+        <v>102</v>
+      </c>
+      <c r="B21" s="38" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="22" spans="1:2" ht="13.5" customHeight="1">
+      <c r="A22" s="34" t="s">
+        <v>103</v>
+      </c>
+      <c r="B22" s="39" t="s">
         <v>88</v>
       </c>
-      <c r="B8" s="41" t="s">
-[...7 lines deleted...]
-      <c r="B9" s="42">
+    </row>
+    <row r="23" spans="1:2" ht="13.5" customHeight="1">
+      <c r="A23" s="34" t="s">
+        <v>104</v>
+      </c>
+      <c r="B23" s="40">
         <v>6</v>
       </c>
     </row>
-    <row r="10" spans="1:2" ht="13.5" customHeight="1">
-[...27 lines deleted...]
-      <c r="B13" s="18" t="s">
+    <row r="24" spans="1:2" ht="13.5" customHeight="1">
+      <c r="A24" s="34" t="s">
+        <v>105</v>
+      </c>
+      <c r="B24" s="41" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="25" spans="1:2" ht="13.5" customHeight="1">
+      <c r="A25" s="34" t="s">
+        <v>106</v>
+      </c>
+      <c r="B25" s="42" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="26" spans="1:2" ht="13.5" customHeight="1">
+      <c r="A26" s="34" t="s">
+        <v>107</v>
+      </c>
+      <c r="B26" s="42" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="27" spans="1:2" ht="13.5" customHeight="1">
+      <c r="A27" s="34" t="s">
+        <v>108</v>
+      </c>
+      <c r="B27" s="37" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="28" spans="1:2" ht="13.5" customHeight="1" thickBot="1">
+      <c r="A28" s="34"/>
+      <c r="B28" s="19" t="s">
         <v>95</v>
-      </c>
-[...101 lines deleted...]
-        <v>96</v>
       </c>
     </row>
     <row r="29" spans="1:2" ht="13.5" thickTop="1"/>
     <row r="30" spans="1:2">
       <c r="A30" s="21"/>
     </row>
     <row r="34" spans="1:1">
       <c r="A34" s="22"/>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B28" r:id="rId1" xr:uid="{00000000-0004-0000-0100-000000000000}"/>
     <hyperlink ref="B13" r:id="rId2" xr:uid="{00000000-0004-0000-0100-000001000000}"/>
     <hyperlink ref="B14" r:id="rId3" xr:uid="{00000000-0004-0000-0100-000002000000}"/>
     <hyperlink ref="B27" r:id="rId4" xr:uid="{00000000-0004-0000-0100-000003000000}"/>
   </hyperlinks>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup orientation="portrait" verticalDpi="0" r:id="rId5"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>