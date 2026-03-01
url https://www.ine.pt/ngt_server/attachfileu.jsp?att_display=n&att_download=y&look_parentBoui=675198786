--- v0 (2025-10-13)
+++ v1 (2026-03-01)
@@ -1,101 +1,101 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="R:\lsb\DCN_CAP\CTNFAP_B21\Portal\Portal_Carregamento\Quadros B.4.1 - Administrações públicas\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{6C45B6CC-A471-4F4E-867E-C2305B8FAA97}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{80E86A1E-CB70-4EE5-BCA2-75C83BA54BC7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="811" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Quadro B.4.1.7" sheetId="3" r:id="rId1"/>
     <sheet name="MetaInfo" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="__TAB1">#REF!</definedName>
     <definedName name="__TAB4">#REF!</definedName>
     <definedName name="_TAB1">#REF!</definedName>
     <definedName name="_TAB4">#REF!</definedName>
     <definedName name="bbbbbb">#REF!</definedName>
     <definedName name="COVER">#REF!</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Quadro B.4.1.7'!$A$7:$Y$27</definedName>
     <definedName name="TAB2A">#REF!</definedName>
     <definedName name="TAB2B">#REF!</definedName>
     <definedName name="TAB2C">#REF!</definedName>
     <definedName name="TAB2D">#REF!</definedName>
     <definedName name="TAB3A">#REF!</definedName>
     <definedName name="TAB3B">#REF!</definedName>
     <definedName name="TAB3C">#REF!</definedName>
     <definedName name="TAB3D">#REF!</definedName>
     <definedName name="TAB3E">#REF!</definedName>
     <definedName name="Table3a_1">#REF!</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="161" uniqueCount="157">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="162" uniqueCount="136">
   <si>
     <t>Metainformação associada ao quadro</t>
   </si>
   <si>
     <t>Periodicidade</t>
   </si>
   <si>
     <t>Fonte</t>
   </si>
   <si>
     <t>Primeiro período disponível</t>
   </si>
   <si>
     <t>Último período disponível</t>
   </si>
   <si>
     <t>Unidade</t>
   </si>
   <si>
     <t>Potência de 10</t>
   </si>
   <si>
     <t>Observações</t>
   </si>
   <si>
@@ -113,176 +113,56 @@
   <si>
     <t>Last available period</t>
   </si>
   <si>
     <t>Unit</t>
   </si>
   <si>
     <t xml:space="preserve">Power of 10 </t>
   </si>
   <si>
     <t>Observations</t>
   </si>
   <si>
     <t>Last update date</t>
   </si>
   <si>
     <t>Next update date</t>
   </si>
   <si>
     <t xml:space="preserve">Methodological Documents </t>
   </si>
   <si>
     <t>Frequency</t>
   </si>
   <si>
-    <t>Receitas totais</t>
-[...112 lines deleted...]
-  <si>
     <t>Data da última atualização</t>
   </si>
   <si>
     <t>Data da próxima atualização</t>
   </si>
   <si>
-    <t>Quadro B.4.1.7 - Receitas e Despesas das Administrações Públicas (trimestral)</t>
-[...4 lines deleted...]
-  <si>
     <t>2008.I</t>
   </si>
   <si>
     <t>2008.II</t>
   </si>
   <si>
     <t>2008.III</t>
   </si>
   <si>
     <t>2008.IV</t>
   </si>
   <si>
     <t>2009.I</t>
   </si>
   <si>
     <t>2009.II</t>
   </si>
   <si>
     <t>2009.III</t>
   </si>
   <si>
     <t>2009.IV</t>
   </si>
   <si>
     <t>2010.I</t>
@@ -327,114 +207,78 @@
     <t>2013.II</t>
   </si>
   <si>
     <t>2013.III</t>
   </si>
   <si>
     <t>2013.IV</t>
   </si>
   <si>
     <t>2014.I</t>
   </si>
   <si>
     <t>2014.II</t>
   </si>
   <si>
     <t>2014.III</t>
   </si>
   <si>
     <t>2014.IV</t>
   </si>
   <si>
     <t>2015.I</t>
   </si>
   <si>
     <t>2015.II</t>
-  </si>
-[...13 lines deleted...]
-    </r>
   </si>
   <si>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>(1)</t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> Inclui Formação bruta de capital e Aquisições líquidas cessões ativos não financeiros não produzidos</t>
     </r>
   </si>
   <si>
-    <r>
-[...13 lines deleted...]
-  <si>
     <t xml:space="preserve">    Includes Gross capital formation and Acquisitions less disposals of non-financial non-produced assets</t>
   </si>
   <si>
     <t>2015.III</t>
   </si>
   <si>
     <t>2015.IV</t>
-  </si>
-[...4 lines deleted...]
-    <t>ESA transaction</t>
   </si>
   <si>
     <t>2016.I</t>
   </si>
   <si>
     <t>2016.II</t>
   </si>
   <si>
     <t>2016.III</t>
   </si>
   <si>
     <t>2016.IV</t>
   </si>
   <si>
     <t>2017.I</t>
   </si>
   <si>
     <t>2017.II</t>
   </si>
   <si>
     <t>2017.III</t>
   </si>
   <si>
     <t>2017.IV</t>
   </si>
@@ -539,143 +383,483 @@
   <si>
     <t>2020.II</t>
   </si>
   <si>
     <t>2020.III</t>
   </si>
   <si>
     <t>2020.IV</t>
   </si>
   <si>
     <t>2021.I</t>
   </si>
   <si>
     <t>2021.II</t>
   </si>
   <si>
     <t>2021.III</t>
   </si>
   <si>
     <t>2021.IV</t>
   </si>
   <si>
     <t>2022.I</t>
   </si>
   <si>
-    <t>Saldo em % do PIB</t>
-[...4 lines deleted...]
-  <si>
     <t>2022.II</t>
   </si>
   <si>
     <t>2022.III</t>
   </si>
   <si>
     <t>2022.IV</t>
   </si>
   <si>
     <t>2023.I</t>
   </si>
   <si>
     <t>2023.II</t>
   </si>
   <si>
     <t>2023.III</t>
   </si>
   <si>
     <t>2023.IV</t>
   </si>
   <si>
     <t>2024.II</t>
   </si>
   <si>
     <t>Base 2021; Po - valor provisório; Pe - valor preliminar</t>
   </si>
   <si>
     <t>Base 2021; Po - provisional value; Pe - preliminary value</t>
   </si>
   <si>
     <t>2024.I</t>
   </si>
   <si>
     <t>2024.III</t>
   </si>
   <si>
     <t>2024.IV</t>
   </si>
   <si>
-    <t>23-09-2025</t>
-[...1 lines deleted...]
-  <si>
     <t>2025.I</t>
   </si>
   <si>
     <t>2025.II</t>
   </si>
   <si>
     <t>23-12-2025</t>
   </si>
   <si>
     <r>
-      <t>2</t>
+      <t xml:space="preserve">Receita corrente
+</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="8"/>
+        <color indexed="57"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Current revenue</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Impostos sobre o rendimento e património
+</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="8"/>
+        <color indexed="57"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Current taxes on income and wealth </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Impostos sobre a produção e importação
+</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="8"/>
+        <color indexed="57"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Taxes on production and imports</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Contribuições sociais
+</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="8"/>
+        <color indexed="57"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Social contributions</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Vendas
+</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="8"/>
+        <color indexed="57"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Sales</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Outras receitas correntes
+</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="8"/>
+        <color indexed="57"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Other current revenue</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Receita de capital
+</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="8"/>
+        <color indexed="57"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Capital revenue</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Despesa corrente
+</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="8"/>
+        <color indexed="57"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Current expenditure</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Prestações sociais
+</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="8"/>
+        <color indexed="57"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Social benefits</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Despesas com pessoal
+</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="8"/>
+        <color indexed="57"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Compensation of employees</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Juros
+</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="8"/>
+        <color indexed="57"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Interest</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Consumo intermédio
+</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="8"/>
+        <color indexed="57"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Intermediate consumption</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Subsídios
+</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="8"/>
+        <color indexed="57"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Subsidies</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Outra despesa corrente
+</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="8"/>
+        <color indexed="57"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Other current expenditure</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Despesa de capital
+</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="8"/>
+        <color indexed="57"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Capital expenditure</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Investimento
+</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="8"/>
+        <color theme="0"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Investment</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <color theme="0"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="8"/>
+        <color theme="0"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>(1)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Outra despesa de capital
+</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="8"/>
+        <color indexed="57"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Other capital expenditure</t>
+    </r>
+  </si>
+  <si>
+    <t>Saldo total
+Balance</t>
+  </si>
+  <si>
+    <t>Saldo em % do PIB
+Balance in % of GDP</t>
+  </si>
+  <si>
+    <t>Operação SEC
+ESA Transaction</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Receita total
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="8"/>
+        <color indexed="57"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Total revenue</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Despesa total
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="8"/>
+        <color indexed="57"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Total expenditure</t>
+    </r>
+  </si>
+  <si>
+    <t>Quadro B.4.1.7 - Receitas e Despesas das Administrações Públicas (S.13; trimestral)</t>
+  </si>
+  <si>
+    <t>Table B.4.1.7- General Government revenue and expenditure (S.13; quarterly)</t>
+  </si>
+  <si>
+    <t>2025.III</t>
+  </si>
+  <si>
+    <t>3º trimestre de 2025</t>
+  </si>
+  <si>
+    <t>26-03-2026</t>
+  </si>
+  <si>
+    <r>
+      <t>3</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>nd</t>
+      <t>rd</t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> quarter 2025</t>
     </r>
-  </si>
-[...1 lines deleted...]
-    <t>2º trimestre de 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
     <numFmt numFmtId="165" formatCode="#,##0.000"/>
     <numFmt numFmtId="166" formatCode="0.0"/>
     <numFmt numFmtId="167" formatCode="0.0%"/>
   </numFmts>
-  <fonts count="37" x14ac:knownFonts="1">
+  <fonts count="40" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
@@ -823,84 +1007,106 @@
     <font>
       <sz val="8"/>
       <color indexed="57"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <color indexed="57"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
-      <vertAlign val="superscript"/>
-[...5 lines deleted...]
-    <font>
       <b/>
       <sz val="8"/>
       <color rgb="FF9BBCBF"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="0"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="0"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <color theme="0"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <i/>
+      <sz val="8"/>
+      <color indexed="57"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <i/>
+      <sz val="8"/>
+      <color indexed="57"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <i/>
+      <sz val="8"/>
+      <color theme="0"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <vertAlign val="superscript"/>
+      <sz val="8"/>
+      <color theme="0"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="29">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="31"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="45"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="42"/>
       </patternFill>
@@ -1009,51 +1215,51 @@
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="17"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="52"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF9BBCBF"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="21">
+  <borders count="20">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="23"/>
       </left>
       <right style="thin">
         <color indexed="23"/>
       </right>
       <top style="thin">
         <color indexed="23"/>
       </top>
       <bottom style="thin">
         <color indexed="23"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="double">
         <color indexed="63"/>
@@ -1157,61 +1363,50 @@
     </border>
     <border>
       <left/>
       <right/>
       <top style="medium">
         <color indexed="20"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="20"/>
       </left>
       <right style="medium">
         <color indexed="20"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="20"/>
       </left>
-      <right style="medium">
-[...9 lines deleted...]
-      </left>
       <right/>
       <top/>
       <bottom style="medium">
         <color indexed="20"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="double">
         <color rgb="FF9BBCBF"/>
       </left>
       <right style="thin">
         <color rgb="FF9BBCBF"/>
       </right>
       <top style="double">
         <color rgb="FF9BBCBF"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF9BBCBF"/>
       </left>
       <right style="double">
@@ -1299,151 +1494,156 @@
     <xf numFmtId="0" fontId="5" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="7" fillId="20" borderId="1" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="21" borderId="2" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="4" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="3" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="5" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="7" borderId="1" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="6" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="16" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="29" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="23" borderId="7" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="20" borderId="8" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="9" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="9" fontId="36" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="35" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="41">
+  <cellXfs count="43">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="24" fillId="24" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="26" fillId="25" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="25" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="27" fillId="26" borderId="0" xfId="38" applyFont="1" applyFill="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="3" fillId="24" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="27" fillId="26" borderId="11" xfId="38" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...10 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="27" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="164" fontId="3" fillId="27" borderId="0" xfId="39" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="27" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="0" fillId="27" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
     <xf numFmtId="164" fontId="0" fillId="27" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
     <xf numFmtId="0" fontId="3" fillId="27" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="23" fillId="27" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="1" fillId="27" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="32" fillId="27" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="31" fillId="27" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="33" fillId="28" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="32" fillId="28" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="27" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="27" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="33" fillId="28" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="32" fillId="28" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="27" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="27" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="27" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="27" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="27" borderId="18" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="27" borderId="17" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="27" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="27" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="27" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="27" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="27" borderId="18" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="27" borderId="17" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="14" fontId="3" fillId="27" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="3" fillId="27" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="14" fontId="28" fillId="27" borderId="18" xfId="34" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="14" fontId="28" fillId="27" borderId="17" xfId="34" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="34" fillId="28" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="28" fillId="27" borderId="20" xfId="34" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="33" fillId="28" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="28" fillId="27" borderId="19" xfId="34" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="0" xfId="39" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="30" fillId="26" borderId="12" xfId="38" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...6 lines deleted...]
-    <xf numFmtId="0" fontId="35" fillId="26" borderId="14" xfId="38" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="34" fillId="26" borderId="13" xfId="38" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="26" borderId="10" xfId="38" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="166" fontId="3" fillId="27" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="167" fontId="0" fillId="27" borderId="0" xfId="45" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="30" fillId="26" borderId="11" xfId="38" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="26" borderId="0" xfId="38" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="2"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="26" borderId="0" xfId="38" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="3"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="26" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="3"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="26" borderId="10" xfId="38" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="2"/>
+    </xf>
     <xf numFmtId="0" fontId="30" fillId="26" borderId="0" xfId="38" applyFont="1" applyFill="1" applyAlignment="1">
-      <alignment vertical="center"/>
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
-    <xf numFmtId="167" fontId="0" fillId="27" borderId="0" xfId="45" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="32" fillId="26" borderId="0" xfId="38" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="3"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="26" borderId="10" xfId="38" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="3"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="26" borderId="0" xfId="38" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="26" borderId="10" xfId="38" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="26" borderId="12" xfId="38" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
   </cellXfs>
   <cellStyles count="46">
     <cellStyle name="20% - Accent1" xfId="1" builtinId="30" customBuiltin="1"/>
     <cellStyle name="20% - Accent2" xfId="2" builtinId="34" customBuiltin="1"/>
     <cellStyle name="20% - Accent3" xfId="3" builtinId="38" customBuiltin="1"/>
     <cellStyle name="20% - Accent4" xfId="4" builtinId="42" customBuiltin="1"/>
     <cellStyle name="20% - Accent5" xfId="5" builtinId="46" customBuiltin="1"/>
     <cellStyle name="20% - Accent6" xfId="6" builtinId="50" customBuiltin="1"/>
     <cellStyle name="40% - Accent1" xfId="7" builtinId="31" customBuiltin="1"/>
     <cellStyle name="40% - Accent2" xfId="8" builtinId="35" customBuiltin="1"/>
     <cellStyle name="40% - Accent3" xfId="9" builtinId="39" customBuiltin="1"/>
     <cellStyle name="40% - Accent4" xfId="10" builtinId="43" customBuiltin="1"/>
     <cellStyle name="40% - Accent5" xfId="11" builtinId="47" customBuiltin="1"/>
     <cellStyle name="40% - Accent6" xfId="12" builtinId="51" customBuiltin="1"/>
     <cellStyle name="60% - Accent1" xfId="13" builtinId="32" customBuiltin="1"/>
     <cellStyle name="60% - Accent2" xfId="14" builtinId="36" customBuiltin="1"/>
     <cellStyle name="60% - Accent3" xfId="15" builtinId="40" customBuiltin="1"/>
     <cellStyle name="60% - Accent4" xfId="16" builtinId="44" customBuiltin="1"/>
     <cellStyle name="60% - Accent5" xfId="17" builtinId="48" customBuiltin="1"/>
     <cellStyle name="60% - Accent6" xfId="18" builtinId="52" customBuiltin="1"/>
     <cellStyle name="Accent1" xfId="19" builtinId="29" customBuiltin="1"/>
     <cellStyle name="Accent2" xfId="20" builtinId="33" customBuiltin="1"/>
     <cellStyle name="Accent3" xfId="21" builtinId="37" customBuiltin="1"/>
     <cellStyle name="Accent4" xfId="22" builtinId="41" customBuiltin="1"/>
     <cellStyle name="Accent5" xfId="23" builtinId="45" customBuiltin="1"/>
@@ -1830,5285 +2030,5354 @@
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/eurostat/documents/3859598/10042108/KS-GQ-19-007-EN-N.pdf/5d6fc8f4-58e3-4354-acd3-a29a66f2e00c" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ine.pt/ngt_server/attachfileu.jsp?look_parentBoui=215821289&amp;att_display=n&amp;att_download=y" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ine.pt/ngt_server/attachfileu.jsp?look_parentBoui=215820499&amp;att_display=n&amp;att_download=y" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/eurostat/documents/3859598/10042108/KS-GQ-19-007-EN-N.pdf/5d6fc8f4-58e3-4354-acd3-a29a66f2e00c" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet1"/>
-  <dimension ref="A1:BV47"/>
+  <dimension ref="A1:BW47"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="64.42578125" style="13" bestFit="1" customWidth="1"/>
-[...13 lines deleted...]
-    <col min="74" max="16384" width="9.140625" style="11"/>
+    <col min="1" max="1" width="64.42578125" style="7" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="9.140625" style="10" customWidth="1"/>
+    <col min="3" max="21" width="9.140625" style="5" customWidth="1"/>
+    <col min="22" max="26" width="9.28515625" style="5" bestFit="1" customWidth="1"/>
+    <col min="27" max="27" width="9.140625" style="5" customWidth="1"/>
+    <col min="28" max="28" width="10.140625" style="5" bestFit="1" customWidth="1"/>
+    <col min="29" max="37" width="9.28515625" style="5" bestFit="1" customWidth="1"/>
+    <col min="38" max="38" width="10.140625" style="5" bestFit="1" customWidth="1"/>
+    <col min="39" max="50" width="9.28515625" style="5" bestFit="1" customWidth="1"/>
+    <col min="51" max="51" width="10.140625" style="5" bestFit="1" customWidth="1"/>
+    <col min="52" max="66" width="9.28515625" style="5" bestFit="1" customWidth="1"/>
+    <col min="67" max="72" width="9.28515625" style="5" customWidth="1"/>
+    <col min="73" max="73" width="35.28515625" style="5" bestFit="1" customWidth="1"/>
+    <col min="74" max="74" width="10.140625" style="5" bestFit="1" customWidth="1"/>
+    <col min="75" max="16384" width="9.140625" style="5"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:74" x14ac:dyDescent="0.2">
-      <c r="A1" s="16"/>
+    <row r="1" spans="1:75" x14ac:dyDescent="0.2">
+      <c r="A1" s="10"/>
     </row>
-    <row r="2" spans="1:74" x14ac:dyDescent="0.2">
+    <row r="2" spans="1:75" x14ac:dyDescent="0.2">
       <c r="A2" s="2" t="s">
-        <v>60</v>
+        <v>130</v>
       </c>
     </row>
-    <row r="3" spans="1:74" x14ac:dyDescent="0.2">
+    <row r="3" spans="1:75" x14ac:dyDescent="0.2">
       <c r="A3" s="2" t="s">
-        <v>61</v>
+        <v>131</v>
       </c>
     </row>
-    <row r="4" spans="1:74" x14ac:dyDescent="0.2">
+    <row r="4" spans="1:75" x14ac:dyDescent="0.2">
       <c r="A4" s="3"/>
     </row>
-    <row r="5" spans="1:74" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:75" x14ac:dyDescent="0.2">
       <c r="A5" s="3" t="s">
-        <v>124</v>
+        <v>80</v>
       </c>
     </row>
-    <row r="6" spans="1:74" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:75" x14ac:dyDescent="0.2">
       <c r="A6" s="3"/>
     </row>
-    <row r="7" spans="1:74" s="17" customFormat="1" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A7" s="34" t="s">
+    <row r="7" spans="1:75" s="11" customFormat="1" ht="27.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="42" t="s">
+        <v>127</v>
+      </c>
+      <c r="B7" s="28" t="s">
+        <v>22</v>
+      </c>
+      <c r="C7" s="29" t="s">
+        <v>23</v>
+      </c>
+      <c r="D7" s="29" t="s">
+        <v>24</v>
+      </c>
+      <c r="E7" s="29" t="s">
+        <v>25</v>
+      </c>
+      <c r="F7" s="29" t="s">
+        <v>26</v>
+      </c>
+      <c r="G7" s="29" t="s">
+        <v>27</v>
+      </c>
+      <c r="H7" s="29" t="s">
+        <v>28</v>
+      </c>
+      <c r="I7" s="29" t="s">
+        <v>29</v>
+      </c>
+      <c r="J7" s="29" t="s">
+        <v>30</v>
+      </c>
+      <c r="K7" s="29" t="s">
+        <v>31</v>
+      </c>
+      <c r="L7" s="29" t="s">
+        <v>32</v>
+      </c>
+      <c r="M7" s="29" t="s">
+        <v>33</v>
+      </c>
+      <c r="N7" s="29" t="s">
+        <v>34</v>
+      </c>
+      <c r="O7" s="29" t="s">
+        <v>35</v>
+      </c>
+      <c r="P7" s="29" t="s">
+        <v>36</v>
+      </c>
+      <c r="Q7" s="29" t="s">
+        <v>37</v>
+      </c>
+      <c r="R7" s="29" t="s">
+        <v>38</v>
+      </c>
+      <c r="S7" s="29" t="s">
+        <v>39</v>
+      </c>
+      <c r="T7" s="29" t="s">
+        <v>40</v>
+      </c>
+      <c r="U7" s="29" t="s">
+        <v>41</v>
+      </c>
+      <c r="V7" s="29" t="s">
+        <v>42</v>
+      </c>
+      <c r="W7" s="29" t="s">
+        <v>43</v>
+      </c>
+      <c r="X7" s="29" t="s">
+        <v>44</v>
+      </c>
+      <c r="Y7" s="29" t="s">
+        <v>45</v>
+      </c>
+      <c r="Z7" s="29" t="s">
+        <v>46</v>
+      </c>
+      <c r="AA7" s="29" t="s">
+        <v>47</v>
+      </c>
+      <c r="AB7" s="29" t="s">
+        <v>48</v>
+      </c>
+      <c r="AC7" s="29" t="s">
+        <v>49</v>
+      </c>
+      <c r="AD7" s="29" t="s">
+        <v>50</v>
+      </c>
+      <c r="AE7" s="29" t="s">
+        <v>51</v>
+      </c>
+      <c r="AF7" s="29" t="s">
+        <v>54</v>
+      </c>
+      <c r="AG7" s="29" t="s">
+        <v>55</v>
+      </c>
+      <c r="AH7" s="29" t="s">
+        <v>56</v>
+      </c>
+      <c r="AI7" s="29" t="s">
+        <v>57</v>
+      </c>
+      <c r="AJ7" s="29" t="s">
+        <v>58</v>
+      </c>
+      <c r="AK7" s="29" t="s">
+        <v>59</v>
+      </c>
+      <c r="AL7" s="29" t="s">
+        <v>60</v>
+      </c>
+      <c r="AM7" s="29" t="s">
+        <v>61</v>
+      </c>
+      <c r="AN7" s="29" t="s">
+        <v>62</v>
+      </c>
+      <c r="AO7" s="29" t="s">
+        <v>63</v>
+      </c>
+      <c r="AP7" s="29" t="s">
+        <v>64</v>
+      </c>
+      <c r="AQ7" s="29" t="s">
+        <v>65</v>
+      </c>
+      <c r="AR7" s="29" t="s">
+        <v>74</v>
+      </c>
+      <c r="AS7" s="29" t="s">
+        <v>76</v>
+      </c>
+      <c r="AT7" s="29" t="s">
+        <v>77</v>
+      </c>
+      <c r="AU7" s="29" t="s">
+        <v>78</v>
+      </c>
+      <c r="AV7" s="29" t="s">
+        <v>79</v>
+      </c>
+      <c r="AW7" s="29" t="s">
+        <v>81</v>
+      </c>
+      <c r="AX7" s="29" t="s">
+        <v>82</v>
+      </c>
+      <c r="AY7" s="29" t="s">
+        <v>84</v>
+      </c>
+      <c r="AZ7" s="29" t="s">
+        <v>85</v>
+      </c>
+      <c r="BA7" s="29" t="s">
+        <v>86</v>
+      </c>
+      <c r="BB7" s="29" t="s">
+        <v>87</v>
+      </c>
+      <c r="BC7" s="29" t="s">
+        <v>88</v>
+      </c>
+      <c r="BD7" s="29" t="s">
+        <v>89</v>
+      </c>
+      <c r="BE7" s="29" t="s">
+        <v>90</v>
+      </c>
+      <c r="BF7" s="29" t="s">
+        <v>91</v>
+      </c>
+      <c r="BG7" s="29" t="s">
+        <v>92</v>
+      </c>
+      <c r="BH7" s="29" t="s">
+        <v>93</v>
+      </c>
+      <c r="BI7" s="29" t="s">
+        <v>94</v>
+      </c>
+      <c r="BJ7" s="29" t="s">
+        <v>95</v>
+      </c>
+      <c r="BK7" s="29" t="s">
+        <v>96</v>
+      </c>
+      <c r="BL7" s="29" t="s">
+        <v>97</v>
+      </c>
+      <c r="BM7" s="29" t="s">
         <v>98</v>
       </c>
-      <c r="B7" s="36" t="s">
-[...101 lines deleted...]
-      <c r="AJ7" s="37" t="s">
+      <c r="BN7" s="29" t="s">
         <v>102</v>
       </c>
-      <c r="AK7" s="37" t="s">
+      <c r="BO7" s="29" t="s">
+        <v>99</v>
+      </c>
+      <c r="BP7" s="29" t="s">
         <v>103</v>
       </c>
-      <c r="AL7" s="37" t="s">
+      <c r="BQ7" s="29" t="s">
         <v>104</v>
       </c>
-      <c r="AM7" s="37" t="s">
+      <c r="BR7" s="29" t="s">
         <v>105</v>
       </c>
-      <c r="AN7" s="37" t="s">
+      <c r="BS7" s="29" t="s">
         <v>106</v>
       </c>
-      <c r="AO7" s="37" t="s">
-[...2 lines deleted...]
-      <c r="AP7" s="37" t="s">
+      <c r="BT7" s="29" t="s">
+        <v>132</v>
+      </c>
+      <c r="BU7" s="42" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="8" spans="1:75" ht="27.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="32" t="s">
+        <v>128</v>
+      </c>
+      <c r="B8" s="6">
+        <v>17123.679999999997</v>
+      </c>
+      <c r="C8" s="6">
+        <v>18858.378000000001</v>
+      </c>
+      <c r="D8" s="6">
+        <v>17406.216</v>
+      </c>
+      <c r="E8" s="6">
+        <v>21252.406414999998</v>
+      </c>
+      <c r="F8" s="6">
+        <v>15987.757</v>
+      </c>
+      <c r="G8" s="6">
+        <v>16043.764999999999</v>
+      </c>
+      <c r="H8" s="6">
+        <v>19274.840999999997</v>
+      </c>
+      <c r="I8" s="6">
+        <v>19532.486200000003</v>
+      </c>
+      <c r="J8" s="6">
+        <v>15718.405000000002</v>
+      </c>
+      <c r="K8" s="6">
+        <v>17401.596000000001</v>
+      </c>
+      <c r="L8" s="6">
+        <v>18705.033999999996</v>
+      </c>
+      <c r="M8" s="6">
+        <v>20962.285309999999</v>
+      </c>
+      <c r="N8" s="6">
+        <v>16414.375</v>
+      </c>
+      <c r="O8" s="6">
+        <v>17508.144999999997</v>
+      </c>
+      <c r="P8" s="6">
+        <v>19340.031999999999</v>
+      </c>
+      <c r="Q8" s="6">
+        <v>21320.933352999997</v>
+      </c>
+      <c r="R8" s="6">
+        <v>16458.271000000001</v>
+      </c>
+      <c r="S8" s="6">
+        <v>17422.140000000003</v>
+      </c>
+      <c r="T8" s="6">
+        <v>18605.638999999999</v>
+      </c>
+      <c r="U8" s="6">
+        <v>19364.635719999998</v>
+      </c>
+      <c r="V8" s="6">
+        <v>16564.773999999998</v>
+      </c>
+      <c r="W8" s="6">
+        <v>18339.539000000001</v>
+      </c>
+      <c r="X8" s="6">
+        <v>19627.314000000002</v>
+      </c>
+      <c r="Y8" s="6">
+        <v>21834.227999999996</v>
+      </c>
+      <c r="Z8" s="6">
+        <v>16930.013999999999</v>
+      </c>
+      <c r="AA8" s="6">
+        <v>18844.460999999996</v>
+      </c>
+      <c r="AB8" s="6">
+        <v>20478.045999999998</v>
+      </c>
+      <c r="AC8" s="6">
+        <v>20544.587</v>
+      </c>
+      <c r="AD8" s="6">
+        <v>17288.421000000002</v>
+      </c>
+      <c r="AE8" s="6">
+        <v>19169.816000000003</v>
+      </c>
+      <c r="AF8" s="6">
+        <v>21098.303</v>
+      </c>
+      <c r="AG8" s="6">
+        <v>21094.877999999997</v>
+      </c>
+      <c r="AH8" s="6">
+        <v>17804.901000000002</v>
+      </c>
+      <c r="AI8" s="6">
+        <v>19390.483</v>
+      </c>
+      <c r="AJ8" s="6">
+        <v>20887.268</v>
+      </c>
+      <c r="AK8" s="6">
+        <v>21916.336000000003</v>
+      </c>
+      <c r="AL8" s="6">
+        <v>18416.819000000003</v>
+      </c>
+      <c r="AM8" s="6">
+        <v>19508.66</v>
+      </c>
+      <c r="AN8" s="6">
+        <v>22871.388000000003</v>
+      </c>
+      <c r="AO8" s="6">
+        <v>22262.613000000001</v>
+      </c>
+      <c r="AP8" s="6">
+        <v>18875.815999999995</v>
+      </c>
+      <c r="AQ8" s="6">
+        <v>20162.875000000004</v>
+      </c>
+      <c r="AR8" s="6">
+        <v>24943.643000000004</v>
+      </c>
+      <c r="AS8" s="6">
+        <v>23870.702000000001</v>
+      </c>
+      <c r="AT8" s="6">
+        <v>19826.291000000001</v>
+      </c>
+      <c r="AU8" s="6">
+        <v>21204.306</v>
+      </c>
+      <c r="AV8" s="6">
+        <v>25563.426000000003</v>
+      </c>
+      <c r="AW8" s="27">
+        <v>24772.15</v>
+      </c>
+      <c r="AX8" s="27">
+        <v>19947.884000000002</v>
+      </c>
+      <c r="AY8" s="27">
+        <v>19377.341999999997</v>
+      </c>
+      <c r="AZ8" s="27">
+        <v>23151.303000000004</v>
+      </c>
+      <c r="BA8" s="27">
+        <v>24713.147000000001</v>
+      </c>
+      <c r="BB8" s="27">
+        <v>19980.797999999999</v>
+      </c>
+      <c r="BC8" s="27">
+        <v>22354.335999999999</v>
+      </c>
+      <c r="BD8" s="27">
+        <v>26985.609999999997</v>
+      </c>
+      <c r="BE8" s="27">
+        <v>27057.266999999996</v>
+      </c>
+      <c r="BF8" s="27">
+        <v>22198.291000000005</v>
+      </c>
+      <c r="BG8" s="27">
+        <v>25207.504999999997</v>
+      </c>
+      <c r="BH8" s="27">
+        <v>30004.513999999999</v>
+      </c>
+      <c r="BI8" s="27">
+        <v>28865.994999999999</v>
+      </c>
+      <c r="BJ8" s="27">
+        <v>24409.116000000002</v>
+      </c>
+      <c r="BK8" s="27">
+        <v>27348.392</v>
+      </c>
+      <c r="BL8" s="27">
+        <v>33286.666999999994</v>
+      </c>
+      <c r="BM8" s="27">
+        <v>31626.431999999997</v>
+      </c>
+      <c r="BN8" s="27">
+        <v>25965.117291999999</v>
+      </c>
+      <c r="BO8" s="27">
+        <v>30584.248283099998</v>
+      </c>
+      <c r="BP8" s="27">
+        <v>34497.294572899998</v>
+      </c>
+      <c r="BQ8" s="27">
+        <v>33579.103251199995</v>
+      </c>
+      <c r="BR8" s="27">
+        <v>27956.702054400001</v>
+      </c>
+      <c r="BS8" s="27">
+        <v>32286.553767099998</v>
+      </c>
+      <c r="BT8" s="27">
+        <v>37168.597971099996</v>
+      </c>
+      <c r="BU8" s="32" t="s">
+        <v>128</v>
+      </c>
+      <c r="BV8" s="8"/>
+      <c r="BW8" s="8"/>
+    </row>
+    <row r="9" spans="1:75" ht="27.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="33" t="s">
         <v>108</v>
       </c>
-      <c r="AQ7" s="37" t="s">
+      <c r="B9" s="6">
+        <v>16879.591999999997</v>
+      </c>
+      <c r="C9" s="6">
+        <v>18679.777000000002</v>
+      </c>
+      <c r="D9" s="6">
+        <v>17016.755000000001</v>
+      </c>
+      <c r="E9" s="6">
+        <v>20813.310214999998</v>
+      </c>
+      <c r="F9" s="6">
+        <v>15757.184999999999</v>
+      </c>
+      <c r="G9" s="6">
+        <v>15794.786</v>
+      </c>
+      <c r="H9" s="6">
+        <v>18988.863999999998</v>
+      </c>
+      <c r="I9" s="6">
+        <v>19169.344200000003</v>
+      </c>
+      <c r="J9" s="6">
+        <v>15424.973000000002</v>
+      </c>
+      <c r="K9" s="6">
+        <v>17136.526000000002</v>
+      </c>
+      <c r="L9" s="6">
+        <v>18292.987999999998</v>
+      </c>
+      <c r="M9" s="6">
+        <v>20030.44931</v>
+      </c>
+      <c r="N9" s="6">
+        <v>16115.439999999999</v>
+      </c>
+      <c r="O9" s="6">
+        <v>17213.486999999997</v>
+      </c>
+      <c r="P9" s="6">
+        <v>18948.574000000001</v>
+      </c>
+      <c r="Q9" s="6">
+        <v>20719.777352999998</v>
+      </c>
+      <c r="R9" s="6">
+        <v>15823.698</v>
+      </c>
+      <c r="S9" s="6">
+        <v>16748.797000000002</v>
+      </c>
+      <c r="T9" s="6">
+        <v>17892.861000000001</v>
+      </c>
+      <c r="U9" s="6">
+        <v>18707.149719999998</v>
+      </c>
+      <c r="V9" s="6">
+        <v>16305.223999999998</v>
+      </c>
+      <c r="W9" s="6">
+        <v>17921.393</v>
+      </c>
+      <c r="X9" s="6">
+        <v>19343.325000000001</v>
+      </c>
+      <c r="Y9" s="6">
+        <v>21320.091999999997</v>
+      </c>
+      <c r="Z9" s="6">
+        <v>16699.433000000001</v>
+      </c>
+      <c r="AA9" s="6">
+        <v>18568.807999999997</v>
+      </c>
+      <c r="AB9" s="6">
+        <v>20207.942999999999</v>
+      </c>
+      <c r="AC9" s="6">
+        <v>20097.099999999999</v>
+      </c>
+      <c r="AD9" s="6">
+        <v>17073.366000000002</v>
+      </c>
+      <c r="AE9" s="6">
+        <v>18833.059000000001</v>
+      </c>
+      <c r="AF9" s="6">
+        <v>20772.342000000001</v>
+      </c>
+      <c r="AG9" s="6">
+        <v>20597.507999999998</v>
+      </c>
+      <c r="AH9" s="6">
+        <v>17632.77</v>
+      </c>
+      <c r="AI9" s="6">
+        <v>19189.581000000002</v>
+      </c>
+      <c r="AJ9" s="6">
+        <v>20736.013999999999</v>
+      </c>
+      <c r="AK9" s="6">
+        <v>21426.202000000001</v>
+      </c>
+      <c r="AL9" s="6">
+        <v>18298.564000000002</v>
+      </c>
+      <c r="AM9" s="6">
+        <v>19337.922999999999</v>
+      </c>
+      <c r="AN9" s="6">
+        <v>22731.467000000004</v>
+      </c>
+      <c r="AO9" s="6">
+        <v>22011.455000000002</v>
+      </c>
+      <c r="AP9" s="6">
+        <v>18714.483999999997</v>
+      </c>
+      <c r="AQ9" s="6">
+        <v>20024.759000000002</v>
+      </c>
+      <c r="AR9" s="6">
+        <v>24631.048000000003</v>
+      </c>
+      <c r="AS9" s="6">
+        <v>23544.089</v>
+      </c>
+      <c r="AT9" s="6">
+        <v>19672.532999999999</v>
+      </c>
+      <c r="AU9" s="6">
+        <v>21052.225999999999</v>
+      </c>
+      <c r="AV9" s="6">
+        <v>25390.603000000003</v>
+      </c>
+      <c r="AW9" s="27">
+        <v>24438.292000000001</v>
+      </c>
+      <c r="AX9" s="27">
+        <v>19723.7</v>
+      </c>
+      <c r="AY9" s="27">
+        <v>19196.508999999998</v>
+      </c>
+      <c r="AZ9" s="27">
+        <v>22895.107000000004</v>
+      </c>
+      <c r="BA9" s="27">
+        <v>24295.384000000002</v>
+      </c>
+      <c r="BB9" s="27">
+        <v>19756.066999999999</v>
+      </c>
+      <c r="BC9" s="27">
+        <v>21831.96</v>
+      </c>
+      <c r="BD9" s="27">
+        <v>25652.795999999998</v>
+      </c>
+      <c r="BE9" s="27">
+        <v>26472.965999999997</v>
+      </c>
+      <c r="BF9" s="27">
+        <v>22047.054000000004</v>
+      </c>
+      <c r="BG9" s="27">
+        <v>24823.862999999998</v>
+      </c>
+      <c r="BH9" s="27">
+        <v>29731.771000000001</v>
+      </c>
+      <c r="BI9" s="27">
+        <v>28103.447</v>
+      </c>
+      <c r="BJ9" s="27">
+        <v>24002.34</v>
+      </c>
+      <c r="BK9" s="27">
+        <v>26623.698</v>
+      </c>
+      <c r="BL9" s="27">
+        <v>32669.300999999996</v>
+      </c>
+      <c r="BM9" s="27">
+        <v>30468.092999999997</v>
+      </c>
+      <c r="BN9" s="27">
+        <v>25418.088</v>
+      </c>
+      <c r="BO9" s="27">
+        <v>30048.85</v>
+      </c>
+      <c r="BP9" s="27">
+        <v>33948.862000000001</v>
+      </c>
+      <c r="BQ9" s="27">
+        <v>32611.577356999998</v>
+      </c>
+      <c r="BR9" s="27">
+        <v>27275.835999999999</v>
+      </c>
+      <c r="BS9" s="27">
+        <v>31533.799835999998</v>
+      </c>
+      <c r="BT9" s="27">
+        <v>36235.822921999999</v>
+      </c>
+      <c r="BU9" s="33" t="s">
+        <v>108</v>
+      </c>
+      <c r="BV9" s="8"/>
+      <c r="BW9" s="8"/>
+    </row>
+    <row r="10" spans="1:75" ht="27.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="34" t="s">
         <v>109</v>
       </c>
-      <c r="AR7" s="37" t="s">
+      <c r="B10" s="6">
+        <v>4167.9799999999996</v>
+      </c>
+      <c r="C10" s="6">
+        <v>4350.2510000000002</v>
+      </c>
+      <c r="D10" s="6">
+        <v>2992.413</v>
+      </c>
+      <c r="E10" s="6">
+        <v>5122.759</v>
+      </c>
+      <c r="F10" s="6">
+        <v>3986.605</v>
+      </c>
+      <c r="G10" s="6">
+        <v>2216.9360000000001</v>
+      </c>
+      <c r="H10" s="6">
+        <v>5035.4170000000004</v>
+      </c>
+      <c r="I10" s="6">
+        <v>3904.2579999999998</v>
+      </c>
+      <c r="J10" s="6">
+        <v>2766.1950000000002</v>
+      </c>
+      <c r="K10" s="6">
+        <v>3441.5030000000002</v>
+      </c>
+      <c r="L10" s="6">
+        <v>4650.1909999999998</v>
+      </c>
+      <c r="M10" s="6">
+        <v>4240.0659999999998</v>
+      </c>
+      <c r="N10" s="6">
+        <v>3267.0880000000002</v>
+      </c>
+      <c r="O10" s="6">
+        <v>3201.1489999999999</v>
+      </c>
+      <c r="P10" s="6">
+        <v>5056.8689999999997</v>
+      </c>
+      <c r="Q10" s="6">
+        <v>5084.3590000000004</v>
+      </c>
+      <c r="R10" s="6">
+        <v>3162.1750000000002</v>
+      </c>
+      <c r="S10" s="6">
+        <v>3306.27</v>
+      </c>
+      <c r="T10" s="6">
+        <v>4458.6080000000002</v>
+      </c>
+      <c r="U10" s="6">
+        <v>4068.377</v>
+      </c>
+      <c r="V10" s="6">
+        <v>3708.6979999999999</v>
+      </c>
+      <c r="W10" s="6">
+        <v>4360.9639999999999</v>
+      </c>
+      <c r="X10" s="6">
+        <v>5225.2809999999999</v>
+      </c>
+      <c r="Y10" s="6">
+        <v>5958.95</v>
+      </c>
+      <c r="Z10" s="6">
+        <v>3876.1790000000001</v>
+      </c>
+      <c r="AA10" s="6">
+        <v>4294.4279999999999</v>
+      </c>
+      <c r="AB10" s="6">
+        <v>5709.3879999999999</v>
+      </c>
+      <c r="AC10" s="6">
+        <v>4915.6580000000004</v>
+      </c>
+      <c r="AD10" s="6">
+        <v>3824.46</v>
+      </c>
+      <c r="AE10" s="6">
+        <v>4240.3130000000001</v>
+      </c>
+      <c r="AF10" s="6">
+        <v>6051.201</v>
+      </c>
+      <c r="AG10" s="6">
+        <v>5158.509</v>
+      </c>
+      <c r="AH10" s="6">
+        <v>3831.8049999999998</v>
+      </c>
+      <c r="AI10" s="6">
+        <v>3974.7350000000001</v>
+      </c>
+      <c r="AJ10" s="6">
+        <v>5582.5540000000001</v>
+      </c>
+      <c r="AK10" s="6">
+        <v>5424.8440000000001</v>
+      </c>
+      <c r="AL10" s="6">
+        <v>3628.6379999999999</v>
+      </c>
+      <c r="AM10" s="6">
+        <v>3524.7629999999999</v>
+      </c>
+      <c r="AN10" s="6">
+        <v>6898.77</v>
+      </c>
+      <c r="AO10" s="6">
+        <v>5392.6270000000004</v>
+      </c>
+      <c r="AP10" s="6">
+        <v>3722.0909999999999</v>
+      </c>
+      <c r="AQ10" s="6">
+        <v>3310.6190000000001</v>
+      </c>
+      <c r="AR10" s="6">
+        <v>7919.9849999999997</v>
+      </c>
+      <c r="AS10" s="6">
+        <v>5725.9459999999999</v>
+      </c>
+      <c r="AT10" s="6">
+        <v>3951.7310000000002</v>
+      </c>
+      <c r="AU10" s="6">
+        <v>3215.5050000000001</v>
+      </c>
+      <c r="AV10" s="6">
+        <v>7901.6090000000004</v>
+      </c>
+      <c r="AW10" s="27">
+        <v>5796.0780000000004</v>
+      </c>
+      <c r="AX10" s="27">
+        <v>3968.0070000000001</v>
+      </c>
+      <c r="AY10" s="27">
+        <v>3621.0650000000001</v>
+      </c>
+      <c r="AZ10" s="27">
+        <v>6391.3829999999998</v>
+      </c>
+      <c r="BA10" s="27">
+        <v>6112.1710000000003</v>
+      </c>
+      <c r="BB10" s="27">
+        <v>3965.2829999999999</v>
+      </c>
+      <c r="BC10" s="27">
+        <v>3412.502</v>
+      </c>
+      <c r="BD10" s="27">
+        <v>7330.9290000000001</v>
+      </c>
+      <c r="BE10" s="27">
+        <v>6075.7219999999998</v>
+      </c>
+      <c r="BF10" s="27">
+        <v>4336.6170000000002</v>
+      </c>
+      <c r="BG10" s="27">
+        <v>4780.72</v>
+      </c>
+      <c r="BH10" s="27">
+        <v>9718.7430000000004</v>
+      </c>
+      <c r="BI10" s="27">
+        <v>6856.9849999999997</v>
+      </c>
+      <c r="BJ10" s="27">
+        <v>4906.2790000000005</v>
+      </c>
+      <c r="BK10" s="27">
+        <v>5763.875</v>
+      </c>
+      <c r="BL10" s="27">
+        <v>10470.174999999999</v>
+      </c>
+      <c r="BM10" s="27">
+        <v>7458.7939999999999</v>
+      </c>
+      <c r="BN10" s="27">
+        <v>5210.8739999999998</v>
+      </c>
+      <c r="BO10" s="27">
+        <v>6607.0060000000003</v>
+      </c>
+      <c r="BP10" s="27">
+        <v>10881.659</v>
+      </c>
+      <c r="BQ10" s="27">
+        <v>6786.7089999999998</v>
+      </c>
+      <c r="BR10" s="27">
+        <v>5394.1109999999999</v>
+      </c>
+      <c r="BS10" s="27">
+        <v>6574.5839999999998</v>
+      </c>
+      <c r="BT10" s="27">
+        <v>11332.458000000001</v>
+      </c>
+      <c r="BU10" s="34" t="s">
+        <v>109</v>
+      </c>
+      <c r="BV10" s="8"/>
+      <c r="BW10" s="8"/>
+    </row>
+    <row r="11" spans="1:75" ht="27.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="34" t="s">
+        <v>110</v>
+      </c>
+      <c r="B11" s="6">
+        <v>5925.5</v>
+      </c>
+      <c r="C11" s="6">
+        <v>6254.7209999999995</v>
+      </c>
+      <c r="D11" s="6">
+        <v>6435.9170000000004</v>
+      </c>
+      <c r="E11" s="6">
+        <v>6462.6840000000002</v>
+      </c>
+      <c r="F11" s="6">
+        <v>4661.4160000000002</v>
+      </c>
+      <c r="G11" s="6">
+        <v>5350.4920000000002</v>
+      </c>
+      <c r="H11" s="6">
+        <v>5986.0609999999997</v>
+      </c>
+      <c r="I11" s="6">
+        <v>6021.6559999999999</v>
+      </c>
+      <c r="J11" s="6">
+        <v>5664.5950000000003</v>
+      </c>
+      <c r="K11" s="6">
+        <v>5580.5739999999996</v>
+      </c>
+      <c r="L11" s="6">
+        <v>6082</v>
+      </c>
+      <c r="M11" s="6">
+        <v>6509.17166</v>
+      </c>
+      <c r="N11" s="6">
+        <v>5826.6679999999997</v>
+      </c>
+      <c r="O11" s="6">
+        <v>5906.7969999999996</v>
+      </c>
+      <c r="P11" s="6">
+        <v>6293.5079999999998</v>
+      </c>
+      <c r="Q11" s="6">
+        <v>6398.4229999999998</v>
+      </c>
+      <c r="R11" s="6">
+        <v>5458.0159999999996</v>
+      </c>
+      <c r="S11" s="6">
+        <v>5700.0420000000004</v>
+      </c>
+      <c r="T11" s="6">
+        <v>5941.2079999999996</v>
+      </c>
+      <c r="U11" s="6">
+        <v>6245.8237499999996</v>
+      </c>
+      <c r="V11" s="6">
+        <v>5214.3649999999998</v>
+      </c>
+      <c r="W11" s="6">
+        <v>5422.3239999999996</v>
+      </c>
+      <c r="X11" s="6">
+        <v>6110.4549999999999</v>
+      </c>
+      <c r="Y11" s="6">
+        <v>6655.5820000000003</v>
+      </c>
+      <c r="Z11" s="6">
+        <v>5518.03</v>
+      </c>
+      <c r="AA11" s="6">
+        <v>5992.6350000000002</v>
+      </c>
+      <c r="AB11" s="6">
+        <v>6501.0209999999997</v>
+      </c>
+      <c r="AC11" s="6">
+        <v>6710.5309999999999</v>
+      </c>
+      <c r="AD11" s="6">
+        <v>5890.6120000000001</v>
+      </c>
+      <c r="AE11" s="6">
+        <v>6449.0140000000001</v>
+      </c>
+      <c r="AF11" s="6">
+        <v>6963.4889999999996</v>
+      </c>
+      <c r="AG11" s="6">
+        <v>6904.26</v>
+      </c>
+      <c r="AH11" s="6">
+        <v>6508.8950000000004</v>
+      </c>
+      <c r="AI11" s="6">
+        <v>6770.0360000000001</v>
+      </c>
+      <c r="AJ11" s="6">
+        <v>7127.433</v>
+      </c>
+      <c r="AK11" s="6">
+        <v>7157.4489999999996</v>
+      </c>
+      <c r="AL11" s="6">
+        <v>6746.4570000000003</v>
+      </c>
+      <c r="AM11" s="6">
+        <v>7155.9089999999997</v>
+      </c>
+      <c r="AN11" s="6">
+        <v>7710.1440000000002</v>
+      </c>
+      <c r="AO11" s="6">
+        <v>7573.5559999999996</v>
+      </c>
+      <c r="AP11" s="6">
+        <v>7189.165</v>
+      </c>
+      <c r="AQ11" s="6">
+        <v>7329.4629999999997</v>
+      </c>
+      <c r="AR11" s="6">
+        <v>8263.8389999999999</v>
+      </c>
+      <c r="AS11" s="6">
+        <v>8088.7510000000002</v>
+      </c>
+      <c r="AT11" s="6">
+        <v>7536.3029999999999</v>
+      </c>
+      <c r="AU11" s="6">
+        <v>7799.9620000000004</v>
+      </c>
+      <c r="AV11" s="6">
+        <v>8438.6939999999995</v>
+      </c>
+      <c r="AW11" s="27">
+        <v>8465.8829999999998</v>
+      </c>
+      <c r="AX11" s="27">
+        <v>7394.7439999999997</v>
+      </c>
+      <c r="AY11" s="27">
+        <v>6335.9849999999997</v>
+      </c>
+      <c r="AZ11" s="27">
+        <v>7727.0150000000003</v>
+      </c>
+      <c r="BA11" s="27">
+        <v>7817.8890000000001</v>
+      </c>
+      <c r="BB11" s="27">
+        <v>6753.2860000000001</v>
+      </c>
+      <c r="BC11" s="27">
+        <v>7826.6819999999998</v>
+      </c>
+      <c r="BD11" s="27">
+        <v>8796.9259999999995</v>
+      </c>
+      <c r="BE11" s="27">
+        <v>9087.6839999999993</v>
+      </c>
+      <c r="BF11" s="27">
+        <v>8531.2630000000008</v>
+      </c>
+      <c r="BG11" s="27">
+        <v>8978.5010000000002</v>
+      </c>
+      <c r="BH11" s="27">
+        <v>9650.1370000000006</v>
+      </c>
+      <c r="BI11" s="27">
+        <v>9352.42</v>
+      </c>
+      <c r="BJ11" s="27">
+        <v>8865.9500000000007</v>
+      </c>
+      <c r="BK11" s="27">
+        <v>9154.1659999999993</v>
+      </c>
+      <c r="BL11" s="27">
+        <v>10655.902</v>
+      </c>
+      <c r="BM11" s="27">
+        <v>10049.129999999999</v>
+      </c>
+      <c r="BN11" s="27">
+        <v>9427.07</v>
+      </c>
+      <c r="BO11" s="27">
+        <v>9809.402</v>
+      </c>
+      <c r="BP11" s="27">
+        <v>11154.695</v>
+      </c>
+      <c r="BQ11" s="27">
+        <v>11175.386</v>
+      </c>
+      <c r="BR11" s="27">
+        <v>10093.483</v>
+      </c>
+      <c r="BS11" s="27">
+        <v>10680.909</v>
+      </c>
+      <c r="BT11" s="27">
+        <v>11780.43</v>
+      </c>
+      <c r="BU11" s="34" t="s">
+        <v>110</v>
+      </c>
+      <c r="BV11" s="8"/>
+      <c r="BW11" s="8"/>
+    </row>
+    <row r="12" spans="1:75" ht="27.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="34" t="s">
+        <v>111</v>
+      </c>
+      <c r="B12" s="6">
+        <v>4579.9229999999998</v>
+      </c>
+      <c r="C12" s="6">
+        <v>5267.5110000000004</v>
+      </c>
+      <c r="D12" s="6">
+        <v>4895.4030000000002</v>
+      </c>
+      <c r="E12" s="6">
+        <v>5981.9269999999997</v>
+      </c>
+      <c r="F12" s="6">
+        <v>4722.8869999999997</v>
+      </c>
+      <c r="G12" s="6">
+        <v>5297.3440000000001</v>
+      </c>
+      <c r="H12" s="6">
+        <v>5168.0519999999997</v>
+      </c>
+      <c r="I12" s="6">
+        <v>6015.5379999999996</v>
+      </c>
+      <c r="J12" s="6">
+        <v>4823.1109999999999</v>
+      </c>
+      <c r="K12" s="6">
+        <v>5358.4430000000002</v>
+      </c>
+      <c r="L12" s="6">
+        <v>5156.46</v>
+      </c>
+      <c r="M12" s="6">
+        <v>6030.3126500000008</v>
+      </c>
+      <c r="N12" s="6">
+        <v>4817.8389999999999</v>
+      </c>
+      <c r="O12" s="6">
+        <v>5401.0479999999998</v>
+      </c>
+      <c r="P12" s="6">
+        <v>5167.2309999999998</v>
+      </c>
+      <c r="Q12" s="6">
+        <v>5816.4750000000004</v>
+      </c>
+      <c r="R12" s="6">
+        <v>4543.6130000000003</v>
+      </c>
+      <c r="S12" s="6">
+        <v>4782.0730000000003</v>
+      </c>
+      <c r="T12" s="6">
+        <v>4653.4430000000002</v>
+      </c>
+      <c r="U12" s="6">
+        <v>5163.5119999999997</v>
+      </c>
+      <c r="V12" s="6">
+        <v>4763.5230000000001</v>
+      </c>
+      <c r="W12" s="6">
+        <v>4880.3419999999996</v>
+      </c>
+      <c r="X12" s="6">
+        <v>5008.84</v>
+      </c>
+      <c r="Y12" s="6">
+        <v>5796.973</v>
+      </c>
+      <c r="Z12" s="6">
+        <v>4656.6790000000001</v>
+      </c>
+      <c r="AA12" s="6">
+        <v>5238.4979999999996</v>
+      </c>
+      <c r="AB12" s="6">
+        <v>5200.7439999999997</v>
+      </c>
+      <c r="AC12" s="6">
+        <v>5361.7349999999997</v>
+      </c>
+      <c r="AD12" s="6">
+        <v>4839.6660000000002</v>
+      </c>
+      <c r="AE12" s="6">
+        <v>5311.866</v>
+      </c>
+      <c r="AF12" s="6">
+        <v>5168.576</v>
+      </c>
+      <c r="AG12" s="6">
+        <v>5463.69</v>
+      </c>
+      <c r="AH12" s="6">
+        <v>4968.2860000000001</v>
+      </c>
+      <c r="AI12" s="6">
+        <v>5492.6210000000001</v>
+      </c>
+      <c r="AJ12" s="6">
+        <v>5348.8890000000001</v>
+      </c>
+      <c r="AK12" s="6">
+        <v>5800.4769999999999</v>
+      </c>
+      <c r="AL12" s="6">
+        <v>5206.4560000000001</v>
+      </c>
+      <c r="AM12" s="6">
+        <v>5745.6549999999997</v>
+      </c>
+      <c r="AN12" s="6">
+        <v>5584.52</v>
+      </c>
+      <c r="AO12" s="6">
+        <v>6156.7259999999997</v>
+      </c>
+      <c r="AP12" s="6">
+        <v>5385.45</v>
+      </c>
+      <c r="AQ12" s="6">
+        <v>6012.5280000000002</v>
+      </c>
+      <c r="AR12" s="6">
+        <v>5776.7259999999997</v>
+      </c>
+      <c r="AS12" s="6">
+        <v>6684.8419999999996</v>
+      </c>
+      <c r="AT12" s="6">
+        <v>5638.3329999999996</v>
+      </c>
+      <c r="AU12" s="6">
+        <v>6411.0829999999996</v>
+      </c>
+      <c r="AV12" s="6">
+        <v>6181.9340000000002</v>
+      </c>
+      <c r="AW12" s="27">
+        <v>7128.3649999999998</v>
+      </c>
+      <c r="AX12" s="27">
+        <v>5811.3379999999997</v>
+      </c>
+      <c r="AY12" s="27">
+        <v>6298.5069999999996</v>
+      </c>
+      <c r="AZ12" s="27">
+        <v>6253.5990000000002</v>
+      </c>
+      <c r="BA12" s="27">
+        <v>7235.9719999999998</v>
+      </c>
+      <c r="BB12" s="27">
+        <v>6037.2929999999997</v>
+      </c>
+      <c r="BC12" s="27">
+        <v>6886.2960000000003</v>
+      </c>
+      <c r="BD12" s="27">
+        <v>6659.1710000000003</v>
+      </c>
+      <c r="BE12" s="27">
+        <v>7750.9549999999999</v>
+      </c>
+      <c r="BF12" s="27">
+        <v>6479.1509999999998</v>
+      </c>
+      <c r="BG12" s="27">
+        <v>7466.2629999999999</v>
+      </c>
+      <c r="BH12" s="27">
+        <v>7299.9809999999998</v>
+      </c>
+      <c r="BI12" s="27">
+        <v>8439.7829999999994</v>
+      </c>
+      <c r="BJ12" s="27">
+        <v>7253.2269999999999</v>
+      </c>
+      <c r="BK12" s="27">
+        <v>8258.3549999999996</v>
+      </c>
+      <c r="BL12" s="27">
+        <v>8020.7969999999996</v>
+      </c>
+      <c r="BM12" s="27">
+        <v>9282.2479999999996</v>
+      </c>
+      <c r="BN12" s="27">
+        <v>7700.0789999999997</v>
+      </c>
+      <c r="BO12" s="27">
+        <v>9650.2829999999994</v>
+      </c>
+      <c r="BP12" s="27">
+        <v>8155.8980000000001</v>
+      </c>
+      <c r="BQ12" s="27">
+        <v>10376.245999999999</v>
+      </c>
+      <c r="BR12" s="27">
+        <v>8597.69</v>
+      </c>
+      <c r="BS12" s="27">
+        <v>9850.6640000000007</v>
+      </c>
+      <c r="BT12" s="27">
+        <v>9505.1119999999992</v>
+      </c>
+      <c r="BU12" s="34" t="s">
+        <v>111</v>
+      </c>
+      <c r="BV12" s="8"/>
+      <c r="BW12" s="8"/>
+    </row>
+    <row r="13" spans="1:75" ht="27.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="34" t="s">
+        <v>112</v>
+      </c>
+      <c r="B13" s="6">
+        <v>1414.184</v>
+      </c>
+      <c r="C13" s="6">
+        <v>1513.2929999999999</v>
+      </c>
+      <c r="D13" s="6">
+        <v>1559.2860000000001</v>
+      </c>
+      <c r="E13" s="6">
+        <v>2001.9594399999999</v>
+      </c>
+      <c r="F13" s="6">
+        <v>1478.8489999999999</v>
+      </c>
+      <c r="G13" s="6">
+        <v>1559.14</v>
+      </c>
+      <c r="H13" s="6">
+        <v>1617.748</v>
+      </c>
+      <c r="I13" s="6">
+        <v>2093.9720000000002</v>
+      </c>
+      <c r="J13" s="6">
+        <v>1369.3389999999999</v>
+      </c>
+      <c r="K13" s="6">
+        <v>1639.075</v>
+      </c>
+      <c r="L13" s="6">
+        <v>1551.796</v>
+      </c>
+      <c r="M13" s="6">
+        <v>2197.826</v>
+      </c>
+      <c r="N13" s="6">
+        <v>1439.8489999999999</v>
+      </c>
+      <c r="O13" s="6">
+        <v>1543.299</v>
+      </c>
+      <c r="P13" s="6">
+        <v>1499.0070000000001</v>
+      </c>
+      <c r="Q13" s="6">
+        <v>2097.4520000000002</v>
+      </c>
+      <c r="R13" s="6">
+        <v>1518.627</v>
+      </c>
+      <c r="S13" s="6">
+        <v>1683.3420000000001</v>
+      </c>
+      <c r="T13" s="6">
+        <v>1572.845</v>
+      </c>
+      <c r="U13" s="6">
+        <v>1933.153</v>
+      </c>
+      <c r="V13" s="6">
+        <v>1480.2819999999999</v>
+      </c>
+      <c r="W13" s="6">
+        <v>1660.923</v>
+      </c>
+      <c r="X13" s="6">
+        <v>1744.395</v>
+      </c>
+      <c r="Y13" s="6">
+        <v>1850.057</v>
+      </c>
+      <c r="Z13" s="6">
+        <v>1544.6089999999999</v>
+      </c>
+      <c r="AA13" s="6">
+        <v>1614.5419999999999</v>
+      </c>
+      <c r="AB13" s="6">
+        <v>1600.4380000000001</v>
+      </c>
+      <c r="AC13" s="6">
+        <v>1846.8689999999999</v>
+      </c>
+      <c r="AD13" s="6">
+        <v>1543.2260000000001</v>
+      </c>
+      <c r="AE13" s="6">
+        <v>1660.92</v>
+      </c>
+      <c r="AF13" s="6">
+        <v>1700.8610000000001</v>
+      </c>
+      <c r="AG13" s="6">
+        <v>1814.367</v>
+      </c>
+      <c r="AH13" s="6">
+        <v>1525.0050000000001</v>
+      </c>
+      <c r="AI13" s="6">
+        <v>1691.008</v>
+      </c>
+      <c r="AJ13" s="6">
+        <v>1738.232</v>
+      </c>
+      <c r="AK13" s="6">
+        <v>1867.8019999999999</v>
+      </c>
+      <c r="AL13" s="6">
+        <v>1558.0640000000001</v>
+      </c>
+      <c r="AM13" s="6">
+        <v>1709.143</v>
+      </c>
+      <c r="AN13" s="6">
+        <v>1708.239</v>
+      </c>
+      <c r="AO13" s="6">
+        <v>1922.931</v>
+      </c>
+      <c r="AP13" s="6">
+        <v>1596.4280000000001</v>
+      </c>
+      <c r="AQ13" s="6">
+        <v>1789.393</v>
+      </c>
+      <c r="AR13" s="6">
+        <v>1836.884</v>
+      </c>
+      <c r="AS13" s="6">
+        <v>1948.0329999999999</v>
+      </c>
+      <c r="AT13" s="6">
+        <v>1728.182</v>
+      </c>
+      <c r="AU13" s="6">
+        <v>1811.4590000000001</v>
+      </c>
+      <c r="AV13" s="6">
+        <v>1858.914</v>
+      </c>
+      <c r="AW13" s="27">
+        <v>1979.64</v>
+      </c>
+      <c r="AX13" s="27">
+        <v>1657.38</v>
+      </c>
+      <c r="AY13" s="27">
+        <v>1334.021</v>
+      </c>
+      <c r="AZ13" s="27">
+        <v>1636.8779999999999</v>
+      </c>
+      <c r="BA13" s="27">
+        <v>1846.883</v>
+      </c>
+      <c r="BB13" s="27">
+        <v>1576.498</v>
+      </c>
+      <c r="BC13" s="27">
+        <v>1681.6310000000001</v>
+      </c>
+      <c r="BD13" s="27">
+        <v>1756.174</v>
+      </c>
+      <c r="BE13" s="27">
+        <v>1898.9839999999999</v>
+      </c>
+      <c r="BF13" s="27">
+        <v>1775.231</v>
+      </c>
+      <c r="BG13" s="27">
+        <v>1826.4580000000001</v>
+      </c>
+      <c r="BH13" s="27">
+        <v>2052.4050000000002</v>
+      </c>
+      <c r="BI13" s="27">
+        <v>2099.893</v>
+      </c>
+      <c r="BJ13" s="27">
+        <v>1899.174</v>
+      </c>
+      <c r="BK13" s="27">
+        <v>2005.5650000000001</v>
+      </c>
+      <c r="BL13" s="27">
+        <v>2065.6930000000002</v>
+      </c>
+      <c r="BM13" s="27">
+        <v>2253.1060000000002</v>
+      </c>
+      <c r="BN13" s="27">
+        <v>1997.4970000000001</v>
+      </c>
+      <c r="BO13" s="27">
+        <v>2230.7750000000001</v>
+      </c>
+      <c r="BP13" s="27">
+        <v>2258.4810000000002</v>
+      </c>
+      <c r="BQ13" s="27">
+        <v>2662.779</v>
+      </c>
+      <c r="BR13" s="27">
+        <v>2120.7869999999998</v>
+      </c>
+      <c r="BS13" s="27">
+        <v>2221.462</v>
+      </c>
+      <c r="BT13" s="27">
+        <v>2331.81</v>
+      </c>
+      <c r="BU13" s="34" t="s">
+        <v>112</v>
+      </c>
+      <c r="BV13" s="8"/>
+      <c r="BW13" s="8"/>
+    </row>
+    <row r="14" spans="1:75" ht="27.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="35" t="s">
+        <v>113</v>
+      </c>
+      <c r="B14" s="6">
+        <v>792.005</v>
+      </c>
+      <c r="C14" s="6">
+        <v>1294.001</v>
+      </c>
+      <c r="D14" s="6">
+        <v>1133.7360000000001</v>
+      </c>
+      <c r="E14" s="6">
+        <v>1243.980775</v>
+      </c>
+      <c r="F14" s="6">
+        <v>907.428</v>
+      </c>
+      <c r="G14" s="6">
+        <v>1370.874</v>
+      </c>
+      <c r="H14" s="6">
+        <v>1181.586</v>
+      </c>
+      <c r="I14" s="6">
+        <v>1133.9202</v>
+      </c>
+      <c r="J14" s="6">
+        <v>801.73299999999995</v>
+      </c>
+      <c r="K14" s="6">
+        <v>1116.931</v>
+      </c>
+      <c r="L14" s="6">
+        <v>852.54100000000005</v>
+      </c>
+      <c r="M14" s="6">
+        <v>1053.0730000000001</v>
+      </c>
+      <c r="N14" s="6">
+        <v>763.99599999999998</v>
+      </c>
+      <c r="O14" s="6">
+        <v>1161.194</v>
+      </c>
+      <c r="P14" s="6">
+        <v>931.95899999999995</v>
+      </c>
+      <c r="Q14" s="6">
+        <v>1323.0683530000001</v>
+      </c>
+      <c r="R14" s="6">
+        <v>1141.2670000000001</v>
+      </c>
+      <c r="S14" s="6">
+        <v>1277.07</v>
+      </c>
+      <c r="T14" s="6">
+        <v>1266.7570000000001</v>
+      </c>
+      <c r="U14" s="6">
+        <v>1296.28397</v>
+      </c>
+      <c r="V14" s="6">
+        <v>1138.356</v>
+      </c>
+      <c r="W14" s="6">
+        <v>1596.84</v>
+      </c>
+      <c r="X14" s="6">
+        <v>1254.354</v>
+      </c>
+      <c r="Y14" s="6">
+        <v>1058.53</v>
+      </c>
+      <c r="Z14" s="6">
+        <v>1103.9359999999999</v>
+      </c>
+      <c r="AA14" s="6">
+        <v>1428.7049999999999</v>
+      </c>
+      <c r="AB14" s="6">
+        <v>1196.3520000000001</v>
+      </c>
+      <c r="AC14" s="6">
+        <v>1262.307</v>
+      </c>
+      <c r="AD14" s="6">
+        <v>975.40200000000004</v>
+      </c>
+      <c r="AE14" s="6">
+        <v>1170.9459999999999</v>
+      </c>
+      <c r="AF14" s="6">
+        <v>888.21500000000003</v>
+      </c>
+      <c r="AG14" s="6">
+        <v>1256.682</v>
+      </c>
+      <c r="AH14" s="6">
+        <v>798.779</v>
+      </c>
+      <c r="AI14" s="6">
+        <v>1261.181</v>
+      </c>
+      <c r="AJ14" s="6">
+        <v>938.90599999999995</v>
+      </c>
+      <c r="AK14" s="6">
+        <v>1175.6300000000001</v>
+      </c>
+      <c r="AL14" s="6">
+        <v>1158.9490000000001</v>
+      </c>
+      <c r="AM14" s="6">
+        <v>1202.453</v>
+      </c>
+      <c r="AN14" s="6">
+        <v>829.79399999999998</v>
+      </c>
+      <c r="AO14" s="6">
+        <v>965.61500000000001</v>
+      </c>
+      <c r="AP14" s="6">
+        <v>821.35</v>
+      </c>
+      <c r="AQ14" s="6">
+        <v>1582.7560000000001</v>
+      </c>
+      <c r="AR14" s="6">
+        <v>833.61400000000003</v>
+      </c>
+      <c r="AS14" s="6">
+        <v>1096.5170000000001</v>
+      </c>
+      <c r="AT14" s="6">
+        <v>817.98400000000004</v>
+      </c>
+      <c r="AU14" s="6">
+        <v>1814.2170000000001</v>
+      </c>
+      <c r="AV14" s="6">
+        <v>1009.452</v>
+      </c>
+      <c r="AW14" s="27">
+        <v>1068.326</v>
+      </c>
+      <c r="AX14" s="27">
+        <v>892.23099999999999</v>
+      </c>
+      <c r="AY14" s="27">
+        <v>1606.931</v>
+      </c>
+      <c r="AZ14" s="27">
+        <v>886.23199999999997</v>
+      </c>
+      <c r="BA14" s="27">
+        <v>1282.4690000000001</v>
+      </c>
+      <c r="BB14" s="27">
+        <v>1423.7070000000001</v>
+      </c>
+      <c r="BC14" s="27">
+        <v>2024.8489999999999</v>
+      </c>
+      <c r="BD14" s="27">
+        <v>1109.596</v>
+      </c>
+      <c r="BE14" s="27">
+        <v>1659.6210000000001</v>
+      </c>
+      <c r="BF14" s="27">
+        <v>924.79200000000003</v>
+      </c>
+      <c r="BG14" s="27">
+        <v>1771.921</v>
+      </c>
+      <c r="BH14" s="27">
+        <v>1010.505</v>
+      </c>
+      <c r="BI14" s="27">
+        <v>1354.366</v>
+      </c>
+      <c r="BJ14" s="27">
+        <v>1077.71</v>
+      </c>
+      <c r="BK14" s="27">
+        <v>1441.7370000000001</v>
+      </c>
+      <c r="BL14" s="27">
+        <v>1456.7339999999999</v>
+      </c>
+      <c r="BM14" s="27">
+        <v>1424.8150000000001</v>
+      </c>
+      <c r="BN14" s="27">
+        <v>1082.568</v>
+      </c>
+      <c r="BO14" s="27">
+        <v>1751.384</v>
+      </c>
+      <c r="BP14" s="27">
+        <v>1498.1289999999999</v>
+      </c>
+      <c r="BQ14" s="27">
+        <v>1610.4573569999998</v>
+      </c>
+      <c r="BR14" s="27">
+        <v>1069.7650000000001</v>
+      </c>
+      <c r="BS14" s="27">
+        <v>2206.180836</v>
+      </c>
+      <c r="BT14" s="27">
+        <v>1286.0129220000001</v>
+      </c>
+      <c r="BU14" s="35" t="s">
+        <v>113</v>
+      </c>
+      <c r="BV14" s="8"/>
+      <c r="BW14" s="8"/>
+    </row>
+    <row r="15" spans="1:75" ht="27.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="36" t="s">
+        <v>114</v>
+      </c>
+      <c r="B15" s="6">
+        <v>244.08799999999999</v>
+      </c>
+      <c r="C15" s="6">
+        <v>178.601</v>
+      </c>
+      <c r="D15" s="6">
+        <v>389.46100000000001</v>
+      </c>
+      <c r="E15" s="6">
+        <v>439.09620000000001</v>
+      </c>
+      <c r="F15" s="6">
+        <v>230.572</v>
+      </c>
+      <c r="G15" s="6">
+        <v>248.97900000000001</v>
+      </c>
+      <c r="H15" s="6">
+        <v>285.97699999999998</v>
+      </c>
+      <c r="I15" s="6">
+        <v>363.142</v>
+      </c>
+      <c r="J15" s="6">
+        <v>293.43200000000002</v>
+      </c>
+      <c r="K15" s="6">
+        <v>265.07</v>
+      </c>
+      <c r="L15" s="6">
+        <v>412.04599999999999</v>
+      </c>
+      <c r="M15" s="6">
+        <v>931.83600000000001</v>
+      </c>
+      <c r="N15" s="6">
+        <v>298.935</v>
+      </c>
+      <c r="O15" s="6">
+        <v>294.65800000000002</v>
+      </c>
+      <c r="P15" s="6">
+        <v>391.45800000000003</v>
+      </c>
+      <c r="Q15" s="6">
+        <v>601.15599999999995</v>
+      </c>
+      <c r="R15" s="6">
+        <v>634.57299999999998</v>
+      </c>
+      <c r="S15" s="6">
+        <v>673.34299999999996</v>
+      </c>
+      <c r="T15" s="6">
+        <v>712.77800000000002</v>
+      </c>
+      <c r="U15" s="6">
+        <v>657.48599999999999</v>
+      </c>
+      <c r="V15" s="6">
+        <v>259.55</v>
+      </c>
+      <c r="W15" s="6">
+        <v>418.14600000000002</v>
+      </c>
+      <c r="X15" s="6">
+        <v>283.98899999999998</v>
+      </c>
+      <c r="Y15" s="6">
+        <v>514.13599999999997</v>
+      </c>
+      <c r="Z15" s="6">
+        <v>230.58099999999999</v>
+      </c>
+      <c r="AA15" s="6">
+        <v>275.65300000000002</v>
+      </c>
+      <c r="AB15" s="6">
+        <v>270.10300000000001</v>
+      </c>
+      <c r="AC15" s="6">
+        <v>447.48700000000002</v>
+      </c>
+      <c r="AD15" s="6">
+        <v>215.05500000000001</v>
+      </c>
+      <c r="AE15" s="6">
+        <v>336.75700000000001</v>
+      </c>
+      <c r="AF15" s="6">
+        <v>325.96100000000001</v>
+      </c>
+      <c r="AG15" s="6">
+        <v>497.37</v>
+      </c>
+      <c r="AH15" s="6">
+        <v>172.131</v>
+      </c>
+      <c r="AI15" s="6">
+        <v>200.90199999999999</v>
+      </c>
+      <c r="AJ15" s="6">
+        <v>151.25399999999999</v>
+      </c>
+      <c r="AK15" s="6">
+        <v>490.13400000000001</v>
+      </c>
+      <c r="AL15" s="6">
+        <v>118.255</v>
+      </c>
+      <c r="AM15" s="6">
+        <v>170.73699999999999</v>
+      </c>
+      <c r="AN15" s="6">
+        <v>139.92099999999999</v>
+      </c>
+      <c r="AO15" s="6">
+        <v>251.15799999999999</v>
+      </c>
+      <c r="AP15" s="6">
+        <v>161.33199999999999</v>
+      </c>
+      <c r="AQ15" s="6">
+        <v>138.11600000000001</v>
+      </c>
+      <c r="AR15" s="6">
+        <v>312.59500000000003</v>
+      </c>
+      <c r="AS15" s="6">
+        <v>326.613</v>
+      </c>
+      <c r="AT15" s="6">
+        <v>153.75800000000001</v>
+      </c>
+      <c r="AU15" s="6">
+        <v>152.08000000000001</v>
+      </c>
+      <c r="AV15" s="6">
+        <v>172.82300000000001</v>
+      </c>
+      <c r="AW15" s="27">
+        <v>333.858</v>
+      </c>
+      <c r="AX15" s="27">
+        <v>224.184</v>
+      </c>
+      <c r="AY15" s="27">
+        <v>180.833</v>
+      </c>
+      <c r="AZ15" s="27">
+        <v>256.19600000000003</v>
+      </c>
+      <c r="BA15" s="27">
+        <v>417.76299999999998</v>
+      </c>
+      <c r="BB15" s="27">
+        <v>224.73099999999999</v>
+      </c>
+      <c r="BC15" s="27">
+        <v>522.37599999999998</v>
+      </c>
+      <c r="BD15" s="27">
+        <v>1332.8140000000001</v>
+      </c>
+      <c r="BE15" s="27">
+        <v>584.30100000000004</v>
+      </c>
+      <c r="BF15" s="27">
+        <v>151.23699999999999</v>
+      </c>
+      <c r="BG15" s="27">
+        <v>383.642</v>
+      </c>
+      <c r="BH15" s="27">
+        <v>272.74299999999999</v>
+      </c>
+      <c r="BI15" s="27">
+        <v>762.548</v>
+      </c>
+      <c r="BJ15" s="27">
+        <v>406.77600000000001</v>
+      </c>
+      <c r="BK15" s="27">
+        <v>724.69399999999996</v>
+      </c>
+      <c r="BL15" s="27">
+        <v>617.36599999999999</v>
+      </c>
+      <c r="BM15" s="27">
+        <v>1158.3389999999999</v>
+      </c>
+      <c r="BN15" s="27">
+        <v>547.02929200000005</v>
+      </c>
+      <c r="BO15" s="27">
+        <v>535.39828309999996</v>
+      </c>
+      <c r="BP15" s="27">
+        <v>548.43257290000008</v>
+      </c>
+      <c r="BQ15" s="27">
+        <v>967.52589419999993</v>
+      </c>
+      <c r="BR15" s="27">
+        <v>680.86605440000005</v>
+      </c>
+      <c r="BS15" s="27">
+        <v>752.75393110000005</v>
+      </c>
+      <c r="BT15" s="27">
+        <v>932.77504909999993</v>
+      </c>
+      <c r="BU15" s="36" t="s">
+        <v>114</v>
+      </c>
+      <c r="BV15" s="8"/>
+      <c r="BW15" s="8"/>
+    </row>
+    <row r="16" spans="1:75" ht="27.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A16" s="37" t="s">
+        <v>129</v>
+      </c>
+      <c r="B16" s="6">
+        <v>17702.966999999997</v>
+      </c>
+      <c r="C16" s="6">
+        <v>19201.000000000004</v>
+      </c>
+      <c r="D16" s="6">
+        <v>20850.244999999999</v>
+      </c>
+      <c r="E16" s="6">
+        <v>23711.573585999999</v>
+      </c>
+      <c r="F16" s="6">
+        <v>19233.490999999998</v>
+      </c>
+      <c r="G16" s="6">
+        <v>21192.194000000003</v>
+      </c>
+      <c r="H16" s="6">
+        <v>21888.346000000001</v>
+      </c>
+      <c r="I16" s="6">
+        <v>25845.845999999998</v>
+      </c>
+      <c r="J16" s="6">
+        <v>19279.583000000002</v>
+      </c>
+      <c r="K16" s="6">
+        <v>22567.355</v>
+      </c>
+      <c r="L16" s="6">
+        <v>21643.885999999995</v>
+      </c>
+      <c r="M16" s="6">
+        <v>29833.632000000001</v>
+      </c>
+      <c r="N16" s="6">
+        <v>19378.821</v>
+      </c>
+      <c r="O16" s="6">
+        <v>21819.468000000001</v>
+      </c>
+      <c r="P16" s="6">
+        <v>20728.100999999999</v>
+      </c>
+      <c r="Q16" s="6">
+        <v>26281.13953</v>
+      </c>
+      <c r="R16" s="6">
+        <v>19471.245999999999</v>
+      </c>
+      <c r="S16" s="6">
+        <v>20517.698000000004</v>
+      </c>
+      <c r="T16" s="6">
+        <v>20030.968000000001</v>
+      </c>
+      <c r="U16" s="6">
+        <v>22284.248140000007</v>
+      </c>
+      <c r="V16" s="6">
+        <v>20426.07</v>
+      </c>
+      <c r="W16" s="6">
+        <v>20186.614000000001</v>
+      </c>
+      <c r="X16" s="6">
+        <v>21122.186000000002</v>
+      </c>
+      <c r="Y16" s="6">
+        <v>23529.274000000001</v>
+      </c>
+      <c r="Z16" s="6">
+        <v>19250.923999999999</v>
+      </c>
+      <c r="AA16" s="6">
+        <v>21794.280999999999</v>
+      </c>
+      <c r="AB16" s="6">
+        <v>26705.921000000002</v>
+      </c>
+      <c r="AC16" s="6">
+        <v>21797.517000000003</v>
+      </c>
+      <c r="AD16" s="6">
+        <v>19814.205999999998</v>
+      </c>
+      <c r="AE16" s="6">
+        <v>20947.451999999997</v>
+      </c>
+      <c r="AF16" s="6">
+        <v>21681.927000000003</v>
+      </c>
+      <c r="AG16" s="6">
+        <v>24233.818997999995</v>
+      </c>
+      <c r="AH16" s="6">
+        <v>19199.64</v>
+      </c>
+      <c r="AI16" s="6">
+        <v>20646.406000000003</v>
+      </c>
+      <c r="AJ16" s="6">
+        <v>21909.764000000003</v>
+      </c>
+      <c r="AK16" s="6">
+        <v>21865.238659999995</v>
+      </c>
+      <c r="AL16" s="6">
+        <v>23259.672000000002</v>
+      </c>
+      <c r="AM16" s="6">
+        <v>20627.402999999998</v>
+      </c>
+      <c r="AN16" s="6">
+        <v>21836.989000000001</v>
+      </c>
+      <c r="AO16" s="6">
+        <v>23204.973059999997</v>
+      </c>
+      <c r="AP16" s="6">
+        <v>19381.362999999998</v>
+      </c>
+      <c r="AQ16" s="6">
+        <v>21717.920999999998</v>
+      </c>
+      <c r="AR16" s="6">
+        <v>22149.968000000001</v>
+      </c>
+      <c r="AS16" s="6">
+        <v>25476.609000000004</v>
+      </c>
+      <c r="AT16" s="6">
+        <v>19839.375999999997</v>
+      </c>
+      <c r="AU16" s="6">
+        <v>22352.947</v>
+      </c>
+      <c r="AV16" s="6">
+        <v>23189.126999999997</v>
+      </c>
+      <c r="AW16" s="27">
+        <v>25735.730000000003</v>
+      </c>
+      <c r="AX16" s="27">
+        <v>20483.947999999997</v>
+      </c>
+      <c r="AY16" s="27">
+        <v>24087.956000000006</v>
+      </c>
+      <c r="AZ16" s="27">
+        <v>25267.212</v>
+      </c>
+      <c r="BA16" s="27">
+        <v>28914.428000000004</v>
+      </c>
+      <c r="BB16" s="27">
+        <v>22791.656999999999</v>
+      </c>
+      <c r="BC16" s="27">
+        <v>25376.651999999998</v>
+      </c>
+      <c r="BD16" s="27">
+        <v>25134.675999999999</v>
+      </c>
+      <c r="BE16" s="27">
+        <v>29192.075000000004</v>
+      </c>
+      <c r="BF16" s="27">
+        <v>22598.207000000002</v>
+      </c>
+      <c r="BG16" s="27">
+        <v>24209.993000000002</v>
+      </c>
+      <c r="BH16" s="27">
+        <v>26021.373000000003</v>
+      </c>
+      <c r="BI16" s="27">
+        <v>34204.004000000001</v>
+      </c>
+      <c r="BJ16" s="27">
+        <v>23552.255000000001</v>
+      </c>
+      <c r="BK16" s="27">
+        <v>26616.338000000003</v>
+      </c>
+      <c r="BL16" s="27">
+        <v>28206.088999999996</v>
+      </c>
+      <c r="BM16" s="27">
+        <v>34897.176999999996</v>
+      </c>
+      <c r="BN16" s="27">
+        <v>26385.198</v>
+      </c>
+      <c r="BO16" s="27">
+        <v>28770.270999999997</v>
+      </c>
+      <c r="BP16" s="27">
+        <v>30884.810999999998</v>
+      </c>
+      <c r="BQ16" s="27">
+        <v>37134.066000000006</v>
+      </c>
+      <c r="BR16" s="27">
+        <v>27883.57</v>
+      </c>
+      <c r="BS16" s="27">
+        <v>30550.010000000002</v>
+      </c>
+      <c r="BT16" s="27">
+        <v>34216.245000000003</v>
+      </c>
+      <c r="BU16" s="37" t="s">
+        <v>129</v>
+      </c>
+      <c r="BV16" s="8"/>
+      <c r="BW16" s="8"/>
+    </row>
+    <row r="17" spans="1:75" ht="27.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A17" s="33" t="s">
+        <v>115</v>
+      </c>
+      <c r="B17" s="6">
+        <v>16413.507999999998</v>
+      </c>
+      <c r="C17" s="6">
+        <v>17841.796000000002</v>
+      </c>
+      <c r="D17" s="6">
+        <v>18300.280999999999</v>
+      </c>
+      <c r="E17" s="6">
+        <v>21774.444632999999</v>
+      </c>
+      <c r="F17" s="6">
+        <v>17539.775999999998</v>
+      </c>
+      <c r="G17" s="6">
+        <v>19204.417000000001</v>
+      </c>
+      <c r="H17" s="6">
+        <v>19810.443000000003</v>
+      </c>
+      <c r="I17" s="6">
+        <v>23139.372999999996</v>
+      </c>
+      <c r="J17" s="6">
+        <v>17690.187000000002</v>
+      </c>
+      <c r="K17" s="6">
+        <v>19788.605</v>
+      </c>
+      <c r="L17" s="6">
+        <v>19733.443999999996</v>
+      </c>
+      <c r="M17" s="6">
+        <v>23232.617000000002</v>
+      </c>
+      <c r="N17" s="6">
+        <v>17977.587</v>
+      </c>
+      <c r="O17" s="6">
+        <v>19835.164000000001</v>
+      </c>
+      <c r="P17" s="6">
+        <v>19308.347999999998</v>
+      </c>
+      <c r="Q17" s="6">
+        <v>23393.917969999999</v>
+      </c>
+      <c r="R17" s="6">
+        <v>18246.043999999998</v>
+      </c>
+      <c r="S17" s="6">
+        <v>18555.386000000002</v>
+      </c>
+      <c r="T17" s="6">
+        <v>18902.305</v>
+      </c>
+      <c r="U17" s="6">
+        <v>20564.517910000006</v>
+      </c>
+      <c r="V17" s="6">
+        <v>18895.939999999999</v>
+      </c>
+      <c r="W17" s="6">
+        <v>19141.974000000002</v>
+      </c>
+      <c r="X17" s="6">
+        <v>20018.719000000001</v>
+      </c>
+      <c r="Y17" s="6">
+        <v>21688.975000000002</v>
+      </c>
+      <c r="Z17" s="6">
+        <v>18455.798999999999</v>
+      </c>
+      <c r="AA17" s="6">
+        <v>19802.310999999998</v>
+      </c>
+      <c r="AB17" s="6">
+        <v>20766.085000000003</v>
+      </c>
+      <c r="AC17" s="6">
+        <v>19968.212000000003</v>
+      </c>
+      <c r="AD17" s="6">
+        <v>18903.826999999997</v>
+      </c>
+      <c r="AE17" s="6">
+        <v>19663.923999999999</v>
+      </c>
+      <c r="AF17" s="6">
+        <v>20448.672000000002</v>
+      </c>
+      <c r="AG17" s="6">
+        <v>20017.615997999997</v>
+      </c>
+      <c r="AH17" s="6">
+        <v>18629.285</v>
+      </c>
+      <c r="AI17" s="6">
+        <v>19759.401000000002</v>
+      </c>
+      <c r="AJ17" s="6">
+        <v>21030.975000000002</v>
+      </c>
+      <c r="AK17" s="6">
+        <v>20525.751999999997</v>
+      </c>
+      <c r="AL17" s="6">
+        <v>18527.227000000003</v>
+      </c>
+      <c r="AM17" s="6">
+        <v>19793.637999999999</v>
+      </c>
+      <c r="AN17" s="6">
+        <v>20834.003000000001</v>
+      </c>
+      <c r="AO17" s="6">
+        <v>21314.008999999998</v>
+      </c>
+      <c r="AP17" s="6">
+        <v>18579.558999999997</v>
+      </c>
+      <c r="AQ17" s="6">
+        <v>19745.813999999998</v>
+      </c>
+      <c r="AR17" s="6">
+        <v>20972.917000000001</v>
+      </c>
+      <c r="AS17" s="6">
+        <v>23260.586000000003</v>
+      </c>
+      <c r="AT17" s="6">
+        <v>18997.725999999995</v>
+      </c>
+      <c r="AU17" s="6">
+        <v>20385.402999999998</v>
+      </c>
+      <c r="AV17" s="6">
+        <v>21888.597999999998</v>
+      </c>
+      <c r="AW17" s="27">
+        <v>23777.923000000003</v>
+      </c>
+      <c r="AX17" s="27">
+        <v>19464.402999999998</v>
+      </c>
+      <c r="AY17" s="27">
+        <v>21857.497000000007</v>
+      </c>
+      <c r="AZ17" s="27">
+        <v>22693.713</v>
+      </c>
+      <c r="BA17" s="27">
+        <v>25814.319000000003</v>
+      </c>
+      <c r="BB17" s="27">
+        <v>21723.623</v>
+      </c>
+      <c r="BC17" s="27">
+        <v>22806.452999999998</v>
+      </c>
+      <c r="BD17" s="27">
+        <v>23543.569</v>
+      </c>
+      <c r="BE17" s="27">
+        <v>26185.130000000005</v>
+      </c>
+      <c r="BF17" s="27">
+        <v>21497.794000000002</v>
+      </c>
+      <c r="BG17" s="27">
+        <v>22762.555</v>
+      </c>
+      <c r="BH17" s="27">
+        <v>24293.472000000002</v>
+      </c>
+      <c r="BI17" s="27">
+        <v>29467.351999999999</v>
+      </c>
+      <c r="BJ17" s="27">
+        <v>22260.145</v>
+      </c>
+      <c r="BK17" s="27">
+        <v>24621.673000000003</v>
+      </c>
+      <c r="BL17" s="27">
+        <v>26219.640999999996</v>
+      </c>
+      <c r="BM17" s="27">
+        <v>29788.464999999997</v>
+      </c>
+      <c r="BN17" s="27">
+        <v>24726.175999999999</v>
+      </c>
+      <c r="BO17" s="27">
+        <v>26781.383999999998</v>
+      </c>
+      <c r="BP17" s="27">
+        <v>28418.082999999999</v>
+      </c>
+      <c r="BQ17" s="27">
+        <v>32849.922000000006</v>
+      </c>
+      <c r="BR17" s="27">
+        <v>26098.948</v>
+      </c>
+      <c r="BS17" s="27">
+        <v>28153.332000000002</v>
+      </c>
+      <c r="BT17" s="27">
+        <v>31293.985000000001</v>
+      </c>
+      <c r="BU17" s="33" t="s">
+        <v>115</v>
+      </c>
+      <c r="BV17" s="8"/>
+      <c r="BW17" s="8"/>
+    </row>
+    <row r="18" spans="1:75" ht="27.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A18" s="34" t="s">
+        <v>116</v>
+      </c>
+      <c r="B18" s="6">
+        <v>6536.4139999999998</v>
+      </c>
+      <c r="C18" s="6">
+        <v>6771.1629999999996</v>
+      </c>
+      <c r="D18" s="6">
+        <v>8130.598</v>
+      </c>
+      <c r="E18" s="6">
+        <v>8774.7690000000002</v>
+      </c>
+      <c r="F18" s="6">
+        <v>7213.2960000000003</v>
+      </c>
+      <c r="G18" s="6">
+        <v>7490.4589999999998</v>
+      </c>
+      <c r="H18" s="6">
+        <v>8973.4089999999997</v>
+      </c>
+      <c r="I18" s="6">
+        <v>9518.8549999999996</v>
+      </c>
+      <c r="J18" s="6">
+        <v>7528.098</v>
+      </c>
+      <c r="K18" s="6">
+        <v>7893.7510000000002</v>
+      </c>
+      <c r="L18" s="6">
+        <v>9017.2610000000004</v>
+      </c>
+      <c r="M18" s="6">
+        <v>9407.2710000000006</v>
+      </c>
+      <c r="N18" s="6">
+        <v>7653.5709999999999</v>
+      </c>
+      <c r="O18" s="6">
+        <v>7845.3969999999999</v>
+      </c>
+      <c r="P18" s="6">
+        <v>8865.9869999999992</v>
+      </c>
+      <c r="Q18" s="6">
+        <v>9363.134</v>
+      </c>
+      <c r="R18" s="6">
+        <v>7910.6379999999999</v>
+      </c>
+      <c r="S18" s="6">
+        <v>7991.741</v>
+      </c>
+      <c r="T18" s="6">
+        <v>8617.2569999999996</v>
+      </c>
+      <c r="U18" s="6">
+        <v>8882.0460000000003</v>
+      </c>
+      <c r="V18" s="6">
+        <v>8307.01</v>
+      </c>
+      <c r="W18" s="6">
+        <v>8283.7219999999998</v>
+      </c>
+      <c r="X18" s="6">
+        <v>9153.5049999999992</v>
+      </c>
+      <c r="Y18" s="6">
+        <v>9438.0660000000007</v>
+      </c>
+      <c r="Z18" s="6">
+        <v>8188.8940000000002</v>
+      </c>
+      <c r="AA18" s="6">
+        <v>8175.7139999999999</v>
+      </c>
+      <c r="AB18" s="6">
+        <v>9845.2630000000008</v>
+      </c>
+      <c r="AC18" s="6">
+        <v>8305.9150000000009</v>
+      </c>
+      <c r="AD18" s="6">
+        <v>8244.8060000000005</v>
+      </c>
+      <c r="AE18" s="6">
+        <v>8283.5769999999993</v>
+      </c>
+      <c r="AF18" s="6">
+        <v>10017.759</v>
+      </c>
+      <c r="AG18" s="6">
+        <v>8560.6039999999994</v>
+      </c>
+      <c r="AH18" s="6">
+        <v>8310.5360000000001</v>
+      </c>
+      <c r="AI18" s="6">
+        <v>8445.2240000000002</v>
+      </c>
+      <c r="AJ18" s="6">
+        <v>10114.996999999999</v>
+      </c>
+      <c r="AK18" s="6">
+        <v>8700.2289999999994</v>
+      </c>
+      <c r="AL18" s="6">
+        <v>8247.7189999999991</v>
+      </c>
+      <c r="AM18" s="6">
+        <v>8361.4629999999997</v>
+      </c>
+      <c r="AN18" s="6">
+        <v>10048.112999999999</v>
+      </c>
+      <c r="AO18" s="6">
+        <v>9458.2849999999999</v>
+      </c>
+      <c r="AP18" s="6">
+        <v>8304.6759999999995</v>
+      </c>
+      <c r="AQ18" s="6">
+        <v>8417.8700000000008</v>
+      </c>
+      <c r="AR18" s="6">
+        <v>10132.102000000001</v>
+      </c>
+      <c r="AS18" s="6">
+        <v>10505.343000000001</v>
+      </c>
+      <c r="AT18" s="6">
+        <v>8565.5990000000002</v>
+      </c>
+      <c r="AU18" s="6">
+        <v>8789.6779999999999</v>
+      </c>
+      <c r="AV18" s="6">
+        <v>10630.626</v>
+      </c>
+      <c r="AW18" s="27">
+        <v>10969.555</v>
+      </c>
+      <c r="AX18" s="27">
+        <v>8904.7360000000008</v>
+      </c>
+      <c r="AY18" s="27">
+        <v>8984.6579999999994</v>
+      </c>
+      <c r="AZ18" s="27">
+        <v>10993.201999999999</v>
+      </c>
+      <c r="BA18" s="27">
+        <v>11456.769</v>
+      </c>
+      <c r="BB18" s="27">
+        <v>9341.2489999999998</v>
+      </c>
+      <c r="BC18" s="27">
+        <v>9421.3089999999993</v>
+      </c>
+      <c r="BD18" s="27">
+        <v>11396.187</v>
+      </c>
+      <c r="BE18" s="27">
+        <v>11710.244000000001</v>
+      </c>
+      <c r="BF18" s="27">
+        <v>9834.6460000000006</v>
+      </c>
+      <c r="BG18" s="27">
+        <v>9633.11</v>
+      </c>
+      <c r="BH18" s="27">
+        <v>11744.628000000001</v>
+      </c>
+      <c r="BI18" s="27">
+        <v>13799.272000000001</v>
+      </c>
+      <c r="BJ18" s="27">
+        <v>10156.041999999999</v>
+      </c>
+      <c r="BK18" s="27">
+        <v>10450.303</v>
+      </c>
+      <c r="BL18" s="27">
+        <v>12944.853999999999</v>
+      </c>
+      <c r="BM18" s="27">
+        <v>13412.029</v>
+      </c>
+      <c r="BN18" s="27">
+        <v>11322.642</v>
+      </c>
+      <c r="BO18" s="27">
+        <v>11634.308999999999</v>
+      </c>
+      <c r="BP18" s="27">
+        <v>14079.004000000001</v>
+      </c>
+      <c r="BQ18" s="27">
+        <v>15107.252</v>
+      </c>
+      <c r="BR18" s="27">
+        <v>12110.504000000001</v>
+      </c>
+      <c r="BS18" s="27">
+        <v>12227.68</v>
+      </c>
+      <c r="BT18" s="27">
+        <v>15538.183999999999</v>
+      </c>
+      <c r="BU18" s="34" t="s">
+        <v>116</v>
+      </c>
+      <c r="BV18" s="8"/>
+      <c r="BW18" s="8"/>
+    </row>
+    <row r="19" spans="1:75" ht="27.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A19" s="34" t="s">
+        <v>117</v>
+      </c>
+      <c r="B19" s="6">
+        <v>5136.26</v>
+      </c>
+      <c r="C19" s="6">
+        <v>6303.4380000000001</v>
+      </c>
+      <c r="D19" s="6">
+        <v>5233.8609999999999</v>
+      </c>
+      <c r="E19" s="6">
+        <v>6785.6970000000001</v>
+      </c>
+      <c r="F19" s="6">
+        <v>5276.5929999999998</v>
+      </c>
+      <c r="G19" s="6">
+        <v>6657.5479999999998</v>
+      </c>
+      <c r="H19" s="6">
+        <v>5451.326</v>
+      </c>
+      <c r="I19" s="6">
+        <v>7188.8810000000003</v>
+      </c>
+      <c r="J19" s="6">
+        <v>5442.9290000000001</v>
+      </c>
+      <c r="K19" s="6">
+        <v>6776.3180000000002</v>
+      </c>
+      <c r="L19" s="6">
+        <v>5472.4549999999999</v>
+      </c>
+      <c r="M19" s="6">
+        <v>6886.9639999999999</v>
+      </c>
+      <c r="N19" s="6">
+        <v>5077.7889999999998</v>
+      </c>
+      <c r="O19" s="6">
+        <v>6295.7039999999997</v>
+      </c>
+      <c r="P19" s="6">
+        <v>4942.8069999999998</v>
+      </c>
+      <c r="Q19" s="6">
+        <v>6268.5159999999996</v>
+      </c>
+      <c r="R19" s="6">
+        <v>4859.9470000000001</v>
+      </c>
+      <c r="S19" s="6">
+        <v>4882.6719999999996</v>
+      </c>
+      <c r="T19" s="6">
+        <v>4738.0519999999997</v>
+      </c>
+      <c r="U19" s="6">
+        <v>5176.5290000000005</v>
+      </c>
+      <c r="V19" s="6">
+        <v>5113.4690000000001</v>
+      </c>
+      <c r="W19" s="6">
+        <v>5218.7309999999998</v>
+      </c>
+      <c r="X19" s="6">
+        <v>5049.2969999999996</v>
+      </c>
+      <c r="Y19" s="6">
+        <v>5905.2269999999999</v>
+      </c>
+      <c r="Z19" s="6">
+        <v>4697.3069999999998</v>
+      </c>
+      <c r="AA19" s="6">
+        <v>5727.99</v>
+      </c>
+      <c r="AB19" s="6">
+        <v>5142.9769999999999</v>
+      </c>
+      <c r="AC19" s="6">
+        <v>4916.7169999999996</v>
+      </c>
+      <c r="AD19" s="6">
+        <v>4809.8540000000003</v>
+      </c>
+      <c r="AE19" s="6">
+        <v>5698.6980000000003</v>
+      </c>
+      <c r="AF19" s="6">
+        <v>4833.7629999999999</v>
+      </c>
+      <c r="AG19" s="6">
+        <v>4991.4449999999997</v>
+      </c>
+      <c r="AH19" s="6">
+        <v>4852.92</v>
+      </c>
+      <c r="AI19" s="6">
+        <v>5834.6909999999998</v>
+      </c>
+      <c r="AJ19" s="6">
+        <v>5016.817</v>
+      </c>
+      <c r="AK19" s="6">
+        <v>5206.1090000000004</v>
+      </c>
+      <c r="AL19" s="6">
+        <v>4897.4409999999998</v>
+      </c>
+      <c r="AM19" s="6">
+        <v>5872.8680000000004</v>
+      </c>
+      <c r="AN19" s="6">
+        <v>4991.8710000000001</v>
+      </c>
+      <c r="AO19" s="6">
+        <v>5640.6760000000004</v>
+      </c>
+      <c r="AP19" s="6">
+        <v>4849.1379999999999</v>
+      </c>
+      <c r="AQ19" s="6">
+        <v>5813.1880000000001</v>
+      </c>
+      <c r="AR19" s="6">
+        <v>5042.8090000000002</v>
+      </c>
+      <c r="AS19" s="6">
+        <v>6335.1279999999997</v>
+      </c>
+      <c r="AT19" s="6">
+        <v>5039.6809999999996</v>
+      </c>
+      <c r="AU19" s="6">
+        <v>6084.3940000000002</v>
+      </c>
+      <c r="AV19" s="6">
+        <v>5324.6189999999997</v>
+      </c>
+      <c r="AW19" s="27">
+        <v>6702.875</v>
+      </c>
+      <c r="AX19" s="27">
+        <v>5274.5169999999998</v>
+      </c>
+      <c r="AY19" s="27">
+        <v>6206.5780000000004</v>
+      </c>
+      <c r="AZ19" s="27">
+        <v>5541.62</v>
+      </c>
+      <c r="BA19" s="27">
+        <v>6914.2910000000002</v>
+      </c>
+      <c r="BB19" s="27">
+        <v>5554.55</v>
+      </c>
+      <c r="BC19" s="27">
+        <v>6549.0309999999999</v>
+      </c>
+      <c r="BD19" s="27">
+        <v>5817.0609999999997</v>
+      </c>
+      <c r="BE19" s="27">
+        <v>7121.7290000000003</v>
+      </c>
+      <c r="BF19" s="27">
+        <v>5779.2979999999998</v>
+      </c>
+      <c r="BG19" s="27">
+        <v>6759.076</v>
+      </c>
+      <c r="BH19" s="27">
+        <v>6038.3630000000003</v>
+      </c>
+      <c r="BI19" s="27">
+        <v>7399.8239999999996</v>
+      </c>
+      <c r="BJ19" s="27">
+        <v>6098.9049999999997</v>
+      </c>
+      <c r="BK19" s="27">
+        <v>7278.1120000000001</v>
+      </c>
+      <c r="BL19" s="27">
+        <v>6447.2950000000001</v>
+      </c>
+      <c r="BM19" s="27">
+        <v>7996.0820000000003</v>
+      </c>
+      <c r="BN19" s="27">
+        <v>6697.19</v>
+      </c>
+      <c r="BO19" s="27">
+        <v>7829.8130000000001</v>
+      </c>
+      <c r="BP19" s="27">
+        <v>7057.73</v>
+      </c>
+      <c r="BQ19" s="27">
+        <v>8736.8320000000003</v>
+      </c>
+      <c r="BR19" s="27">
+        <v>7247.6729999999998</v>
+      </c>
+      <c r="BS19" s="27">
+        <v>8464.6479999999992</v>
+      </c>
+      <c r="BT19" s="27">
+        <v>7639.5410000000002</v>
+      </c>
+      <c r="BU19" s="34" t="s">
+        <v>117</v>
+      </c>
+      <c r="BV19" s="8"/>
+      <c r="BW19" s="8"/>
+    </row>
+    <row r="20" spans="1:75" ht="27.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A20" s="34" t="s">
         <v>118</v>
       </c>
-      <c r="AS7" s="37" t="s">
+      <c r="B20" s="6">
+        <v>1377.134</v>
+      </c>
+      <c r="C20" s="6">
+        <v>1274.2470000000001</v>
+      </c>
+      <c r="D20" s="6">
+        <v>1445.239</v>
+      </c>
+      <c r="E20" s="6">
+        <v>1476.2296329999999</v>
+      </c>
+      <c r="F20" s="6">
+        <v>1362.395</v>
+      </c>
+      <c r="G20" s="6">
+        <v>1214.654</v>
+      </c>
+      <c r="H20" s="6">
+        <v>1338.5450000000001</v>
+      </c>
+      <c r="I20" s="6">
+        <v>1314.529</v>
+      </c>
+      <c r="J20" s="6">
+        <v>1244.8019999999999</v>
+      </c>
+      <c r="K20" s="6">
+        <v>1157.98</v>
+      </c>
+      <c r="L20" s="6">
+        <v>1346.6030000000001</v>
+      </c>
+      <c r="M20" s="6">
+        <v>1496.09</v>
+      </c>
+      <c r="N20" s="6">
+        <v>1615.0909999999999</v>
+      </c>
+      <c r="O20" s="6">
+        <v>1728.9839999999999</v>
+      </c>
+      <c r="P20" s="6">
+        <v>2008.011</v>
+      </c>
+      <c r="Q20" s="6">
+        <v>2169.4744699999997</v>
+      </c>
+      <c r="R20" s="6">
+        <v>2075.2669999999998</v>
+      </c>
+      <c r="S20" s="6">
+        <v>1971.5170000000001</v>
+      </c>
+      <c r="T20" s="6">
+        <v>2051.9960000000001</v>
+      </c>
+      <c r="U20" s="6">
+        <v>2038.16544</v>
+      </c>
+      <c r="V20" s="6">
+        <v>2049.2310000000002</v>
+      </c>
+      <c r="W20" s="6">
+        <v>1992.6790000000001</v>
+      </c>
+      <c r="X20" s="6">
+        <v>2080.2710000000002</v>
+      </c>
+      <c r="Y20" s="6">
+        <v>2017.0719999999999</v>
+      </c>
+      <c r="Z20" s="6">
+        <v>2044.403</v>
+      </c>
+      <c r="AA20" s="6">
+        <v>1988.444</v>
+      </c>
+      <c r="AB20" s="6">
+        <v>2197.42</v>
+      </c>
+      <c r="AC20" s="6">
+        <v>2104.0970000000002</v>
+      </c>
+      <c r="AD20" s="6">
+        <v>2114.2170000000001</v>
+      </c>
+      <c r="AE20" s="6">
+        <v>1911.4870000000001</v>
+      </c>
+      <c r="AF20" s="6">
+        <v>2085.0920000000001</v>
+      </c>
+      <c r="AG20" s="6">
+        <v>2022.042999</v>
+      </c>
+      <c r="AH20" s="6">
+        <v>1868.3109999999999</v>
+      </c>
+      <c r="AI20" s="6">
+        <v>1822.0530000000001</v>
+      </c>
+      <c r="AJ20" s="6">
+        <v>1995.5229999999999</v>
+      </c>
+      <c r="AK20" s="6">
+        <v>1947.4179999999999</v>
+      </c>
+      <c r="AL20" s="6">
+        <v>1783.6110000000001</v>
+      </c>
+      <c r="AM20" s="6">
+        <v>1754.2380000000001</v>
+      </c>
+      <c r="AN20" s="6">
+        <v>1933.4670000000001</v>
+      </c>
+      <c r="AO20" s="6">
+        <v>1828.0550000000001</v>
+      </c>
+      <c r="AP20" s="6">
+        <v>1657.8789999999999</v>
+      </c>
+      <c r="AQ20" s="6">
+        <v>1632.7149999999999</v>
+      </c>
+      <c r="AR20" s="6">
+        <v>1778.8979999999999</v>
+      </c>
+      <c r="AS20" s="6">
+        <v>1736.354</v>
+      </c>
+      <c r="AT20" s="6">
+        <v>1558.42</v>
+      </c>
+      <c r="AU20" s="6">
+        <v>1560.9749999999999</v>
+      </c>
+      <c r="AV20" s="6">
+        <v>1587.4659999999999</v>
+      </c>
+      <c r="AW20" s="27">
+        <v>1520.0719999999999</v>
+      </c>
+      <c r="AX20" s="27">
+        <v>1399.068</v>
+      </c>
+      <c r="AY20" s="27">
+        <v>1442.0429999999999</v>
+      </c>
+      <c r="AZ20" s="27">
+        <v>1451.1020000000001</v>
+      </c>
+      <c r="BA20" s="27">
+        <v>1404.913</v>
+      </c>
+      <c r="BB20" s="27">
+        <v>1307.133</v>
+      </c>
+      <c r="BC20" s="27">
+        <v>1325.039</v>
+      </c>
+      <c r="BD20" s="27">
+        <v>1308.585</v>
+      </c>
+      <c r="BE20" s="27">
+        <v>1177.0219999999999</v>
+      </c>
+      <c r="BF20" s="27">
+        <v>1120.9570000000001</v>
+      </c>
+      <c r="BG20" s="27">
+        <v>1171.962</v>
+      </c>
+      <c r="BH20" s="27">
+        <v>1222.4159999999999</v>
+      </c>
+      <c r="BI20" s="27">
+        <v>1092.684</v>
+      </c>
+      <c r="BJ20" s="27">
+        <v>1317.192</v>
+      </c>
+      <c r="BK20" s="27">
+        <v>1368.66</v>
+      </c>
+      <c r="BL20" s="27">
+        <v>1487.875</v>
+      </c>
+      <c r="BM20" s="27">
+        <v>1379.5640000000001</v>
+      </c>
+      <c r="BN20" s="27">
+        <v>1443.8520000000001</v>
+      </c>
+      <c r="BO20" s="27">
+        <v>1419.8130000000001</v>
+      </c>
+      <c r="BP20" s="27">
+        <v>1575.9269999999999</v>
+      </c>
+      <c r="BQ20" s="27">
+        <v>1495.1969999999999</v>
+      </c>
+      <c r="BR20" s="27">
+        <v>1523.9190000000001</v>
+      </c>
+      <c r="BS20" s="27">
+        <v>1425.8679999999999</v>
+      </c>
+      <c r="BT20" s="27">
+        <v>1604.3030000000001</v>
+      </c>
+      <c r="BU20" s="34" t="s">
+        <v>118</v>
+      </c>
+      <c r="BV20" s="8"/>
+      <c r="BW20" s="8"/>
+    </row>
+    <row r="21" spans="1:75" ht="27.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="34" t="s">
+        <v>119</v>
+      </c>
+      <c r="B21" s="6">
+        <v>1811.4839999999999</v>
+      </c>
+      <c r="C21" s="6">
+        <v>2345.5929999999998</v>
+      </c>
+      <c r="D21" s="6">
+        <v>2345.4250000000002</v>
+      </c>
+      <c r="E21" s="6">
+        <v>3242.067</v>
+      </c>
+      <c r="F21" s="6">
+        <v>1973.1</v>
+      </c>
+      <c r="G21" s="6">
+        <v>2581.9690000000001</v>
+      </c>
+      <c r="H21" s="6">
+        <v>2570.123</v>
+      </c>
+      <c r="I21" s="6">
+        <v>3598.2849999999999</v>
+      </c>
+      <c r="J21" s="6">
+        <v>1832.5889999999999</v>
+      </c>
+      <c r="K21" s="6">
+        <v>2704.9430000000002</v>
+      </c>
+      <c r="L21" s="6">
+        <v>2544.0149999999999</v>
+      </c>
+      <c r="M21" s="6">
+        <v>3425.5430000000001</v>
+      </c>
+      <c r="N21" s="6">
+        <v>1944.923</v>
+      </c>
+      <c r="O21" s="6">
+        <v>2589.8090000000002</v>
+      </c>
+      <c r="P21" s="6">
+        <v>2335.5810000000001</v>
+      </c>
+      <c r="Q21" s="6">
+        <v>3669.636</v>
+      </c>
+      <c r="R21" s="6">
+        <v>1976.4079999999999</v>
+      </c>
+      <c r="S21" s="6">
+        <v>2324.1080000000002</v>
+      </c>
+      <c r="T21" s="6">
+        <v>2270.183</v>
+      </c>
+      <c r="U21" s="6">
+        <v>3009.9549999999999</v>
+      </c>
+      <c r="V21" s="6">
+        <v>1927.798</v>
+      </c>
+      <c r="W21" s="6">
+        <v>2461.7150000000001</v>
+      </c>
+      <c r="X21" s="6">
+        <v>2383.6950000000002</v>
+      </c>
+      <c r="Y21" s="6">
+        <v>2709.3989999999999</v>
+      </c>
+      <c r="Z21" s="6">
+        <v>2030.385</v>
+      </c>
+      <c r="AA21" s="6">
+        <v>2441.3789999999999</v>
+      </c>
+      <c r="AB21" s="6">
+        <v>2401.2190000000001</v>
+      </c>
+      <c r="AC21" s="6">
+        <v>2870.6289999999999</v>
+      </c>
+      <c r="AD21" s="6">
+        <v>2198.75</v>
+      </c>
+      <c r="AE21" s="6">
+        <v>2493.3850000000002</v>
+      </c>
+      <c r="AF21" s="6">
+        <v>2418.902</v>
+      </c>
+      <c r="AG21" s="6">
+        <v>2794.6350000000002</v>
+      </c>
+      <c r="AH21" s="6">
+        <v>2232.143</v>
+      </c>
+      <c r="AI21" s="6">
+        <v>2507.808</v>
+      </c>
+      <c r="AJ21" s="6">
+        <v>2562.413</v>
+      </c>
+      <c r="AK21" s="6">
+        <v>2966.703</v>
+      </c>
+      <c r="AL21" s="6">
+        <v>2428.1309999999999</v>
+      </c>
+      <c r="AM21" s="6">
+        <v>2481.1019999999999</v>
+      </c>
+      <c r="AN21" s="6">
+        <v>2607.3069999999998</v>
+      </c>
+      <c r="AO21" s="6">
+        <v>2967.9050000000002</v>
+      </c>
+      <c r="AP21" s="6">
+        <v>2380.2310000000002</v>
+      </c>
+      <c r="AQ21" s="6">
+        <v>2587.4580000000001</v>
+      </c>
+      <c r="AR21" s="6">
+        <v>2722.4340000000002</v>
+      </c>
+      <c r="AS21" s="6">
+        <v>3056.8620000000001</v>
+      </c>
+      <c r="AT21" s="6">
+        <v>2302.0940000000001</v>
+      </c>
+      <c r="AU21" s="6">
+        <v>2666.7629999999999</v>
+      </c>
+      <c r="AV21" s="6">
+        <v>2824.1930000000002</v>
+      </c>
+      <c r="AW21" s="27">
+        <v>3124.2730000000001</v>
+      </c>
+      <c r="AX21" s="27">
+        <v>2414.2829999999999</v>
+      </c>
+      <c r="AY21" s="27">
+        <v>2597.6680000000001</v>
+      </c>
+      <c r="AZ21" s="27">
+        <v>2652.5259999999998</v>
+      </c>
+      <c r="BA21" s="27">
+        <v>3258.413</v>
+      </c>
+      <c r="BB21" s="27">
+        <v>2521.3850000000002</v>
+      </c>
+      <c r="BC21" s="27">
+        <v>2835.7640000000001</v>
+      </c>
+      <c r="BD21" s="27">
+        <v>3040.7040000000002</v>
+      </c>
+      <c r="BE21" s="27">
+        <v>3567.6669999999999</v>
+      </c>
+      <c r="BF21" s="27">
+        <v>2930.3850000000002</v>
+      </c>
+      <c r="BG21" s="27">
+        <v>3180.761</v>
+      </c>
+      <c r="BH21" s="27">
+        <v>3215.3629999999998</v>
+      </c>
+      <c r="BI21" s="27">
+        <v>3829.652</v>
+      </c>
+      <c r="BJ21" s="27">
+        <v>2938.9279999999999</v>
+      </c>
+      <c r="BK21" s="27">
+        <v>3490.5259999999998</v>
+      </c>
+      <c r="BL21" s="27">
+        <v>3431.252</v>
+      </c>
+      <c r="BM21" s="27">
+        <v>4165.2309999999998</v>
+      </c>
+      <c r="BN21" s="27">
+        <v>3132.0810000000001</v>
+      </c>
+      <c r="BO21" s="27">
+        <v>3708.518</v>
+      </c>
+      <c r="BP21" s="27">
+        <v>3607.5479999999998</v>
+      </c>
+      <c r="BQ21" s="27">
+        <v>4628.0590000000002</v>
+      </c>
+      <c r="BR21" s="27">
+        <v>3291.547</v>
+      </c>
+      <c r="BS21" s="27">
+        <v>3745.3539999999998</v>
+      </c>
+      <c r="BT21" s="27">
+        <v>4204.7349999999997</v>
+      </c>
+      <c r="BU21" s="34" t="s">
+        <v>119</v>
+      </c>
+      <c r="BV21" s="8"/>
+      <c r="BW21" s="8"/>
+    </row>
+    <row r="22" spans="1:75" ht="27.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A22" s="34" t="s">
         <v>120</v>
       </c>
-      <c r="AT7" s="37" t="s">
+      <c r="B22" s="6">
+        <v>204.501</v>
+      </c>
+      <c r="C22" s="6">
+        <v>290.54300000000001</v>
+      </c>
+      <c r="D22" s="6">
+        <v>254.55699999999999</v>
+      </c>
+      <c r="E22" s="6">
+        <v>404.53500000000003</v>
+      </c>
+      <c r="F22" s="6">
+        <v>203.43600000000001</v>
+      </c>
+      <c r="G22" s="6">
+        <v>303.13099999999997</v>
+      </c>
+      <c r="H22" s="6">
+        <v>349.41699999999997</v>
+      </c>
+      <c r="I22" s="6">
+        <v>402.36700000000002</v>
+      </c>
+      <c r="J22" s="6">
+        <v>266.71600000000001</v>
+      </c>
+      <c r="K22" s="6">
+        <v>326.17899999999997</v>
+      </c>
+      <c r="L22" s="6">
+        <v>313.15300000000002</v>
+      </c>
+      <c r="M22" s="6">
+        <v>389.37299999999999</v>
+      </c>
+      <c r="N22" s="6">
+        <v>247.239</v>
+      </c>
+      <c r="O22" s="6">
+        <v>264.43400000000003</v>
+      </c>
+      <c r="P22" s="6">
+        <v>226.845</v>
+      </c>
+      <c r="Q22" s="6">
+        <v>425.57</v>
+      </c>
+      <c r="R22" s="6">
+        <v>137.60900000000001</v>
+      </c>
+      <c r="S22" s="6">
+        <v>261.98899999999998</v>
+      </c>
+      <c r="T22" s="6">
+        <v>210.172</v>
+      </c>
+      <c r="U22" s="6">
+        <v>360.76015999999998</v>
+      </c>
+      <c r="V22" s="6">
+        <v>134.523</v>
+      </c>
+      <c r="W22" s="6">
+        <v>226.822</v>
+      </c>
+      <c r="X22" s="6">
+        <v>233.08799999999999</v>
+      </c>
+      <c r="Y22" s="6">
+        <v>340.08199999999999</v>
+      </c>
+      <c r="Z22" s="6">
+        <v>188.459</v>
+      </c>
+      <c r="AA22" s="6">
+        <v>297.10300000000001</v>
+      </c>
+      <c r="AB22" s="6">
+        <v>226.72499999999999</v>
+      </c>
+      <c r="AC22" s="6">
+        <v>427.185</v>
+      </c>
+      <c r="AD22" s="6">
+        <v>160.477</v>
+      </c>
+      <c r="AE22" s="6">
+        <v>234.364</v>
+      </c>
+      <c r="AF22" s="6">
+        <v>225.62700000000001</v>
+      </c>
+      <c r="AG22" s="6">
+        <v>371.93200000000002</v>
+      </c>
+      <c r="AH22" s="6">
+        <v>159.024</v>
+      </c>
+      <c r="AI22" s="6">
+        <v>207.553</v>
+      </c>
+      <c r="AJ22" s="6">
+        <v>205.86099999999999</v>
+      </c>
+      <c r="AK22" s="6">
+        <v>343.55</v>
+      </c>
+      <c r="AL22" s="6">
+        <v>157.11500000000001</v>
+      </c>
+      <c r="AM22" s="6">
+        <v>182.28899999999999</v>
+      </c>
+      <c r="AN22" s="6">
+        <v>178.48</v>
+      </c>
+      <c r="AO22" s="6">
+        <v>288.43799999999999</v>
+      </c>
+      <c r="AP22" s="6">
+        <v>178.84899999999999</v>
+      </c>
+      <c r="AQ22" s="6">
+        <v>180.99600000000001</v>
+      </c>
+      <c r="AR22" s="6">
+        <v>162.63499999999999</v>
+      </c>
+      <c r="AS22" s="6">
+        <v>259.005</v>
+      </c>
+      <c r="AT22" s="6">
+        <v>181.565</v>
+      </c>
+      <c r="AU22" s="6">
+        <v>197.82599999999999</v>
+      </c>
+      <c r="AV22" s="6">
+        <v>261.09899999999999</v>
+      </c>
+      <c r="AW22" s="27">
+        <v>309.39999999999998</v>
+      </c>
+      <c r="AX22" s="27">
+        <v>194.37200000000001</v>
+      </c>
+      <c r="AY22" s="27">
+        <v>1399.348</v>
+      </c>
+      <c r="AZ22" s="27">
+        <v>990.73699999999997</v>
+      </c>
+      <c r="BA22" s="27">
+        <v>1088.3969999999999</v>
+      </c>
+      <c r="BB22" s="27">
+        <v>1562.259</v>
+      </c>
+      <c r="BC22" s="27">
+        <v>1363.8689999999999</v>
+      </c>
+      <c r="BD22" s="27">
+        <v>645.62699999999995</v>
+      </c>
+      <c r="BE22" s="27">
+        <v>684.04100000000005</v>
+      </c>
+      <c r="BF22" s="27">
+        <v>395.596</v>
+      </c>
+      <c r="BG22" s="27">
+        <v>450.791</v>
+      </c>
+      <c r="BH22" s="27">
+        <v>519.1</v>
+      </c>
+      <c r="BI22" s="27">
+        <v>1380.4110000000001</v>
+      </c>
+      <c r="BJ22" s="27">
+        <v>324.56</v>
+      </c>
+      <c r="BK22" s="27">
+        <v>560.40899999999999</v>
+      </c>
+      <c r="BL22" s="27">
+        <v>363.49400000000003</v>
+      </c>
+      <c r="BM22" s="27">
+        <v>768.69200000000001</v>
+      </c>
+      <c r="BN22" s="27">
+        <v>670.59799999999996</v>
+      </c>
+      <c r="BO22" s="27">
+        <v>328.29199999999997</v>
+      </c>
+      <c r="BP22" s="27">
+        <v>332.98599999999999</v>
+      </c>
+      <c r="BQ22" s="27">
+        <v>553.86800000000005</v>
+      </c>
+      <c r="BR22" s="27">
+        <v>271.15100000000001</v>
+      </c>
+      <c r="BS22" s="27">
+        <v>306.98899999999998</v>
+      </c>
+      <c r="BT22" s="27">
+        <v>386.56</v>
+      </c>
+      <c r="BU22" s="34" t="s">
+        <v>120</v>
+      </c>
+      <c r="BV22" s="8"/>
+      <c r="BW22" s="8"/>
+    </row>
+    <row r="23" spans="1:75" ht="27.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="34" t="s">
         <v>121</v>
       </c>
-      <c r="AU7" s="37" t="s">
+      <c r="B23" s="6">
+        <v>1347.7149999999999</v>
+      </c>
+      <c r="C23" s="6">
+        <v>856.81200000000001</v>
+      </c>
+      <c r="D23" s="6">
+        <v>890.601</v>
+      </c>
+      <c r="E23" s="6">
+        <v>1091.1469999999999</v>
+      </c>
+      <c r="F23" s="6">
+        <v>1510.9559999999999</v>
+      </c>
+      <c r="G23" s="6">
+        <v>956.65599999999995</v>
+      </c>
+      <c r="H23" s="6">
+        <v>1127.623</v>
+      </c>
+      <c r="I23" s="6">
+        <v>1116.4559999999999</v>
+      </c>
+      <c r="J23" s="6">
+        <v>1375.0530000000001</v>
+      </c>
+      <c r="K23" s="6">
+        <v>929.43399999999997</v>
+      </c>
+      <c r="L23" s="6">
+        <v>1039.9570000000001</v>
+      </c>
+      <c r="M23" s="6">
+        <v>1627.376</v>
+      </c>
+      <c r="N23" s="6">
+        <v>1438.9739999999999</v>
+      </c>
+      <c r="O23" s="6">
+        <v>1110.836</v>
+      </c>
+      <c r="P23" s="6">
+        <v>929.11699999999996</v>
+      </c>
+      <c r="Q23" s="6">
+        <v>1497.5875000000001</v>
+      </c>
+      <c r="R23" s="6">
+        <v>1286.175</v>
+      </c>
+      <c r="S23" s="6">
+        <v>1123.3589999999999</v>
+      </c>
+      <c r="T23" s="6">
+        <v>1014.645</v>
+      </c>
+      <c r="U23" s="6">
+        <v>1097.06231</v>
+      </c>
+      <c r="V23" s="6">
+        <v>1363.9090000000001</v>
+      </c>
+      <c r="W23" s="6">
+        <v>958.30499999999995</v>
+      </c>
+      <c r="X23" s="6">
+        <v>1118.8630000000001</v>
+      </c>
+      <c r="Y23" s="6">
+        <v>1279.1289999999999</v>
+      </c>
+      <c r="Z23" s="6">
+        <v>1306.3510000000001</v>
+      </c>
+      <c r="AA23" s="6">
+        <v>1171.681</v>
+      </c>
+      <c r="AB23" s="6">
+        <v>952.48099999999999</v>
+      </c>
+      <c r="AC23" s="6">
+        <v>1343.6690000000001</v>
+      </c>
+      <c r="AD23" s="6">
+        <v>1375.723</v>
+      </c>
+      <c r="AE23" s="6">
+        <v>1042.413</v>
+      </c>
+      <c r="AF23" s="6">
+        <v>867.529</v>
+      </c>
+      <c r="AG23" s="6">
+        <v>1276.9569989999998</v>
+      </c>
+      <c r="AH23" s="6">
+        <v>1206.3510000000001</v>
+      </c>
+      <c r="AI23" s="6">
+        <v>942.072</v>
+      </c>
+      <c r="AJ23" s="6">
+        <v>1135.364</v>
+      </c>
+      <c r="AK23" s="6">
+        <v>1361.7429999999999</v>
+      </c>
+      <c r="AL23" s="6">
+        <v>1013.21</v>
+      </c>
+      <c r="AM23" s="6">
+        <v>1141.6780000000001</v>
+      </c>
+      <c r="AN23" s="6">
+        <v>1074.7650000000001</v>
+      </c>
+      <c r="AO23" s="6">
+        <v>1130.6500000000001</v>
+      </c>
+      <c r="AP23" s="6">
+        <v>1208.7860000000001</v>
+      </c>
+      <c r="AQ23" s="6">
+        <v>1113.587</v>
+      </c>
+      <c r="AR23" s="6">
+        <v>1134.039</v>
+      </c>
+      <c r="AS23" s="6">
+        <v>1367.894</v>
+      </c>
+      <c r="AT23" s="6">
+        <v>1350.367</v>
+      </c>
+      <c r="AU23" s="6">
+        <v>1085.7670000000001</v>
+      </c>
+      <c r="AV23" s="6">
+        <v>1260.595</v>
+      </c>
+      <c r="AW23" s="27">
+        <v>1151.748</v>
+      </c>
+      <c r="AX23" s="27">
+        <v>1277.4269999999999</v>
+      </c>
+      <c r="AY23" s="27">
+        <v>1227.202</v>
+      </c>
+      <c r="AZ23" s="27">
+        <v>1064.5260000000001</v>
+      </c>
+      <c r="BA23" s="27">
+        <v>1691.5360000000001</v>
+      </c>
+      <c r="BB23" s="27">
+        <v>1437.047</v>
+      </c>
+      <c r="BC23" s="27">
+        <v>1311.441</v>
+      </c>
+      <c r="BD23" s="27">
+        <v>1335.405</v>
+      </c>
+      <c r="BE23" s="27">
+        <v>1924.4269999999999</v>
+      </c>
+      <c r="BF23" s="27">
+        <v>1436.912</v>
+      </c>
+      <c r="BG23" s="27">
+        <v>1566.855</v>
+      </c>
+      <c r="BH23" s="27">
+        <v>1553.6020000000001</v>
+      </c>
+      <c r="BI23" s="27">
+        <v>1965.509</v>
+      </c>
+      <c r="BJ23" s="27">
+        <v>1424.518</v>
+      </c>
+      <c r="BK23" s="27">
+        <v>1473.663</v>
+      </c>
+      <c r="BL23" s="27">
+        <v>1544.8710000000001</v>
+      </c>
+      <c r="BM23" s="27">
+        <v>2066.8670000000002</v>
+      </c>
+      <c r="BN23" s="27">
+        <v>1459.8130000000001</v>
+      </c>
+      <c r="BO23" s="27">
+        <v>1860.6389999999999</v>
+      </c>
+      <c r="BP23" s="27">
+        <v>1764.8879999999999</v>
+      </c>
+      <c r="BQ23" s="27">
+        <v>2328.7139999999999</v>
+      </c>
+      <c r="BR23" s="27">
+        <v>1654.154</v>
+      </c>
+      <c r="BS23" s="27">
+        <v>1982.7929999999999</v>
+      </c>
+      <c r="BT23" s="27">
+        <v>1920.662</v>
+      </c>
+      <c r="BU23" s="34" t="s">
+        <v>121</v>
+      </c>
+      <c r="BV23" s="8"/>
+      <c r="BW23" s="8"/>
+    </row>
+    <row r="24" spans="1:75" ht="27.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="33" t="s">
         <v>122</v>
       </c>
-      <c r="AV7" s="37" t="s">
+      <c r="B24" s="6">
+        <v>1289.4590000000001</v>
+      </c>
+      <c r="C24" s="6">
+        <v>1359.2040000000002</v>
+      </c>
+      <c r="D24" s="6">
+        <v>2549.9639999999999</v>
+      </c>
+      <c r="E24" s="6">
+        <v>1937.1289529999999</v>
+      </c>
+      <c r="F24" s="6">
+        <v>1693.7149999999999</v>
+      </c>
+      <c r="G24" s="6">
+        <v>1987.777</v>
+      </c>
+      <c r="H24" s="6">
+        <v>2077.9029999999998</v>
+      </c>
+      <c r="I24" s="6">
+        <v>2706.473</v>
+      </c>
+      <c r="J24" s="6">
+        <v>1589.396</v>
+      </c>
+      <c r="K24" s="6">
+        <v>2778.75</v>
+      </c>
+      <c r="L24" s="6">
+        <v>1910.442</v>
+      </c>
+      <c r="M24" s="6">
+        <v>6601.0150000000003</v>
+      </c>
+      <c r="N24" s="6">
+        <v>1401.2339999999999</v>
+      </c>
+      <c r="O24" s="6">
+        <v>1984.3040000000001</v>
+      </c>
+      <c r="P24" s="6">
+        <v>1419.7529999999999</v>
+      </c>
+      <c r="Q24" s="6">
+        <v>2887.22156</v>
+      </c>
+      <c r="R24" s="6">
+        <v>1225.202</v>
+      </c>
+      <c r="S24" s="6">
+        <v>1962.3119999999999</v>
+      </c>
+      <c r="T24" s="6">
+        <v>1128.663</v>
+      </c>
+      <c r="U24" s="6">
+        <v>1719.7302299999999</v>
+      </c>
+      <c r="V24" s="6">
+        <v>1530.13</v>
+      </c>
+      <c r="W24" s="6">
+        <v>1044.6400000000001</v>
+      </c>
+      <c r="X24" s="6">
+        <v>1103.4670000000001</v>
+      </c>
+      <c r="Y24" s="6">
+        <v>1840.299</v>
+      </c>
+      <c r="Z24" s="6">
+        <v>795.125</v>
+      </c>
+      <c r="AA24" s="6">
+        <v>1991.97</v>
+      </c>
+      <c r="AB24" s="6">
+        <v>5939.8360000000002</v>
+      </c>
+      <c r="AC24" s="6">
+        <v>1829.3050000000001</v>
+      </c>
+      <c r="AD24" s="6">
+        <v>910.37900000000002</v>
+      </c>
+      <c r="AE24" s="6">
+        <v>1283.528</v>
+      </c>
+      <c r="AF24" s="6">
+        <v>1233.2550000000001</v>
+      </c>
+      <c r="AG24" s="6">
+        <v>4216.2029999999995</v>
+      </c>
+      <c r="AH24" s="6">
+        <v>570.35500000000002</v>
+      </c>
+      <c r="AI24" s="6">
+        <v>887.005</v>
+      </c>
+      <c r="AJ24" s="6">
+        <v>878.78899999999999</v>
+      </c>
+      <c r="AK24" s="6">
+        <v>1339.48666</v>
+      </c>
+      <c r="AL24" s="6">
+        <v>4732.4449999999997</v>
+      </c>
+      <c r="AM24" s="6">
+        <v>833.76499999999999</v>
+      </c>
+      <c r="AN24" s="6">
+        <v>1002.9860000000001</v>
+      </c>
+      <c r="AO24" s="6">
+        <v>1890.9640600000002</v>
+      </c>
+      <c r="AP24" s="6">
+        <v>801.80400000000009</v>
+      </c>
+      <c r="AQ24" s="6">
+        <v>1972.107</v>
+      </c>
+      <c r="AR24" s="6">
+        <v>1177.0509999999999</v>
+      </c>
+      <c r="AS24" s="6">
+        <v>2216.0230000000001</v>
+      </c>
+      <c r="AT24" s="6">
+        <v>841.65000000000009</v>
+      </c>
+      <c r="AU24" s="6">
+        <v>1967.5439999999999</v>
+      </c>
+      <c r="AV24" s="6">
+        <v>1300.529</v>
+      </c>
+      <c r="AW24" s="27">
+        <v>1957.807</v>
+      </c>
+      <c r="AX24" s="27">
+        <v>1019.5450000000001</v>
+      </c>
+      <c r="AY24" s="27">
+        <v>2230.4589999999998</v>
+      </c>
+      <c r="AZ24" s="27">
+        <v>2573.4989999999998</v>
+      </c>
+      <c r="BA24" s="27">
+        <v>3100.1089999999999</v>
+      </c>
+      <c r="BB24" s="27">
+        <v>1068.0340000000001</v>
+      </c>
+      <c r="BC24" s="27">
+        <v>2570.1990000000001</v>
+      </c>
+      <c r="BD24" s="27">
+        <v>1591.107</v>
+      </c>
+      <c r="BE24" s="27">
+        <v>3006.9450000000002</v>
+      </c>
+      <c r="BF24" s="27">
+        <v>1100.413</v>
+      </c>
+      <c r="BG24" s="27">
+        <v>1447.4380000000001</v>
+      </c>
+      <c r="BH24" s="27">
+        <v>1727.9010000000001</v>
+      </c>
+      <c r="BI24" s="27">
+        <v>4736.652</v>
+      </c>
+      <c r="BJ24" s="27">
+        <v>1292.1100000000001</v>
+      </c>
+      <c r="BK24" s="27">
+        <v>1994.665</v>
+      </c>
+      <c r="BL24" s="27">
+        <v>1986.4480000000001</v>
+      </c>
+      <c r="BM24" s="27">
+        <v>5108.7119999999995</v>
+      </c>
+      <c r="BN24" s="27">
+        <v>1659.0219999999999</v>
+      </c>
+      <c r="BO24" s="27">
+        <v>1988.8869999999999</v>
+      </c>
+      <c r="BP24" s="27">
+        <v>2466.7280000000001</v>
+      </c>
+      <c r="BQ24" s="27">
+        <v>4284.1440000000002</v>
+      </c>
+      <c r="BR24" s="27">
+        <v>1784.6219999999998</v>
+      </c>
+      <c r="BS24" s="27">
+        <v>2396.6779999999999</v>
+      </c>
+      <c r="BT24" s="27">
+        <v>2922.2599999999998</v>
+      </c>
+      <c r="BU24" s="33" t="s">
+        <v>122</v>
+      </c>
+      <c r="BV24" s="8"/>
+      <c r="BW24" s="8"/>
+    </row>
+    <row r="25" spans="1:75" ht="27.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A25" s="38" t="s">
         <v>123</v>
       </c>
-      <c r="AW7" s="37" t="s">
+      <c r="B25" s="6">
+        <v>994.11900000000003</v>
+      </c>
+      <c r="C25" s="6">
+        <v>703.23500000000001</v>
+      </c>
+      <c r="D25" s="6">
+        <v>1884.5920000000001</v>
+      </c>
+      <c r="E25" s="6">
+        <v>1493.4739999999999</v>
+      </c>
+      <c r="F25" s="6">
+        <v>1508.731</v>
+      </c>
+      <c r="G25" s="6">
+        <v>1730.6579999999999</v>
+      </c>
+      <c r="H25" s="6">
+        <v>1837.8879999999999</v>
+      </c>
+      <c r="I25" s="6">
+        <v>2373.9720000000002</v>
+      </c>
+      <c r="J25" s="6">
+        <v>1440.154</v>
+      </c>
+      <c r="K25" s="6">
+        <v>2155.8420000000001</v>
+      </c>
+      <c r="L25" s="6">
+        <v>1668.5450000000001</v>
+      </c>
+      <c r="M25" s="6">
+        <v>4349.6390000000001</v>
+      </c>
+      <c r="N25" s="6">
+        <v>1166.2919999999999</v>
+      </c>
+      <c r="O25" s="6">
+        <v>1750.3240000000001</v>
+      </c>
+      <c r="P25" s="6">
+        <v>1281.2149999999999</v>
+      </c>
+      <c r="Q25" s="6">
+        <v>1920.0329999999999</v>
+      </c>
+      <c r="R25" s="6">
+        <v>952.35599999999999</v>
+      </c>
+      <c r="S25" s="6">
+        <v>1045.174</v>
+      </c>
+      <c r="T25" s="6">
+        <v>945.73599999999999</v>
+      </c>
+      <c r="U25" s="6">
+        <v>1369.8869999999999</v>
+      </c>
+      <c r="V25" s="6">
+        <v>720.928</v>
+      </c>
+      <c r="W25" s="6">
+        <v>941.827</v>
+      </c>
+      <c r="X25" s="6">
+        <v>971.976</v>
+      </c>
+      <c r="Y25" s="6">
+        <v>1233.3889999999999</v>
+      </c>
+      <c r="Z25" s="6">
+        <v>709.86699999999996</v>
+      </c>
+      <c r="AA25" s="6">
+        <v>545.154</v>
+      </c>
+      <c r="AB25" s="6">
+        <v>908.11599999999999</v>
+      </c>
+      <c r="AC25" s="6">
+        <v>1367.277</v>
+      </c>
+      <c r="AD25" s="6">
+        <v>764.726</v>
+      </c>
+      <c r="AE25" s="6">
+        <v>921.45600000000002</v>
+      </c>
+      <c r="AF25" s="6">
+        <v>897.69299999999998</v>
+      </c>
+      <c r="AG25" s="6">
+        <v>1641.934</v>
+      </c>
+      <c r="AH25" s="6">
+        <v>472.31400000000002</v>
+      </c>
+      <c r="AI25" s="6">
+        <v>781.62800000000004</v>
+      </c>
+      <c r="AJ25" s="6">
+        <v>731.56500000000005</v>
+      </c>
+      <c r="AK25" s="6">
+        <v>913.21699999999998</v>
+      </c>
+      <c r="AL25" s="6">
+        <v>635.84</v>
+      </c>
+      <c r="AM25" s="6">
+        <v>703.52300000000002</v>
+      </c>
+      <c r="AN25" s="6">
+        <v>851.56100000000004</v>
+      </c>
+      <c r="AO25" s="6">
+        <v>1294.364</v>
+      </c>
+      <c r="AP25" s="6">
+        <v>652.79100000000005</v>
+      </c>
+      <c r="AQ25" s="6">
+        <v>884.36500000000001</v>
+      </c>
+      <c r="AR25" s="6">
+        <v>976.68299999999999</v>
+      </c>
+      <c r="AS25" s="6">
+        <v>1344.713</v>
+      </c>
+      <c r="AT25" s="6">
+        <v>693.80100000000004</v>
+      </c>
+      <c r="AU25" s="6">
+        <v>675.83900000000006</v>
+      </c>
+      <c r="AV25" s="6">
+        <v>1000.801</v>
+      </c>
+      <c r="AW25" s="27">
+        <v>1413.93</v>
+      </c>
+      <c r="AX25" s="27">
+        <v>744.69</v>
+      </c>
+      <c r="AY25" s="27">
+        <v>914.33900000000006</v>
+      </c>
+      <c r="AZ25" s="27">
+        <v>1203.1759999999999</v>
+      </c>
+      <c r="BA25" s="27">
+        <v>1924.162</v>
+      </c>
+      <c r="BB25" s="27">
+        <v>921.125</v>
+      </c>
+      <c r="BC25" s="27">
+        <v>1275.6220000000001</v>
+      </c>
+      <c r="BD25" s="27">
+        <v>1371.374</v>
+      </c>
+      <c r="BE25" s="27">
+        <v>2048.326</v>
+      </c>
+      <c r="BF25" s="27">
+        <v>918.57799999999997</v>
+      </c>
+      <c r="BG25" s="27">
+        <v>1258.4000000000001</v>
+      </c>
+      <c r="BH25" s="27">
+        <v>1456.317</v>
+      </c>
+      <c r="BI25" s="27">
+        <v>2223.931</v>
+      </c>
+      <c r="BJ25" s="27">
+        <v>1017.957</v>
+      </c>
+      <c r="BK25" s="27">
+        <v>1479.0429999999999</v>
+      </c>
+      <c r="BL25" s="27">
+        <v>1654.9280000000001</v>
+      </c>
+      <c r="BM25" s="27">
+        <v>2864.4769999999999</v>
+      </c>
+      <c r="BN25" s="27">
+        <v>974.45399999999995</v>
+      </c>
+      <c r="BO25" s="27">
+        <v>1612.932</v>
+      </c>
+      <c r="BP25" s="27">
+        <v>2069.8879999999999</v>
+      </c>
+      <c r="BQ25" s="27">
+        <v>3361.0320000000002</v>
+      </c>
+      <c r="BR25" s="27">
+        <v>1275.242</v>
+      </c>
+      <c r="BS25" s="27">
+        <v>1881.018</v>
+      </c>
+      <c r="BT25" s="27">
+        <v>2305.9459999999999</v>
+      </c>
+      <c r="BU25" s="38" t="s">
+        <v>123</v>
+      </c>
+      <c r="BV25" s="8"/>
+      <c r="BW25" s="8"/>
+    </row>
+    <row r="26" spans="1:75" ht="27.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="39" t="s">
+        <v>124</v>
+      </c>
+      <c r="B26" s="6">
+        <v>295.33999999999997</v>
+      </c>
+      <c r="C26" s="6">
+        <v>655.96900000000005</v>
+      </c>
+      <c r="D26" s="6">
+        <v>665.37199999999996</v>
+      </c>
+      <c r="E26" s="6">
+        <v>443.65495299999998</v>
+      </c>
+      <c r="F26" s="6">
+        <v>184.98400000000001</v>
+      </c>
+      <c r="G26" s="6">
+        <v>257.11900000000003</v>
+      </c>
+      <c r="H26" s="6">
+        <v>240.01499999999999</v>
+      </c>
+      <c r="I26" s="6">
+        <v>332.50099999999998</v>
+      </c>
+      <c r="J26" s="6">
+        <v>149.24199999999999</v>
+      </c>
+      <c r="K26" s="6">
+        <v>622.90800000000002</v>
+      </c>
+      <c r="L26" s="6">
+        <v>241.89699999999999</v>
+      </c>
+      <c r="M26" s="6">
+        <v>2251.3760000000002</v>
+      </c>
+      <c r="N26" s="6">
+        <v>234.94200000000001</v>
+      </c>
+      <c r="O26" s="6">
+        <v>233.98</v>
+      </c>
+      <c r="P26" s="6">
+        <v>138.53800000000001</v>
+      </c>
+      <c r="Q26" s="6">
+        <v>967.18856000000005</v>
+      </c>
+      <c r="R26" s="6">
+        <v>272.846</v>
+      </c>
+      <c r="S26" s="6">
+        <v>917.13800000000003</v>
+      </c>
+      <c r="T26" s="6">
+        <v>182.92699999999999</v>
+      </c>
+      <c r="U26" s="6">
+        <v>349.84323000000001</v>
+      </c>
+      <c r="V26" s="6">
+        <v>809.202</v>
+      </c>
+      <c r="W26" s="6">
+        <v>102.813</v>
+      </c>
+      <c r="X26" s="6">
+        <v>131.49100000000001</v>
+      </c>
+      <c r="Y26" s="6">
+        <v>606.91</v>
+      </c>
+      <c r="Z26" s="6">
+        <v>85.257999999999996</v>
+      </c>
+      <c r="AA26" s="6">
+        <v>1446.816</v>
+      </c>
+      <c r="AB26" s="6">
+        <v>5031.72</v>
+      </c>
+      <c r="AC26" s="6">
+        <v>462.02800000000002</v>
+      </c>
+      <c r="AD26" s="6">
+        <v>145.65299999999999</v>
+      </c>
+      <c r="AE26" s="6">
+        <v>362.072</v>
+      </c>
+      <c r="AF26" s="6">
+        <v>335.56200000000001</v>
+      </c>
+      <c r="AG26" s="6">
+        <v>2574.2689999999998</v>
+      </c>
+      <c r="AH26" s="6">
+        <v>98.040999999999997</v>
+      </c>
+      <c r="AI26" s="6">
+        <v>105.377</v>
+      </c>
+      <c r="AJ26" s="6">
+        <v>147.22399999999999</v>
+      </c>
+      <c r="AK26" s="6">
+        <v>426.26966000000004</v>
+      </c>
+      <c r="AL26" s="6">
+        <v>4096.6049999999996</v>
+      </c>
+      <c r="AM26" s="6">
+        <v>130.24199999999999</v>
+      </c>
+      <c r="AN26" s="6">
+        <v>151.42500000000001</v>
+      </c>
+      <c r="AO26" s="6">
+        <v>596.6000600000001</v>
+      </c>
+      <c r="AP26" s="6">
+        <v>149.01300000000001</v>
+      </c>
+      <c r="AQ26" s="6">
+        <v>1087.742</v>
+      </c>
+      <c r="AR26" s="6">
+        <v>200.36799999999999</v>
+      </c>
+      <c r="AS26" s="6">
+        <v>871.31</v>
+      </c>
+      <c r="AT26" s="6">
+        <v>147.84899999999999</v>
+      </c>
+      <c r="AU26" s="6">
+        <v>1291.7049999999999</v>
+      </c>
+      <c r="AV26" s="6">
+        <v>299.72800000000001</v>
+      </c>
+      <c r="AW26" s="27">
+        <v>543.87699999999995</v>
+      </c>
+      <c r="AX26" s="27">
+        <v>274.85500000000002</v>
+      </c>
+      <c r="AY26" s="27">
+        <v>1316.12</v>
+      </c>
+      <c r="AZ26" s="27">
+        <v>1370.3230000000001</v>
+      </c>
+      <c r="BA26" s="27">
+        <v>1175.9469999999999</v>
+      </c>
+      <c r="BB26" s="27">
+        <v>146.90899999999999</v>
+      </c>
+      <c r="BC26" s="27">
+        <v>1294.577</v>
+      </c>
+      <c r="BD26" s="27">
+        <v>219.733</v>
+      </c>
+      <c r="BE26" s="27">
+        <v>958.61900000000003</v>
+      </c>
+      <c r="BF26" s="27">
+        <v>181.83500000000001</v>
+      </c>
+      <c r="BG26" s="27">
+        <v>189.03800000000001</v>
+      </c>
+      <c r="BH26" s="27">
+        <v>271.584</v>
+      </c>
+      <c r="BI26" s="27">
+        <v>2512.721</v>
+      </c>
+      <c r="BJ26" s="27">
+        <v>274.15300000000002</v>
+      </c>
+      <c r="BK26" s="27">
+        <v>515.62199999999996</v>
+      </c>
+      <c r="BL26" s="27">
+        <v>331.52</v>
+      </c>
+      <c r="BM26" s="27">
+        <v>2244.2350000000001</v>
+      </c>
+      <c r="BN26" s="27">
+        <v>684.56799999999998</v>
+      </c>
+      <c r="BO26" s="27">
+        <v>375.95499999999998</v>
+      </c>
+      <c r="BP26" s="27">
+        <v>396.84</v>
+      </c>
+      <c r="BQ26" s="27">
+        <v>923.11199999999997</v>
+      </c>
+      <c r="BR26" s="27">
+        <v>509.38</v>
+      </c>
+      <c r="BS26" s="27">
+        <v>515.66</v>
+      </c>
+      <c r="BT26" s="27">
+        <v>616.31399999999996</v>
+      </c>
+      <c r="BU26" s="39" t="s">
+        <v>124</v>
+      </c>
+      <c r="BV26" s="8"/>
+      <c r="BW26" s="8"/>
+    </row>
+    <row r="27" spans="1:75" ht="27.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A27" s="40" t="s">
         <v>125</v>
       </c>
-      <c r="AX7" s="37" t="s">
+      <c r="B27" s="6">
+        <v>-579.28700000000026</v>
+      </c>
+      <c r="C27" s="6">
+        <v>-342.62200000000303</v>
+      </c>
+      <c r="D27" s="6">
+        <v>-3444.0289999999986</v>
+      </c>
+      <c r="E27" s="6">
+        <v>-2459.167171000001</v>
+      </c>
+      <c r="F27" s="6">
+        <v>-3245.7339999999986</v>
+      </c>
+      <c r="G27" s="6">
+        <v>-5148.4290000000037</v>
+      </c>
+      <c r="H27" s="6">
+        <v>-2613.5050000000047</v>
+      </c>
+      <c r="I27" s="6">
+        <v>-6313.3597999999947</v>
+      </c>
+      <c r="J27" s="6">
+        <v>-3561.1779999999999</v>
+      </c>
+      <c r="K27" s="6">
+        <v>-5165.7589999999982</v>
+      </c>
+      <c r="L27" s="6">
+        <v>-2938.851999999999</v>
+      </c>
+      <c r="M27" s="6">
+        <v>-8871.3466900000021</v>
+      </c>
+      <c r="N27" s="6">
+        <v>-2964.4459999999999</v>
+      </c>
+      <c r="O27" s="6">
+        <v>-4311.323000000004</v>
+      </c>
+      <c r="P27" s="6">
+        <v>-1388.0689999999995</v>
+      </c>
+      <c r="Q27" s="6">
+        <v>-4960.2061770000037</v>
+      </c>
+      <c r="R27" s="6">
+        <v>-3012.9749999999985</v>
+      </c>
+      <c r="S27" s="6">
+        <v>-3095.5580000000009</v>
+      </c>
+      <c r="T27" s="6">
+        <v>-1425.3290000000015</v>
+      </c>
+      <c r="U27" s="6">
+        <v>-2919.6124200000086</v>
+      </c>
+      <c r="V27" s="6">
+        <v>-3861.2960000000021</v>
+      </c>
+      <c r="W27" s="6">
+        <v>-1847.0750000000007</v>
+      </c>
+      <c r="X27" s="6">
+        <v>-1494.8719999999994</v>
+      </c>
+      <c r="Y27" s="6">
+        <v>-1695.0460000000057</v>
+      </c>
+      <c r="Z27" s="6">
+        <v>-2320.91</v>
+      </c>
+      <c r="AA27" s="6">
+        <v>-2949.8200000000033</v>
+      </c>
+      <c r="AB27" s="6">
+        <v>-6227.8750000000036</v>
+      </c>
+      <c r="AC27" s="6">
+        <v>-1252.9300000000039</v>
+      </c>
+      <c r="AD27" s="6">
+        <v>-2525.7849999999962</v>
+      </c>
+      <c r="AE27" s="6">
+        <v>-1777.635999999995</v>
+      </c>
+      <c r="AF27" s="6">
+        <v>-583.62400000000343</v>
+      </c>
+      <c r="AG27" s="6">
+        <v>-3138.9409979999982</v>
+      </c>
+      <c r="AH27" s="6">
+        <v>-1394.7389999999978</v>
+      </c>
+      <c r="AI27" s="6">
+        <v>-1255.9230000000025</v>
+      </c>
+      <c r="AJ27" s="6">
+        <v>-1022.4960000000028</v>
+      </c>
+      <c r="AK27" s="6">
+        <v>51.097340000007534</v>
+      </c>
+      <c r="AL27" s="6">
+        <v>-4842.8529999999992</v>
+      </c>
+      <c r="AM27" s="6">
+        <v>-1118.7429999999986</v>
+      </c>
+      <c r="AN27" s="6">
+        <v>1034.3990000000013</v>
+      </c>
+      <c r="AO27" s="6">
+        <v>-942.36005999999543</v>
+      </c>
+      <c r="AP27" s="6">
+        <v>-505.5470000000023</v>
+      </c>
+      <c r="AQ27" s="6">
+        <v>-1555.0459999999948</v>
+      </c>
+      <c r="AR27" s="6">
+        <v>2793.6750000000029</v>
+      </c>
+      <c r="AS27" s="6">
+        <v>-1605.9070000000029</v>
+      </c>
+      <c r="AT27" s="6">
+        <v>-13.084999999995489</v>
+      </c>
+      <c r="AU27" s="6">
+        <v>-1148.6409999999996</v>
+      </c>
+      <c r="AV27" s="6">
+        <v>2374.2990000000063</v>
+      </c>
+      <c r="AW27" s="27">
+        <v>-963.58000000000175</v>
+      </c>
+      <c r="AX27" s="27">
+        <v>-536.06399999999485</v>
+      </c>
+      <c r="AY27" s="27">
+        <v>-4710.6140000000087</v>
+      </c>
+      <c r="AZ27" s="27">
+        <v>-2115.908999999996</v>
+      </c>
+      <c r="BA27" s="27">
+        <v>-4201.2810000000027</v>
+      </c>
+      <c r="BB27" s="27">
+        <v>-2810.8590000000004</v>
+      </c>
+      <c r="BC27" s="27">
+        <v>-3022.3159999999989</v>
+      </c>
+      <c r="BD27" s="27">
+        <v>1850.9339999999975</v>
+      </c>
+      <c r="BE27" s="27">
+        <v>-2134.8080000000082</v>
+      </c>
+      <c r="BF27" s="27">
+        <v>-399.91599999999744</v>
+      </c>
+      <c r="BG27" s="27">
+        <v>997.51199999999517</v>
+      </c>
+      <c r="BH27" s="27">
+        <v>3983.140999999996</v>
+      </c>
+      <c r="BI27" s="27">
+        <v>-5338.0090000000018</v>
+      </c>
+      <c r="BJ27" s="27">
+        <v>856.86100000000079</v>
+      </c>
+      <c r="BK27" s="27">
+        <v>732.05399999999645</v>
+      </c>
+      <c r="BL27" s="27">
+        <v>5080.5779999999977</v>
+      </c>
+      <c r="BM27" s="27">
+        <v>-3270.744999999999</v>
+      </c>
+      <c r="BN27" s="27">
+        <v>-420.08070800000132</v>
+      </c>
+      <c r="BO27" s="27">
+        <v>1813.9772831000009</v>
+      </c>
+      <c r="BP27" s="27">
+        <v>3612.4835729000006</v>
+      </c>
+      <c r="BQ27" s="27">
+        <v>-3554.9627488000115</v>
+      </c>
+      <c r="BR27" s="27">
+        <v>73.132054400000925</v>
+      </c>
+      <c r="BS27" s="27">
+        <v>1736.5437670999963</v>
+      </c>
+      <c r="BT27" s="27">
+        <v>2952.3529710999937</v>
+      </c>
+      <c r="BU27" s="40" t="s">
+        <v>125</v>
+      </c>
+      <c r="BV27" s="8"/>
+      <c r="BW27" s="8"/>
+    </row>
+    <row r="28" spans="1:75" ht="27.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="41" t="s">
         <v>126</v>
       </c>
-      <c r="AY7" s="37" t="s">
-[...64 lines deleted...]
-      </c>
+      <c r="B28" s="6">
+        <v>-3.4121697916827438</v>
+      </c>
+      <c r="C28" s="6">
+        <v>-1.8786561463560276</v>
+      </c>
+      <c r="D28" s="6">
+        <v>-19.168585735397372</v>
+      </c>
+      <c r="E28" s="6">
+        <v>-12.306065271757156</v>
+      </c>
+      <c r="F28" s="6">
+        <v>-18.141727907002991</v>
+      </c>
+      <c r="G28" s="6">
+        <v>-26.811322913443895</v>
+      </c>
+      <c r="H28" s="6">
+        <v>-13.440695148234639</v>
+      </c>
+      <c r="I28" s="6">
+        <v>-29.371446393605449</v>
+      </c>
+      <c r="J28" s="6">
+        <v>-18.471488858815217</v>
+      </c>
+      <c r="K28" s="6">
+        <v>-25.172509907935257</v>
+      </c>
+      <c r="L28" s="6">
+        <v>-14.145014735814224</v>
+      </c>
+      <c r="M28" s="6">
+        <v>-38.919554875261383</v>
+      </c>
+      <c r="N28" s="6">
+        <v>-14.256307346674216</v>
+      </c>
+      <c r="O28" s="6">
+        <v>-19.348396965612402</v>
+      </c>
+      <c r="P28" s="6">
+        <v>-6.2572517740207552</v>
+      </c>
+      <c r="Q28" s="6">
+        <v>-20.024800560671121</v>
+      </c>
+      <c r="R28" s="6">
+        <v>-13.295522782704955</v>
+      </c>
+      <c r="S28" s="6">
+        <v>-12.898935494196861</v>
+      </c>
+      <c r="T28" s="6">
+        <v>-5.9510648130964077</v>
+      </c>
+      <c r="U28" s="6">
+        <v>-10.953948514710065</v>
+      </c>
+      <c r="V28" s="6">
+        <v>-15.729493974407669</v>
+      </c>
+      <c r="W28" s="6">
+        <v>-7.0617966997018167</v>
+      </c>
+      <c r="X28" s="6">
+        <v>-5.7381135643423109</v>
+      </c>
+      <c r="Y28" s="6">
+        <v>-5.867803870429964</v>
+      </c>
+      <c r="Z28" s="6">
+        <v>-8.8783201796359243</v>
+      </c>
+      <c r="AA28" s="6">
+        <v>-10.550570216219066</v>
+      </c>
+      <c r="AB28" s="6">
+        <v>-22.823017687863917</v>
+      </c>
+      <c r="AC28" s="6">
+        <v>-4.1724228005374693</v>
+      </c>
+      <c r="AD28" s="6">
+        <v>-9.1994594365823801</v>
+      </c>
+      <c r="AE28" s="6">
+        <v>-6.0482799888631522</v>
+      </c>
+      <c r="AF28" s="6">
+        <v>-2.0138494418905952</v>
+      </c>
+      <c r="AG28" s="6">
+        <v>-9.9857931146550847</v>
+      </c>
+      <c r="AH28" s="6">
+        <v>-4.8682885022003637</v>
+      </c>
+      <c r="AI28" s="6">
+        <v>-4.1463358026783155</v>
+      </c>
+      <c r="AJ28" s="6">
+        <v>-3.4000362649785578</v>
+      </c>
+      <c r="AK28" s="6">
+        <v>0.15651370275289936</v>
+      </c>
+      <c r="AL28" s="6">
+        <v>-16.174354750403225</v>
+      </c>
+      <c r="AM28" s="6">
+        <v>-3.5118824796697963</v>
+      </c>
+      <c r="AN28" s="6">
+        <v>3.2762753881894446</v>
+      </c>
+      <c r="AO28" s="6">
+        <v>-2.7244470712239082</v>
+      </c>
+      <c r="AP28" s="6">
+        <v>-1.5870795917211633</v>
+      </c>
+      <c r="AQ28" s="6">
+        <v>-4.5942891454871866</v>
+      </c>
+      <c r="AR28" s="6">
+        <v>8.4364930860120584</v>
+      </c>
+      <c r="AS28" s="6">
+        <v>-4.3857606369389073</v>
+      </c>
+      <c r="AT28" s="6">
+        <v>-3.9632359511071136E-2</v>
+      </c>
+      <c r="AU28" s="6">
+        <v>-3.2408882685104508</v>
+      </c>
+      <c r="AV28" s="6">
+        <v>6.8951506564771252</v>
+      </c>
+      <c r="AW28" s="6">
+        <v>-2.5176089972789661</v>
+      </c>
+      <c r="AX28" s="6">
+        <v>-1.5479713182454222</v>
+      </c>
+      <c r="AY28" s="6">
+        <v>-12.596572836392109</v>
+      </c>
+      <c r="AZ28" s="6">
+        <v>-5.8736669797387977</v>
+      </c>
+      <c r="BA28" s="6">
+        <v>-10.461412556794695</v>
+      </c>
+      <c r="BB28" s="6">
+        <v>-5.6969303557586191</v>
+      </c>
+      <c r="BC28" s="6">
+        <v>-5.6380331723826362</v>
+      </c>
+      <c r="BD28" s="6">
+        <v>3.3140465419376874</v>
+      </c>
+      <c r="BE28" s="6">
+        <v>-3.7000442173385606</v>
+      </c>
+      <c r="BF28" s="6">
+        <v>-0.71883552513075788</v>
+      </c>
+      <c r="BG28" s="6">
+        <v>1.6365247856941125</v>
+      </c>
+      <c r="BH28" s="6">
+        <v>6.3621741739341457</v>
+      </c>
+      <c r="BI28" s="6">
+        <v>-8.2423039970907119</v>
+      </c>
+      <c r="BJ28" s="6">
+        <v>1.3650358283651469</v>
+      </c>
+      <c r="BK28" s="6">
+        <v>1.0840124212144304</v>
+      </c>
+      <c r="BL28" s="6">
+        <v>7.3213116182380684</v>
+      </c>
+      <c r="BM28" s="6">
+        <v>-4.6292220636158792</v>
+      </c>
+      <c r="BN28" s="6">
+        <v>-0.6246981324757559</v>
+      </c>
+      <c r="BO28" s="6">
+        <v>2.5165447312410341</v>
+      </c>
+      <c r="BP28" s="6">
+        <v>4.8777178232606238</v>
+      </c>
+      <c r="BQ28" s="6">
+        <v>-4.675147612000992</v>
+      </c>
+      <c r="BR28" s="6">
+        <v>0.10326397247757217</v>
+      </c>
+      <c r="BS28" s="6">
+        <v>2.2813436694098495</v>
+      </c>
+      <c r="BT28" s="6">
+        <v>3.7528797030230425</v>
+      </c>
+      <c r="BU28" s="41" t="s">
+        <v>126</v>
+      </c>
+      <c r="BV28" s="8"/>
+      <c r="BW28" s="8"/>
     </row>
-    <row r="8" spans="1:74" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...217 lines deleted...]
-      <c r="BV8" s="14"/>
+    <row r="29" spans="1:75" x14ac:dyDescent="0.2">
+      <c r="B29" s="30"/>
+      <c r="C29" s="30"/>
+      <c r="D29" s="30"/>
+      <c r="E29" s="30"/>
+      <c r="F29" s="30"/>
+      <c r="G29" s="30"/>
+      <c r="H29" s="30"/>
+      <c r="I29" s="30"/>
+      <c r="J29" s="30"/>
+      <c r="K29" s="30"/>
+      <c r="L29" s="30"/>
+      <c r="M29" s="30"/>
+      <c r="N29" s="30"/>
+      <c r="O29" s="30"/>
+      <c r="P29" s="30"/>
+      <c r="Q29" s="30"/>
+      <c r="R29" s="30"/>
+      <c r="S29" s="30"/>
+      <c r="T29" s="30"/>
+      <c r="U29" s="30"/>
+      <c r="V29" s="30"/>
+      <c r="W29" s="30"/>
+      <c r="X29" s="30"/>
+      <c r="Y29" s="30"/>
+      <c r="Z29" s="30"/>
+      <c r="AA29" s="30"/>
+      <c r="AB29" s="30"/>
+      <c r="AC29" s="30"/>
+      <c r="AD29" s="30"/>
+      <c r="AE29" s="30"/>
+      <c r="AF29" s="30"/>
+      <c r="AG29" s="30"/>
+      <c r="AH29" s="30"/>
+      <c r="AI29" s="30"/>
+      <c r="AJ29" s="30"/>
+      <c r="AK29" s="30"/>
+      <c r="AL29" s="30"/>
+      <c r="AM29" s="30"/>
+      <c r="AN29" s="30"/>
+      <c r="AO29" s="30"/>
+      <c r="AP29" s="30"/>
+      <c r="AQ29" s="30"/>
+      <c r="AR29" s="30"/>
+      <c r="AS29" s="30"/>
+      <c r="AT29" s="30"/>
+      <c r="AU29" s="30"/>
+      <c r="AV29" s="30"/>
+      <c r="AW29" s="30"/>
+      <c r="AX29" s="30"/>
+      <c r="AY29" s="30"/>
+      <c r="AZ29" s="30"/>
+      <c r="BA29" s="30"/>
+      <c r="BB29" s="30"/>
+      <c r="BC29" s="30"/>
+      <c r="BD29" s="30"/>
+      <c r="BE29" s="30"/>
+      <c r="BF29" s="30"/>
+      <c r="BG29" s="30"/>
+      <c r="BH29" s="30"/>
+      <c r="BI29" s="30"/>
+      <c r="BJ29" s="30"/>
+      <c r="BK29" s="30"/>
+      <c r="BL29" s="30"/>
+      <c r="BM29" s="30"/>
+      <c r="BN29" s="30"/>
+      <c r="BO29" s="30"/>
+      <c r="BP29" s="30"/>
+      <c r="BQ29" s="30"/>
+      <c r="BR29" s="30"/>
+      <c r="BS29" s="30"/>
+      <c r="BT29" s="30"/>
     </row>
-    <row r="9" spans="1:74" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...217 lines deleted...]
-      <c r="BV9" s="14"/>
+    <row r="30" spans="1:75" x14ac:dyDescent="0.2">
+      <c r="A30" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="BF30" s="9"/>
+      <c r="BG30" s="9"/>
+      <c r="BH30" s="9"/>
+      <c r="BI30" s="9"/>
+      <c r="BJ30" s="9"/>
+      <c r="BK30" s="9"/>
+      <c r="BL30" s="9"/>
+      <c r="BM30" s="9"/>
+      <c r="BN30" s="9"/>
+      <c r="BO30" s="9"/>
+      <c r="BP30" s="9"/>
+      <c r="BQ30" s="31"/>
+      <c r="BR30" s="9"/>
+      <c r="BS30" s="9"/>
+      <c r="BT30" s="9"/>
     </row>
-    <row r="10" spans="1:74" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...2853 lines deleted...]
-      <c r="BT22" s="4" t="s">
+    <row r="31" spans="1:75" x14ac:dyDescent="0.2">
+      <c r="A31" s="7" t="s">
         <v>53</v>
       </c>
-      <c r="BU22" s="14"/>
-[...1430 lines deleted...]
-      <c r="BS31" s="15"/>
+      <c r="BF31" s="9"/>
+      <c r="BG31" s="9"/>
+      <c r="BH31" s="9"/>
+      <c r="BI31" s="9"/>
+      <c r="BJ31" s="9"/>
+      <c r="BK31" s="9"/>
+      <c r="BL31" s="9"/>
+      <c r="BM31" s="9"/>
+      <c r="BN31" s="9"/>
+      <c r="BO31" s="9"/>
+      <c r="BP31" s="9"/>
+      <c r="BQ31" s="9"/>
+      <c r="BR31" s="9"/>
+      <c r="BS31" s="9"/>
+      <c r="BT31" s="9"/>
     </row>
     <row r="42" spans="27:27" x14ac:dyDescent="0.2">
-      <c r="AA42" s="15"/>
+      <c r="AA42" s="9"/>
     </row>
     <row r="43" spans="27:27" x14ac:dyDescent="0.2">
-      <c r="AA43" s="15"/>
+      <c r="AA43" s="9"/>
     </row>
     <row r="44" spans="27:27" x14ac:dyDescent="0.2">
-      <c r="AA44" s="15"/>
+      <c r="AA44" s="9"/>
     </row>
     <row r="45" spans="27:27" x14ac:dyDescent="0.2">
-      <c r="AA45" s="15"/>
+      <c r="AA45" s="9"/>
     </row>
     <row r="46" spans="27:27" x14ac:dyDescent="0.2">
-      <c r="AA46" s="15"/>
+      <c r="AA46" s="9"/>
     </row>
     <row r="47" spans="27:27" x14ac:dyDescent="0.2">
-      <c r="AA47" s="15"/>
+      <c r="AA47" s="9"/>
     </row>
   </sheetData>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="Sheet2"/>
   <dimension ref="A1:B29"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="39" style="1" customWidth="1"/>
-    <col min="2" max="2" width="47" style="6" customWidth="1"/>
+    <col min="2" max="2" width="47" style="4" customWidth="1"/>
     <col min="3" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2" x14ac:dyDescent="0.2">
-      <c r="A1" s="17"/>
-      <c r="B1" s="16"/>
+      <c r="A1" s="11"/>
+      <c r="B1" s="10"/>
     </row>
     <row r="2" spans="1:2" x14ac:dyDescent="0.2">
-      <c r="A2" s="19" t="s">
+      <c r="A2" s="13" t="s">
         <v>0</v>
       </c>
-      <c r="B2" s="16"/>
+      <c r="B2" s="10"/>
     </row>
     <row r="3" spans="1:2" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="18"/>
-      <c r="B3" s="16"/>
+      <c r="A3" s="12"/>
+      <c r="B3" s="10"/>
     </row>
     <row r="4" spans="1:2" ht="13.5" thickTop="1" x14ac:dyDescent="0.2">
-      <c r="A4" s="20" t="s">
+      <c r="A4" s="14" t="s">
         <v>1</v>
       </c>
-      <c r="B4" s="21" t="s">
-        <v>110</v>
+      <c r="B4" s="15" t="s">
+        <v>66</v>
       </c>
     </row>
     <row r="5" spans="1:2" x14ac:dyDescent="0.2">
-      <c r="A5" s="22" t="s">
+      <c r="A5" s="16" t="s">
         <v>2</v>
       </c>
-      <c r="B5" s="23" t="s">
-        <v>111</v>
+      <c r="B5" s="17" t="s">
+        <v>67</v>
       </c>
     </row>
     <row r="6" spans="1:2" x14ac:dyDescent="0.2">
-      <c r="A6" s="22" t="s">
+      <c r="A6" s="16" t="s">
         <v>3</v>
       </c>
-      <c r="B6" s="24" t="s">
-        <v>119</v>
+      <c r="B6" s="18" t="s">
+        <v>75</v>
       </c>
     </row>
     <row r="7" spans="1:2" x14ac:dyDescent="0.2">
-      <c r="A7" s="22" t="s">
+      <c r="A7" s="16" t="s">
         <v>4</v>
       </c>
-      <c r="B7" s="25" t="s">
-        <v>156</v>
+      <c r="B7" s="19" t="s">
+        <v>133</v>
       </c>
     </row>
     <row r="8" spans="1:2" x14ac:dyDescent="0.2">
-      <c r="A8" s="22" t="s">
+      <c r="A8" s="16" t="s">
         <v>5</v>
       </c>
-      <c r="B8" s="26" t="s">
-        <v>112</v>
+      <c r="B8" s="20" t="s">
+        <v>68</v>
       </c>
     </row>
     <row r="9" spans="1:2" x14ac:dyDescent="0.2">
-      <c r="A9" s="22" t="s">
+      <c r="A9" s="16" t="s">
         <v>6</v>
       </c>
-      <c r="B9" s="27">
+      <c r="B9" s="21">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:2" x14ac:dyDescent="0.2">
-      <c r="A10" s="22" t="s">
+      <c r="A10" s="16" t="s">
         <v>7</v>
       </c>
-      <c r="B10" s="28" t="s">
-        <v>146</v>
+      <c r="B10" s="22" t="s">
+        <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:2" x14ac:dyDescent="0.2">
-      <c r="A11" s="22" t="s">
-[...3 lines deleted...]
-        <v>151</v>
+      <c r="A11" s="16" t="s">
+        <v>20</v>
+      </c>
+      <c r="B11" s="23" t="s">
+        <v>107</v>
       </c>
     </row>
     <row r="12" spans="1:2" x14ac:dyDescent="0.2">
-      <c r="A12" s="22" t="s">
-[...3 lines deleted...]
-        <v>154</v>
+      <c r="A12" s="16" t="s">
+        <v>21</v>
+      </c>
+      <c r="B12" s="23" t="s">
+        <v>134</v>
       </c>
     </row>
     <row r="13" spans="1:2" x14ac:dyDescent="0.2">
-      <c r="A13" s="22" t="s">
+      <c r="A13" s="16" t="s">
         <v>8</v>
       </c>
-      <c r="B13" s="30" t="s">
-        <v>113</v>
+      <c r="B13" s="24" t="s">
+        <v>69</v>
       </c>
     </row>
     <row r="14" spans="1:2" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A14" s="31"/>
-[...1 lines deleted...]
-        <v>114</v>
+      <c r="A14" s="25"/>
+      <c r="B14" s="26" t="s">
+        <v>70</v>
       </c>
     </row>
     <row r="15" spans="1:2" ht="13.5" thickTop="1" x14ac:dyDescent="0.2">
-      <c r="A15" s="18"/>
-      <c r="B15" s="16"/>
+      <c r="A15" s="12"/>
+      <c r="B15" s="10"/>
     </row>
     <row r="16" spans="1:2" x14ac:dyDescent="0.2">
-      <c r="A16" s="19" t="s">
+      <c r="A16" s="13" t="s">
         <v>9</v>
       </c>
-      <c r="B16" s="16"/>
+      <c r="B16" s="10"/>
     </row>
     <row r="17" spans="1:2" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A17" s="18"/>
-      <c r="B17" s="16"/>
+      <c r="A17" s="12"/>
+      <c r="B17" s="10"/>
     </row>
     <row r="18" spans="1:2" ht="13.5" thickTop="1" x14ac:dyDescent="0.2">
-      <c r="A18" s="20" t="s">
+      <c r="A18" s="14" t="s">
         <v>19</v>
       </c>
-      <c r="B18" s="21" t="s">
-        <v>115</v>
+      <c r="B18" s="15" t="s">
+        <v>71</v>
       </c>
     </row>
     <row r="19" spans="1:2" x14ac:dyDescent="0.2">
-      <c r="A19" s="22" t="s">
+      <c r="A19" s="16" t="s">
         <v>10</v>
       </c>
-      <c r="B19" s="23" t="s">
-        <v>116</v>
+      <c r="B19" s="17" t="s">
+        <v>72</v>
       </c>
     </row>
     <row r="20" spans="1:2" x14ac:dyDescent="0.2">
-      <c r="A20" s="22" t="s">
+      <c r="A20" s="16" t="s">
         <v>11</v>
       </c>
-      <c r="B20" s="24" t="s">
-        <v>127</v>
+      <c r="B20" s="18" t="s">
+        <v>83</v>
       </c>
     </row>
     <row r="21" spans="1:2" x14ac:dyDescent="0.2">
-      <c r="A21" s="22" t="s">
+      <c r="A21" s="16" t="s">
         <v>12</v>
       </c>
-      <c r="B21" s="24" t="s">
-        <v>155</v>
+      <c r="B21" s="18" t="s">
+        <v>135</v>
       </c>
     </row>
     <row r="22" spans="1:2" x14ac:dyDescent="0.2">
-      <c r="A22" s="22" t="s">
+      <c r="A22" s="16" t="s">
         <v>13</v>
       </c>
-      <c r="B22" s="26" t="s">
-        <v>112</v>
+      <c r="B22" s="20" t="s">
+        <v>68</v>
       </c>
     </row>
     <row r="23" spans="1:2" x14ac:dyDescent="0.2">
-      <c r="A23" s="22" t="s">
+      <c r="A23" s="16" t="s">
         <v>14</v>
       </c>
-      <c r="B23" s="27">
+      <c r="B23" s="21">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:2" x14ac:dyDescent="0.2">
-      <c r="A24" s="22" t="s">
+      <c r="A24" s="16" t="s">
         <v>15</v>
       </c>
-      <c r="B24" s="28" t="s">
-        <v>147</v>
+      <c r="B24" s="22" t="s">
+        <v>101</v>
       </c>
     </row>
     <row r="25" spans="1:2" x14ac:dyDescent="0.2">
-      <c r="A25" s="22" t="s">
+      <c r="A25" s="16" t="s">
         <v>16</v>
       </c>
-      <c r="B25" s="29" t="s">
-        <v>151</v>
+      <c r="B25" s="23" t="s">
+        <v>107</v>
       </c>
     </row>
     <row r="26" spans="1:2" x14ac:dyDescent="0.2">
-      <c r="A26" s="22" t="s">
+      <c r="A26" s="16" t="s">
         <v>17</v>
       </c>
-      <c r="B26" s="29" t="s">
-        <v>154</v>
+      <c r="B26" s="23" t="s">
+        <v>134</v>
       </c>
     </row>
     <row r="27" spans="1:2" x14ac:dyDescent="0.2">
-      <c r="A27" s="22" t="s">
+      <c r="A27" s="16" t="s">
         <v>18</v>
       </c>
-      <c r="B27" s="30" t="s">
-        <v>117</v>
+      <c r="B27" s="24" t="s">
+        <v>73</v>
       </c>
     </row>
     <row r="28" spans="1:2" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A28" s="31"/>
-[...1 lines deleted...]
-        <v>114</v>
+      <c r="A28" s="25"/>
+      <c r="B28" s="26" t="s">
+        <v>70</v>
       </c>
     </row>
     <row r="29" spans="1:2" ht="13.5" thickTop="1" x14ac:dyDescent="0.2">
-      <c r="A29" s="6"/>
+      <c r="A29" s="4"/>
     </row>
   </sheetData>
   <phoneticPr fontId="21" type="noConversion"/>
   <hyperlinks>
     <hyperlink ref="B27" r:id="rId1" xr:uid="{00000000-0004-0000-0100-000000000000}"/>
     <hyperlink ref="B13" r:id="rId2" xr:uid="{00000000-0004-0000-0100-000001000000}"/>
     <hyperlink ref="B14" r:id="rId3" xr:uid="{00000000-0004-0000-0100-000002000000}"/>
     <hyperlink ref="B28" r:id="rId4" xr:uid="{00000000-0004-0000-0100-000003000000}"/>
   </hyperlinks>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId5"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>