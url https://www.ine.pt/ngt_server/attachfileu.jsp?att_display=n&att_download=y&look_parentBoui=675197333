--- v0 (2025-10-13)
+++ v1 (2026-03-01)
@@ -1,83 +1,82 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
-  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="R:\lsb\DCN_CAP\CTNFAP_B21\Portal\Portal_Carregamento\Quadros B.4.1 - Administrações públicas\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C40D5D58-D584-4FCC-9AEC-7587DA136F96}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D7FF20D3-0900-45E8-BDBF-210B6E3063CA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="804" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Quadro B.4.1.3" sheetId="9" r:id="rId1"/>
     <sheet name="MetaInfo" sheetId="10" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="438" uniqueCount="296">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="440" uniqueCount="297">
   <si>
     <t>2=3+4</t>
   </si>
   <si>
     <t>5=6+7</t>
   </si>
   <si>
     <t>Metainformação associada ao quadro</t>
   </si>
   <si>
     <t>Periodicidade</t>
   </si>
   <si>
     <t>Fonte</t>
   </si>
   <si>
     <t>Primeiro período disponível</t>
   </si>
   <si>
     <t>Último período disponível</t>
   </si>
   <si>
     <t>Unidade</t>
   </si>
   <si>
@@ -1926,85 +1925,88 @@
   <si>
     <t>2023.III</t>
   </si>
   <si>
     <t>2023.IV</t>
   </si>
   <si>
     <t>2024.II</t>
   </si>
   <si>
     <t>Base 2021; Po - valor provisório; Pe - valor preliminar</t>
   </si>
   <si>
     <t>Base 2021; Po - provisional value; Pe - preliminary value</t>
   </si>
   <si>
     <t>2024.I</t>
   </si>
   <si>
     <t>2024.III</t>
   </si>
   <si>
     <t>2024.IV</t>
   </si>
   <si>
-    <t>23-09-2025</t>
-[...1 lines deleted...]
-  <si>
     <t>2025.I</t>
   </si>
   <si>
     <t>2025.II</t>
   </si>
   <si>
     <t>23-12-2025</t>
   </si>
   <si>
+    <t>2025.III</t>
+  </si>
+  <si>
+    <t>3º trimestre de 2025</t>
+  </si>
+  <si>
+    <t>26-03-2026</t>
+  </si>
+  <si>
     <r>
-      <t>2</t>
+      <t>3</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>nd</t>
+      <t>rd</t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> quarter 2025</t>
     </r>
-  </si>
-[...1 lines deleted...]
-    <t>2º trimestre de 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="0_)"/>
     <numFmt numFmtId="165" formatCode="#,##0.0"/>
   </numFmts>
   <fonts count="15">
     <font>
       <sz val="8"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="MS Sans Serif"/>
       <family val="2"/>
     </font>
@@ -2304,64 +2306,64 @@
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="4" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="10" fillId="4" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="10" fillId="4" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="1" fontId="1" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="165" fontId="1" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="165" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="165" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="165" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="3" borderId="1" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="1" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="3" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="3" borderId="1" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="1" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="1" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal_0212-07" xfId="2" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Normal_1.2" xfId="3" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="Normal_TAB2" xfId="4" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="Standard_WBBasis" xfId="5" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
@@ -2674,543 +2676,543 @@
     <col min="15" max="73" width="17.83203125" style="2" customWidth="1"/>
     <col min="74" max="16384" width="23.6640625" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:73" ht="11.25">
       <c r="A1" s="1"/>
     </row>
     <row r="2" spans="1:73" ht="11.25">
       <c r="A2" s="7" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="3" spans="1:73" ht="11.25">
       <c r="A3" s="7" t="s">
         <v>174</v>
       </c>
     </row>
     <row r="4" spans="1:73" ht="11.25"/>
     <row r="5" spans="1:73" ht="11.25">
       <c r="A5" s="34" t="s">
         <v>265</v>
       </c>
     </row>
     <row r="6" spans="1:73" ht="6" customHeight="1" thickBot="1"/>
     <row r="7" spans="1:73" ht="12" customHeight="1" thickBot="1">
-      <c r="A7" s="43" t="s">
+      <c r="A7" s="39" t="s">
         <v>186</v>
       </c>
-      <c r="B7" s="43" t="s">
+      <c r="B7" s="39" t="s">
         <v>233</v>
       </c>
-      <c r="C7" s="43"/>
-[...11 lines deleted...]
-      <c r="O7" s="43" t="s">
+      <c r="C7" s="39"/>
+      <c r="D7" s="39"/>
+      <c r="E7" s="39"/>
+      <c r="F7" s="39"/>
+      <c r="G7" s="39"/>
+      <c r="H7" s="39"/>
+      <c r="I7" s="39"/>
+      <c r="J7" s="39"/>
+      <c r="K7" s="39"/>
+      <c r="L7" s="39"/>
+      <c r="M7" s="39"/>
+      <c r="N7" s="39"/>
+      <c r="O7" s="39" t="s">
         <v>234</v>
       </c>
-      <c r="P7" s="43"/>
-[...9 lines deleted...]
-      <c r="Z7" s="43" t="s">
+      <c r="P7" s="39"/>
+      <c r="Q7" s="39"/>
+      <c r="R7" s="39"/>
+      <c r="S7" s="39"/>
+      <c r="T7" s="39"/>
+      <c r="U7" s="39"/>
+      <c r="V7" s="39"/>
+      <c r="W7" s="39"/>
+      <c r="X7" s="39"/>
+      <c r="Y7" s="39"/>
+      <c r="Z7" s="39" t="s">
         <v>140</v>
       </c>
-      <c r="AA7" s="42"/>
-[...10 lines deleted...]
-      <c r="AL7" s="43" t="s">
+      <c r="AA7" s="41"/>
+      <c r="AB7" s="41"/>
+      <c r="AC7" s="41"/>
+      <c r="AD7" s="41"/>
+      <c r="AE7" s="41"/>
+      <c r="AF7" s="41"/>
+      <c r="AG7" s="41"/>
+      <c r="AH7" s="41"/>
+      <c r="AI7" s="41"/>
+      <c r="AJ7" s="41"/>
+      <c r="AK7" s="41"/>
+      <c r="AL7" s="39" t="s">
         <v>141</v>
       </c>
-      <c r="AM7" s="42"/>
-[...4 lines deleted...]
-      <c r="AR7" s="43" t="s">
+      <c r="AM7" s="41"/>
+      <c r="AN7" s="41"/>
+      <c r="AO7" s="41"/>
+      <c r="AP7" s="41"/>
+      <c r="AQ7" s="41"/>
+      <c r="AR7" s="39" t="s">
         <v>142</v>
       </c>
-      <c r="AS7" s="43"/>
-[...9 lines deleted...]
-      <c r="BC7" s="43" t="s">
+      <c r="AS7" s="39"/>
+      <c r="AT7" s="39"/>
+      <c r="AU7" s="39"/>
+      <c r="AV7" s="39"/>
+      <c r="AW7" s="39"/>
+      <c r="AX7" s="39"/>
+      <c r="AY7" s="39"/>
+      <c r="AZ7" s="39"/>
+      <c r="BA7" s="39"/>
+      <c r="BB7" s="39"/>
+      <c r="BC7" s="39" t="s">
         <v>143</v>
       </c>
-      <c r="BD7" s="42"/>
-[...9 lines deleted...]
-      <c r="BN7" s="43" t="s">
+      <c r="BD7" s="41"/>
+      <c r="BE7" s="41"/>
+      <c r="BF7" s="41"/>
+      <c r="BG7" s="41"/>
+      <c r="BH7" s="41"/>
+      <c r="BI7" s="41"/>
+      <c r="BJ7" s="41"/>
+      <c r="BK7" s="41"/>
+      <c r="BL7" s="41"/>
+      <c r="BM7" s="41"/>
+      <c r="BN7" s="39" t="s">
         <v>144</v>
       </c>
-      <c r="BO7" s="43"/>
-[...5 lines deleted...]
-      <c r="BU7" s="43"/>
+      <c r="BO7" s="39"/>
+      <c r="BP7" s="39"/>
+      <c r="BQ7" s="39"/>
+      <c r="BR7" s="39"/>
+      <c r="BS7" s="39"/>
+      <c r="BT7" s="39"/>
+      <c r="BU7" s="39"/>
     </row>
     <row r="8" spans="1:73" ht="42.75" customHeight="1" thickBot="1">
-      <c r="A8" s="43"/>
-      <c r="B8" s="42" t="s">
+      <c r="A8" s="39"/>
+      <c r="B8" s="41" t="s">
         <v>235</v>
       </c>
-      <c r="C8" s="41" t="s">
+      <c r="C8" s="40" t="s">
         <v>236</v>
       </c>
-      <c r="D8" s="41"/>
-[...1 lines deleted...]
-      <c r="F8" s="41" t="s">
+      <c r="D8" s="40"/>
+      <c r="E8" s="40"/>
+      <c r="F8" s="40" t="s">
         <v>237</v>
       </c>
-      <c r="G8" s="41"/>
-[...1 lines deleted...]
-      <c r="I8" s="41" t="s">
+      <c r="G8" s="40"/>
+      <c r="H8" s="40"/>
+      <c r="I8" s="40" t="s">
         <v>238</v>
       </c>
-      <c r="J8" s="41" t="s">
+      <c r="J8" s="40" t="s">
         <v>239</v>
       </c>
-      <c r="K8" s="41"/>
-      <c r="L8" s="41" t="s">
+      <c r="K8" s="40"/>
+      <c r="L8" s="40" t="s">
         <v>240</v>
       </c>
-      <c r="M8" s="41"/>
-[...1 lines deleted...]
-      <c r="O8" s="41" t="s">
+      <c r="M8" s="40"/>
+      <c r="N8" s="40"/>
+      <c r="O8" s="40" t="s">
         <v>241</v>
       </c>
-      <c r="P8" s="41"/>
-[...4 lines deleted...]
-      <c r="U8" s="41" t="s">
+      <c r="P8" s="40"/>
+      <c r="Q8" s="40"/>
+      <c r="R8" s="40"/>
+      <c r="S8" s="40"/>
+      <c r="T8" s="40"/>
+      <c r="U8" s="40" t="s">
         <v>242</v>
       </c>
-      <c r="V8" s="41" t="s">
+      <c r="V8" s="40" t="s">
         <v>243</v>
       </c>
-      <c r="W8" s="41"/>
-[...2 lines deleted...]
-      <c r="Z8" s="41" t="s">
+      <c r="W8" s="40"/>
+      <c r="X8" s="40"/>
+      <c r="Y8" s="41"/>
+      <c r="Z8" s="40" t="s">
         <v>149</v>
       </c>
-      <c r="AA8" s="41"/>
-[...4 lines deleted...]
-      <c r="AF8" s="41" t="s">
+      <c r="AA8" s="40"/>
+      <c r="AB8" s="40"/>
+      <c r="AC8" s="40"/>
+      <c r="AD8" s="40"/>
+      <c r="AE8" s="40"/>
+      <c r="AF8" s="40" t="s">
         <v>180</v>
       </c>
-      <c r="AG8" s="41" t="s">
+      <c r="AG8" s="40" t="s">
         <v>150</v>
       </c>
-      <c r="AH8" s="42"/>
-[...1 lines deleted...]
-      <c r="AJ8" s="41" t="s">
+      <c r="AH8" s="41"/>
+      <c r="AI8" s="41"/>
+      <c r="AJ8" s="40" t="s">
         <v>151</v>
       </c>
-      <c r="AK8" s="41" t="s">
+      <c r="AK8" s="40" t="s">
         <v>181</v>
       </c>
-      <c r="AL8" s="41" t="s">
+      <c r="AL8" s="40" t="s">
         <v>182</v>
       </c>
-      <c r="AM8" s="41" t="s">
+      <c r="AM8" s="40" t="s">
         <v>145</v>
       </c>
-      <c r="AN8" s="41"/>
-[...1 lines deleted...]
-      <c r="AP8" s="41" t="s">
+      <c r="AN8" s="40"/>
+      <c r="AO8" s="40"/>
+      <c r="AP8" s="40" t="s">
         <v>146</v>
       </c>
-      <c r="AQ8" s="41"/>
-      <c r="AR8" s="41" t="s">
+      <c r="AQ8" s="40"/>
+      <c r="AR8" s="40" t="s">
         <v>147</v>
       </c>
-      <c r="AS8" s="41"/>
-[...5 lines deleted...]
-      <c r="AY8" s="41" t="s">
+      <c r="AS8" s="40"/>
+      <c r="AT8" s="40"/>
+      <c r="AU8" s="40"/>
+      <c r="AV8" s="40"/>
+      <c r="AW8" s="40"/>
+      <c r="AX8" s="40"/>
+      <c r="AY8" s="40" t="s">
         <v>187</v>
       </c>
-      <c r="AZ8" s="41" t="s">
+      <c r="AZ8" s="40" t="s">
         <v>152</v>
       </c>
-      <c r="BA8" s="41" t="s">
+      <c r="BA8" s="40" t="s">
         <v>148</v>
       </c>
-      <c r="BB8" s="41"/>
-      <c r="BC8" s="41" t="s">
+      <c r="BB8" s="40"/>
+      <c r="BC8" s="40" t="s">
         <v>149</v>
       </c>
-      <c r="BD8" s="42"/>
-[...3 lines deleted...]
-      <c r="BH8" s="41" t="s">
+      <c r="BD8" s="41"/>
+      <c r="BE8" s="41"/>
+      <c r="BF8" s="41"/>
+      <c r="BG8" s="41"/>
+      <c r="BH8" s="40" t="s">
         <v>150</v>
       </c>
-      <c r="BI8" s="42"/>
-[...2 lines deleted...]
-      <c r="BL8" s="41" t="s">
+      <c r="BI8" s="41"/>
+      <c r="BJ8" s="41"/>
+      <c r="BK8" s="41"/>
+      <c r="BL8" s="40" t="s">
         <v>188</v>
       </c>
-      <c r="BM8" s="41" t="s">
+      <c r="BM8" s="40" t="s">
         <v>151</v>
       </c>
-      <c r="BN8" s="43" t="s">
+      <c r="BN8" s="39" t="s">
         <v>153</v>
       </c>
-      <c r="BO8" s="43" t="s">
+      <c r="BO8" s="39" t="s">
         <v>154</v>
       </c>
-      <c r="BP8" s="43" t="s">
+      <c r="BP8" s="39" t="s">
         <v>189</v>
       </c>
-      <c r="BQ8" s="43" t="s">
+      <c r="BQ8" s="39" t="s">
         <v>190</v>
       </c>
-      <c r="BR8" s="43" t="s">
+      <c r="BR8" s="39" t="s">
         <v>191</v>
       </c>
-      <c r="BS8" s="43" t="s">
+      <c r="BS8" s="39" t="s">
         <v>192</v>
       </c>
-      <c r="BT8" s="43" t="s">
+      <c r="BT8" s="39" t="s">
         <v>193</v>
       </c>
-      <c r="BU8" s="43" t="s">
+      <c r="BU8" s="39" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="9" spans="1:73" ht="11.25" customHeight="1" thickBot="1">
-      <c r="A9" s="43"/>
-[...1 lines deleted...]
-      <c r="C9" s="42" t="s">
+      <c r="A9" s="39"/>
+      <c r="B9" s="41"/>
+      <c r="C9" s="41" t="s">
         <v>244</v>
       </c>
-      <c r="D9" s="42" t="s">
+      <c r="D9" s="41" t="s">
         <v>245</v>
       </c>
-      <c r="E9" s="42" t="s">
+      <c r="E9" s="41" t="s">
         <v>246</v>
       </c>
-      <c r="F9" s="42" t="s">
+      <c r="F9" s="41" t="s">
         <v>244</v>
       </c>
-      <c r="G9" s="41" t="s">
+      <c r="G9" s="40" t="s">
         <v>247</v>
       </c>
-      <c r="H9" s="41" t="s">
+      <c r="H9" s="40" t="s">
         <v>248</v>
       </c>
-      <c r="I9" s="41"/>
-      <c r="J9" s="42" t="s">
+      <c r="I9" s="40"/>
+      <c r="J9" s="41" t="s">
         <v>244</v>
       </c>
-      <c r="K9" s="41" t="s">
+      <c r="K9" s="40" t="s">
         <v>249</v>
       </c>
-      <c r="L9" s="42" t="s">
+      <c r="L9" s="41" t="s">
         <v>244</v>
       </c>
-      <c r="M9" s="41" t="s">
+      <c r="M9" s="40" t="s">
         <v>250</v>
       </c>
-      <c r="N9" s="41" t="s">
+      <c r="N9" s="40" t="s">
         <v>251</v>
       </c>
-      <c r="O9" s="42" t="s">
+      <c r="O9" s="41" t="s">
         <v>244</v>
       </c>
-      <c r="P9" s="41" t="s">
+      <c r="P9" s="40" t="s">
         <v>252</v>
       </c>
-      <c r="Q9" s="41" t="s">
+      <c r="Q9" s="40" t="s">
         <v>253</v>
       </c>
-      <c r="R9" s="41"/>
-[...3 lines deleted...]
-      <c r="V9" s="43" t="s">
+      <c r="R9" s="40"/>
+      <c r="S9" s="40"/>
+      <c r="T9" s="40"/>
+      <c r="U9" s="40"/>
+      <c r="V9" s="39" t="s">
         <v>244</v>
       </c>
-      <c r="W9" s="41" t="s">
+      <c r="W9" s="40" t="s">
         <v>254</v>
       </c>
-      <c r="X9" s="43" t="s">
+      <c r="X9" s="39" t="s">
         <v>255</v>
       </c>
-      <c r="Y9" s="43" t="s">
+      <c r="Y9" s="39" t="s">
         <v>256</v>
       </c>
-      <c r="Z9" s="42" t="s">
+      <c r="Z9" s="41" t="s">
         <v>155</v>
       </c>
-      <c r="AA9" s="41" t="s">
+      <c r="AA9" s="40" t="s">
         <v>158</v>
       </c>
-      <c r="AB9" s="41" t="s">
+      <c r="AB9" s="40" t="s">
         <v>175</v>
       </c>
-      <c r="AC9" s="43" t="s">
+      <c r="AC9" s="39" t="s">
         <v>166</v>
       </c>
-      <c r="AD9" s="43" t="s">
+      <c r="AD9" s="39" t="s">
         <v>167</v>
       </c>
-      <c r="AE9" s="42" t="s">
+      <c r="AE9" s="41" t="s">
         <v>194</v>
       </c>
-      <c r="AF9" s="41"/>
-      <c r="AG9" s="42" t="s">
+      <c r="AF9" s="40"/>
+      <c r="AG9" s="41" t="s">
         <v>155</v>
       </c>
-      <c r="AH9" s="43" t="s">
+      <c r="AH9" s="39" t="s">
         <v>168</v>
       </c>
-      <c r="AI9" s="43" t="s">
+      <c r="AI9" s="39" t="s">
         <v>169</v>
       </c>
-      <c r="AJ9" s="41"/>
-[...2 lines deleted...]
-      <c r="AM9" s="42" t="s">
+      <c r="AJ9" s="40"/>
+      <c r="AK9" s="40"/>
+      <c r="AL9" s="40"/>
+      <c r="AM9" s="41" t="s">
         <v>155</v>
       </c>
-      <c r="AN9" s="41" t="s">
+      <c r="AN9" s="40" t="s">
         <v>160</v>
       </c>
-      <c r="AO9" s="41" t="s">
+      <c r="AO9" s="40" t="s">
         <v>161</v>
       </c>
-      <c r="AP9" s="42" t="s">
+      <c r="AP9" s="41" t="s">
         <v>155</v>
       </c>
-      <c r="AQ9" s="41" t="s">
+      <c r="AQ9" s="40" t="s">
         <v>162</v>
       </c>
-      <c r="AR9" s="42" t="s">
+      <c r="AR9" s="41" t="s">
         <v>155</v>
       </c>
-      <c r="AS9" s="41" t="s">
+      <c r="AS9" s="40" t="s">
         <v>156</v>
       </c>
-      <c r="AT9" s="41" t="s">
+      <c r="AT9" s="40" t="s">
         <v>157</v>
       </c>
-      <c r="AU9" s="41"/>
-[...5 lines deleted...]
-      <c r="BA9" s="42" t="s">
+      <c r="AU9" s="40"/>
+      <c r="AV9" s="40"/>
+      <c r="AW9" s="40"/>
+      <c r="AX9" s="40"/>
+      <c r="AY9" s="40"/>
+      <c r="AZ9" s="41"/>
+      <c r="BA9" s="41" t="s">
         <v>155</v>
       </c>
-      <c r="BB9" s="41" t="s">
+      <c r="BB9" s="40" t="s">
         <v>195</v>
       </c>
-      <c r="BC9" s="43" t="s">
+      <c r="BC9" s="39" t="s">
         <v>155</v>
       </c>
-      <c r="BD9" s="41" t="s">
+      <c r="BD9" s="40" t="s">
         <v>159</v>
       </c>
-      <c r="BE9" s="41" t="s">
+      <c r="BE9" s="40" t="s">
         <v>196</v>
       </c>
-      <c r="BF9" s="41" t="s">
+      <c r="BF9" s="40" t="s">
         <v>197</v>
       </c>
-      <c r="BG9" s="41" t="s">
+      <c r="BG9" s="40" t="s">
         <v>198</v>
       </c>
-      <c r="BH9" s="43" t="s">
+      <c r="BH9" s="39" t="s">
         <v>155</v>
       </c>
-      <c r="BI9" s="41" t="s">
+      <c r="BI9" s="40" t="s">
         <v>163</v>
       </c>
-      <c r="BJ9" s="43" t="s">
+      <c r="BJ9" s="39" t="s">
         <v>199</v>
       </c>
-      <c r="BK9" s="43" t="s">
+      <c r="BK9" s="39" t="s">
         <v>200</v>
       </c>
-      <c r="BL9" s="41"/>
-[...8 lines deleted...]
-      <c r="BU9" s="43"/>
+      <c r="BL9" s="40"/>
+      <c r="BM9" s="40"/>
+      <c r="BN9" s="39"/>
+      <c r="BO9" s="39"/>
+      <c r="BP9" s="39"/>
+      <c r="BQ9" s="39"/>
+      <c r="BR9" s="39"/>
+      <c r="BS9" s="39"/>
+      <c r="BT9" s="39"/>
+      <c r="BU9" s="39"/>
     </row>
     <row r="10" spans="1:73" ht="183" customHeight="1" thickBot="1">
-      <c r="A10" s="43"/>
-[...14 lines deleted...]
-      <c r="P10" s="41"/>
+      <c r="A10" s="39"/>
+      <c r="B10" s="41"/>
+      <c r="C10" s="41"/>
+      <c r="D10" s="41"/>
+      <c r="E10" s="41"/>
+      <c r="F10" s="41"/>
+      <c r="G10" s="40"/>
+      <c r="H10" s="40"/>
+      <c r="I10" s="40"/>
+      <c r="J10" s="41"/>
+      <c r="K10" s="40"/>
+      <c r="L10" s="41"/>
+      <c r="M10" s="40"/>
+      <c r="N10" s="40"/>
+      <c r="O10" s="41"/>
+      <c r="P10" s="40"/>
       <c r="Q10" s="12" t="s">
         <v>257</v>
       </c>
       <c r="R10" s="12" t="s">
         <v>258</v>
       </c>
       <c r="S10" s="12" t="s">
         <v>184</v>
       </c>
       <c r="T10" s="12" t="s">
         <v>259</v>
       </c>
-      <c r="U10" s="41"/>
-[...23 lines deleted...]
-      <c r="AS10" s="41"/>
+      <c r="U10" s="40"/>
+      <c r="V10" s="39"/>
+      <c r="W10" s="40"/>
+      <c r="X10" s="39"/>
+      <c r="Y10" s="39"/>
+      <c r="Z10" s="41"/>
+      <c r="AA10" s="40"/>
+      <c r="AB10" s="40"/>
+      <c r="AC10" s="39"/>
+      <c r="AD10" s="39"/>
+      <c r="AE10" s="41"/>
+      <c r="AF10" s="40"/>
+      <c r="AG10" s="41"/>
+      <c r="AH10" s="39"/>
+      <c r="AI10" s="39"/>
+      <c r="AJ10" s="40"/>
+      <c r="AK10" s="40"/>
+      <c r="AL10" s="40"/>
+      <c r="AM10" s="41"/>
+      <c r="AN10" s="40"/>
+      <c r="AO10" s="40"/>
+      <c r="AP10" s="41"/>
+      <c r="AQ10" s="40"/>
+      <c r="AR10" s="41"/>
+      <c r="AS10" s="40"/>
       <c r="AT10" s="14" t="s">
         <v>155</v>
       </c>
       <c r="AU10" s="12" t="s">
         <v>164</v>
       </c>
       <c r="AV10" s="12" t="s">
         <v>165</v>
       </c>
       <c r="AW10" s="12" t="s">
         <v>202</v>
       </c>
       <c r="AX10" s="12" t="s">
         <v>201</v>
       </c>
-      <c r="AY10" s="41"/>
-[...21 lines deleted...]
-      <c r="BU10" s="43"/>
+      <c r="AY10" s="40"/>
+      <c r="AZ10" s="41"/>
+      <c r="BA10" s="41"/>
+      <c r="BB10" s="40"/>
+      <c r="BC10" s="39"/>
+      <c r="BD10" s="40"/>
+      <c r="BE10" s="40"/>
+      <c r="BF10" s="40"/>
+      <c r="BG10" s="40"/>
+      <c r="BH10" s="39"/>
+      <c r="BI10" s="40"/>
+      <c r="BJ10" s="39"/>
+      <c r="BK10" s="39"/>
+      <c r="BL10" s="40"/>
+      <c r="BM10" s="40"/>
+      <c r="BN10" s="39"/>
+      <c r="BO10" s="39"/>
+      <c r="BP10" s="39"/>
+      <c r="BQ10" s="39"/>
+      <c r="BR10" s="39"/>
+      <c r="BS10" s="39"/>
+      <c r="BT10" s="39"/>
+      <c r="BU10" s="39"/>
     </row>
     <row r="11" spans="1:73" ht="12" customHeight="1" thickBot="1">
-      <c r="A11" s="39" t="s">
+      <c r="A11" s="42" t="s">
         <v>203</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>30</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>32</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>33</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>34</v>
       </c>
       <c r="H11" s="13" t="s">
         <v>128</v>
       </c>
       <c r="I11" s="3" t="s">
         <v>35</v>
@@ -3387,51 +3389,51 @@
         <v>133</v>
       </c>
       <c r="BO11" s="3" t="s">
         <v>134</v>
       </c>
       <c r="BP11" s="13" t="s">
         <v>135</v>
       </c>
       <c r="BQ11" s="3" t="s">
         <v>136</v>
       </c>
       <c r="BR11" s="3" t="s">
         <v>137</v>
       </c>
       <c r="BS11" s="3" t="s">
         <v>138</v>
       </c>
       <c r="BT11" s="3" t="s">
         <v>139</v>
       </c>
       <c r="BU11" s="3" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="12" spans="1:73" ht="12" thickBot="1">
-      <c r="A12" s="40"/>
+      <c r="A12" s="43"/>
       <c r="B12" s="13">
         <v>1</v>
       </c>
       <c r="C12" s="13" t="s">
         <v>0</v>
       </c>
       <c r="D12" s="13">
         <v>3</v>
       </c>
       <c r="E12" s="13">
         <v>4</v>
       </c>
       <c r="F12" s="13" t="s">
         <v>1</v>
       </c>
       <c r="G12" s="13">
         <v>6</v>
       </c>
       <c r="H12" s="13">
         <v>7</v>
       </c>
       <c r="I12" s="13">
         <v>8</v>
       </c>
       <c r="J12" s="13" t="s">
@@ -26159,563 +26161,710 @@
       </c>
       <c r="BO116" s="37">
         <v>30156.072</v>
       </c>
       <c r="BP116" s="37">
         <v>7139.523000000001</v>
       </c>
       <c r="BQ116" s="37">
         <v>43135.664000000004</v>
       </c>
       <c r="BR116" s="37">
         <v>58078.991357000021</v>
       </c>
       <c r="BS116" s="37">
         <v>28872.200357000016</v>
       </c>
       <c r="BT116" s="37">
         <v>9251.8123570000243</v>
       </c>
       <c r="BU116" s="37">
         <v>1451.4173992000237</v>
       </c>
     </row>
     <row r="117" spans="1:73" ht="15" customHeight="1">
       <c r="A117" s="11" t="s">
-        <v>291</v>
+        <v>290</v>
       </c>
       <c r="B117" s="36">
-        <v>15237.815999999999</v>
+        <v>15235.672</v>
       </c>
       <c r="C117" s="37">
-        <v>49711.063999999998</v>
+        <v>49618.896999999997</v>
       </c>
       <c r="D117" s="37">
-        <v>29834.227999999999</v>
+        <v>29766.76</v>
       </c>
       <c r="E117" s="37">
-        <v>19876.835999999999</v>
+        <v>19852.136999999999</v>
       </c>
       <c r="F117" s="37">
-        <v>8298.2070000000003</v>
+        <v>8305.264000000001</v>
       </c>
       <c r="G117" s="8">
-        <v>8141.6220000000003</v>
+        <v>8148.6580000000004</v>
       </c>
       <c r="H117" s="37">
-        <v>156.58499999999998</v>
+        <v>156.60599999999999</v>
       </c>
       <c r="I117" s="37">
-        <v>30878.531999999999</v>
+        <v>30872.047999999999</v>
       </c>
       <c r="J117" s="37">
         <v>0</v>
       </c>
       <c r="K117" s="37">
         <v>0</v>
       </c>
       <c r="L117" s="37">
-        <v>1479.2149999999999</v>
+        <v>1486.297</v>
       </c>
       <c r="M117" s="37">
-        <v>238.29900000000001</v>
+        <v>248.68600000000001</v>
       </c>
       <c r="N117" s="37">
-        <v>1240.9159999999999</v>
+        <v>1237.6110000000001</v>
       </c>
       <c r="O117" s="37">
-        <v>5990.1080000000002</v>
+        <v>6015.567</v>
       </c>
       <c r="P117" s="37">
-        <v>5989.3969999999999</v>
+        <v>6014.8559999999998</v>
       </c>
       <c r="Q117" s="37">
         <v>0</v>
       </c>
       <c r="R117" s="37">
         <v>0</v>
       </c>
       <c r="S117" s="8">
         <v>0</v>
       </c>
       <c r="T117" s="37">
         <v>0.71099999999999997</v>
       </c>
       <c r="U117" s="37">
         <v>34.049999999999997</v>
       </c>
       <c r="V117" s="37">
-        <v>76760.187999999995</v>
+        <v>76773.428</v>
       </c>
       <c r="W117" s="37">
-        <v>46925.960000000006</v>
+        <v>47006.668000000005</v>
       </c>
       <c r="X117" s="37">
-        <v>23840.437000000002</v>
+        <v>23842.359</v>
       </c>
       <c r="Y117" s="37">
-        <v>5993.7909999999993</v>
+        <v>5924.4009999999998</v>
       </c>
       <c r="Z117" s="37">
-        <v>7613.1919999999991</v>
+        <v>7573.634</v>
       </c>
       <c r="AA117" s="37">
-        <v>64.335000000000008</v>
+        <v>64.328000000000003</v>
       </c>
       <c r="AB117" s="37">
         <v>0</v>
       </c>
       <c r="AC117" s="37">
-        <v>690.66899999999998</v>
+        <v>692.63499999999999</v>
       </c>
       <c r="AD117" s="37">
-        <v>4637.8040000000001</v>
+        <v>4596.2869999999994</v>
       </c>
       <c r="AE117" s="37">
         <v>2220.384</v>
       </c>
       <c r="AF117" s="37">
         <v>0</v>
       </c>
       <c r="AG117" s="37">
-        <v>2197.7759999999998</v>
+        <v>2205.2869999999998</v>
       </c>
       <c r="AH117" s="37">
-        <v>1614.5549999999998</v>
+        <v>1611.87</v>
       </c>
       <c r="AI117" s="37">
-        <v>583.221</v>
+        <v>593.41700000000003</v>
       </c>
       <c r="AJ117" s="37">
         <v>7005.9609999999993</v>
       </c>
       <c r="AK117" s="37">
-        <v>21.04</v>
+        <v>13.829999999999998</v>
       </c>
       <c r="AL117" s="37">
-        <v>9230.3420000000006</v>
+        <v>9272.8220000000001</v>
       </c>
       <c r="AM117" s="37">
-        <v>42230.129000000001</v>
+        <v>42232.966</v>
       </c>
       <c r="AN117" s="37">
-        <v>38531.952000000005</v>
+        <v>38534.668000000005</v>
       </c>
       <c r="AO117" s="37">
-        <v>3698.1770000000001</v>
+        <v>3698.2980000000002</v>
       </c>
       <c r="AP117" s="37">
-        <v>348.38900000000001</v>
+        <v>334.53200000000004</v>
       </c>
       <c r="AQ117" s="37">
-        <v>348.38900000000001</v>
+        <v>334.53200000000004</v>
       </c>
       <c r="AR117" s="37">
-        <v>2283.232</v>
+        <v>2318.7370000000001</v>
       </c>
       <c r="AS117" s="37">
-        <v>615.85599999999999</v>
+        <v>612.19499999999994</v>
       </c>
       <c r="AT117" s="37">
-        <v>1667.3760000000002</v>
+        <v>1706.5420000000001</v>
       </c>
       <c r="AU117" s="37">
         <v>1066.0420000000001</v>
       </c>
       <c r="AV117" s="37">
         <v>-2E-3</v>
       </c>
       <c r="AW117" s="37">
-        <v>197.06600000000003</v>
+        <v>236.23900000000003</v>
       </c>
       <c r="AX117" s="37">
-        <v>404.27000000000004</v>
+        <v>404.26300000000003</v>
       </c>
       <c r="AY117" s="37">
-        <v>582.40899999999999</v>
+        <v>578.74800000000005</v>
       </c>
       <c r="AZ117" s="37">
-        <v>29668.496999999999</v>
+        <v>29669.485000000001</v>
       </c>
       <c r="BA117" s="37">
-        <v>36760.350999999995</v>
+        <v>36780.116999999998</v>
       </c>
       <c r="BB117" s="37">
-        <v>36760.350999999995</v>
+        <v>36780.116999999998</v>
       </c>
       <c r="BC117" s="37">
-        <v>3388.6333569999997</v>
+        <v>3276.4663570000002</v>
       </c>
       <c r="BD117" s="37">
-        <v>39.685999999999993</v>
+        <v>39.675999999999995</v>
       </c>
       <c r="BE117" s="38">
         <v>0</v>
       </c>
       <c r="BF117" s="37">
-        <v>1060.751</v>
+        <v>1022.912</v>
       </c>
       <c r="BG117" s="37">
-        <v>2288.1963569999998</v>
+        <v>2213.8783570000001</v>
       </c>
       <c r="BH117" s="37">
-        <v>2681.9186768999998</v>
+        <v>2732.2228046</v>
       </c>
       <c r="BI117" s="37">
         <v>5.2999999999999992E-2</v>
       </c>
       <c r="BJ117" s="37">
-        <v>2599.9160000000002</v>
+        <v>2656.0039999999999</v>
       </c>
       <c r="BK117" s="37">
-        <v>81.9496769</v>
+        <v>76.165804600000001</v>
       </c>
       <c r="BL117" s="37" t="s">
         <v>28</v>
       </c>
       <c r="BM117" s="37">
         <v>7005.9609999999993</v>
       </c>
       <c r="BN117" s="8">
-        <v>37709.798999999999</v>
+        <v>37731.646000000001</v>
       </c>
       <c r="BO117" s="37">
-        <v>30703.838</v>
+        <v>30725.685000000001</v>
       </c>
       <c r="BP117" s="37">
-        <v>7179.6560000000027</v>
+        <v>7194.130000000001</v>
       </c>
       <c r="BQ117" s="37">
-        <v>44223.69400000001</v>
+        <v>44243.969000000005</v>
       </c>
       <c r="BR117" s="37">
-        <v>59467.973356999995</v>
+        <v>59355.685356999988</v>
       </c>
       <c r="BS117" s="37">
-        <v>29633.745357000007</v>
+        <v>29588.925356999993</v>
       </c>
       <c r="BT117" s="37">
-        <v>9756.9093569999968</v>
+        <v>9736.7883569999904</v>
       </c>
       <c r="BU117" s="37">
-        <v>1921.8050338999965</v>
+        <v>1944.6301615999896</v>
       </c>
     </row>
     <row r="118" spans="1:73" ht="15" customHeight="1">
       <c r="A118" s="11" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="B118" s="36">
-        <v>15327.357</v>
+        <v>15272.508</v>
       </c>
       <c r="C118" s="37">
-        <v>50405.611000000004</v>
+        <v>50249.048999999999</v>
       </c>
       <c r="D118" s="37">
-        <v>30196.44</v>
+        <v>30099.860999999997</v>
       </c>
       <c r="E118" s="37">
-        <v>20209.171000000002</v>
+        <v>20149.188000000002</v>
       </c>
       <c r="F118" s="37">
-        <v>8563.1650000000009</v>
+        <v>8611.48</v>
       </c>
       <c r="G118" s="8">
-        <v>8398.634</v>
+        <v>8446.7489999999998</v>
       </c>
       <c r="H118" s="37">
-        <v>164.53100000000001</v>
+        <v>164.73099999999999</v>
       </c>
       <c r="I118" s="37">
-        <v>31480.451000000001</v>
+        <v>31506.883000000002</v>
       </c>
       <c r="J118" s="37">
         <v>0</v>
       </c>
       <c r="K118" s="37">
         <v>0</v>
       </c>
       <c r="L118" s="37">
-        <v>1439.088</v>
+        <v>1464.9939999999999</v>
       </c>
       <c r="M118" s="37">
-        <v>226.92500000000001</v>
+        <v>248.51100000000002</v>
       </c>
       <c r="N118" s="37">
-        <v>1212.163</v>
+        <v>1216.4829999999999</v>
       </c>
       <c r="O118" s="37">
-        <v>6016.3580000000002</v>
+        <v>6021.3850000000002</v>
       </c>
       <c r="P118" s="37">
-        <v>6015.884</v>
+        <v>6020.9110000000001</v>
       </c>
       <c r="Q118" s="37">
         <v>0</v>
       </c>
       <c r="R118" s="37">
         <v>0</v>
       </c>
       <c r="S118" s="8">
         <v>0</v>
       </c>
       <c r="T118" s="37">
         <v>0.47399999999999998</v>
       </c>
       <c r="U118" s="37">
-        <v>31.634999999999998</v>
+        <v>31.65</v>
       </c>
       <c r="V118" s="37">
-        <v>77626.898000000001</v>
+        <v>77708.032999999996</v>
       </c>
       <c r="W118" s="37">
-        <v>47430.457999999991</v>
+        <v>47608.171999999999</v>
       </c>
       <c r="X118" s="37">
-        <v>24163.183000000001</v>
+        <v>24183.592999999997</v>
       </c>
       <c r="Y118" s="37">
-        <v>6033.2570000000005</v>
+        <v>5916.268</v>
       </c>
       <c r="Z118" s="37">
-        <v>7811.585</v>
+        <v>7698.4250000000011</v>
       </c>
       <c r="AA118" s="37">
-        <v>56.692</v>
+        <v>56.904999999999994</v>
       </c>
       <c r="AB118" s="37">
         <v>0</v>
       </c>
       <c r="AC118" s="37">
-        <v>586.67899999999997</v>
+        <v>588.86799999999994</v>
       </c>
       <c r="AD118" s="37">
-        <v>4837.6440000000002</v>
+        <v>4722.0820000000003</v>
       </c>
       <c r="AE118" s="37">
         <v>2330.5700000000002</v>
       </c>
       <c r="AF118" s="37">
         <v>0</v>
       </c>
       <c r="AG118" s="37">
-        <v>2349.817</v>
+        <v>2344.9919999999997</v>
       </c>
       <c r="AH118" s="37">
-        <v>1805.694</v>
+        <v>1786.789</v>
       </c>
       <c r="AI118" s="37">
-        <v>544.12299999999993</v>
+        <v>558.20299999999997</v>
       </c>
       <c r="AJ118" s="37">
         <v>7024.902</v>
       </c>
       <c r="AK118" s="37">
-        <v>-9.2170000000000005</v>
+        <v>-24.300000000000004</v>
       </c>
       <c r="AL118" s="37">
-        <v>9205.6640000000007</v>
+        <v>9263.509</v>
       </c>
       <c r="AM118" s="37">
-        <v>42880.161999999997</v>
+        <v>43104.472999999998</v>
       </c>
       <c r="AN118" s="37">
-        <v>39186.406000000003</v>
+        <v>39423.766000000003</v>
       </c>
       <c r="AO118" s="37">
-        <v>3693.7559999999999</v>
+        <v>3680.7069999999999</v>
       </c>
       <c r="AP118" s="37">
-        <v>419.99599999999998</v>
+        <v>401.63800000000003</v>
       </c>
       <c r="AQ118" s="37">
-        <v>419.99599999999998</v>
+        <v>401.63800000000003</v>
       </c>
       <c r="AR118" s="37">
-        <v>2685.5550000000003</v>
+        <v>2801.4769999999999</v>
       </c>
       <c r="AS118" s="37">
-        <v>651.68600000000004</v>
+        <v>645.9380000000001</v>
       </c>
       <c r="AT118" s="37">
-        <v>2033.8690000000001</v>
+        <v>2155.5389999999998</v>
       </c>
       <c r="AU118" s="37">
-        <v>1427.5840000000001</v>
+        <v>1457.9690000000001</v>
       </c>
       <c r="AV118" s="37">
         <v>-2E-3</v>
       </c>
       <c r="AW118" s="37">
-        <v>204.42200000000003</v>
+        <v>295.70100000000002</v>
       </c>
       <c r="AX118" s="37">
-        <v>401.86500000000001</v>
+        <v>401.87099999999998</v>
       </c>
       <c r="AY118" s="37">
-        <v>610.95000000000005</v>
+        <v>605.20299999999997</v>
       </c>
       <c r="AZ118" s="37">
-        <v>29638.960999999999</v>
+        <v>29637.062999999998</v>
       </c>
       <c r="BA118" s="37">
-        <v>36941.527000000002</v>
+        <v>36980.498000000007</v>
       </c>
       <c r="BB118" s="37">
-        <v>36941.527000000002</v>
+        <v>36980.498000000007</v>
       </c>
       <c r="BC118" s="37">
-        <v>3255.8143570000002</v>
+        <v>3181.4171930000002</v>
       </c>
       <c r="BD118" s="37">
-        <v>40.529999999999994</v>
+        <v>40.788999999999994</v>
       </c>
       <c r="BE118" s="38">
         <v>0</v>
       </c>
       <c r="BF118" s="37">
-        <v>1090.7080000000001</v>
+        <v>992.15500000000009</v>
       </c>
       <c r="BG118" s="37">
-        <v>2124.5763569999999</v>
+        <v>2148.4731929999998</v>
       </c>
       <c r="BH118" s="37">
-        <v>2965.6043381999998</v>
+        <v>2949.5784525999998</v>
       </c>
       <c r="BI118" s="37">
         <v>0.21299999999999999</v>
       </c>
       <c r="BJ118" s="37">
-        <v>2856.9540000000002</v>
+        <v>2869.6840000000002</v>
       </c>
       <c r="BK118" s="37">
-        <v>108.4373382</v>
+        <v>79.6814526</v>
       </c>
       <c r="BL118" s="37" t="s">
         <v>28</v>
       </c>
       <c r="BM118" s="37">
         <v>7024.902</v>
       </c>
       <c r="BN118" s="8">
-        <v>38250.660999999993</v>
+        <v>38323.781999999999</v>
       </c>
       <c r="BO118" s="37">
-        <v>31225.758999999991</v>
+        <v>31298.879999999997</v>
       </c>
       <c r="BP118" s="37">
-        <v>7190.205999999991</v>
+        <v>7218.5369999999966</v>
       </c>
       <c r="BQ118" s="37">
-        <v>45300.476999999984</v>
+        <v>45638.107999999993</v>
       </c>
       <c r="BR118" s="37">
-        <v>59863.101357</v>
+        <v>60098.839193000007</v>
       </c>
       <c r="BS118" s="37">
-        <v>29666.66135699999</v>
+        <v>29998.97819300001</v>
       </c>
       <c r="BT118" s="37">
-        <v>9457.4903569999951</v>
+        <v>9849.790193000008</v>
       </c>
       <c r="BU118" s="37">
-        <v>1519.3296951999941</v>
+        <v>1867.1966456000084</v>
       </c>
     </row>
     <row r="119" spans="1:73" ht="15" customHeight="1">
-      <c r="B119" s="35"/>
-[...70 lines deleted...]
-      <c r="BU119" s="35"/>
+      <c r="A119" s="11" t="s">
+        <v>293</v>
+      </c>
+      <c r="B119" s="36">
+        <v>15869.695</v>
+      </c>
+      <c r="C119" s="37">
+        <v>51459.741000000002</v>
+      </c>
+      <c r="D119" s="37">
+        <v>30834.146000000001</v>
+      </c>
+      <c r="E119" s="37">
+        <v>20625.595000000001</v>
+      </c>
+      <c r="F119" s="37">
+        <v>8886.9120000000003</v>
+      </c>
+      <c r="G119" s="8">
+        <v>8722.6939999999995</v>
+      </c>
+      <c r="H119" s="37">
+        <v>164.21799999999999</v>
+      </c>
+      <c r="I119" s="37">
+        <v>32088.694</v>
+      </c>
+      <c r="J119" s="37">
+        <v>0</v>
+      </c>
+      <c r="K119" s="37">
+        <v>0</v>
+      </c>
+      <c r="L119" s="37">
+        <v>1518.5679999999998</v>
+      </c>
+      <c r="M119" s="37">
+        <v>264.06200000000001</v>
+      </c>
+      <c r="N119" s="37">
+        <v>1254.5059999999999</v>
+      </c>
+      <c r="O119" s="37">
+        <v>6049.5240000000003</v>
+      </c>
+      <c r="P119" s="37">
+        <v>6049.2870000000003</v>
+      </c>
+      <c r="Q119" s="37">
+        <v>0</v>
+      </c>
+      <c r="R119" s="37">
+        <v>0</v>
+      </c>
+      <c r="S119" s="8">
+        <v>0</v>
+      </c>
+      <c r="T119" s="37">
+        <v>0.23699999999999999</v>
+      </c>
+      <c r="U119" s="37">
+        <v>35.822000000000003</v>
+      </c>
+      <c r="V119" s="37">
+        <v>79704.562000000005</v>
+      </c>
+      <c r="W119" s="37">
+        <v>48870.415999999997</v>
+      </c>
+      <c r="X119" s="37">
+        <v>24720.941999999999</v>
+      </c>
+      <c r="Y119" s="37">
+        <v>6113.2039999999997</v>
+      </c>
+      <c r="Z119" s="37">
+        <v>7850.2639999999992</v>
+      </c>
+      <c r="AA119" s="37">
+        <v>51.472000000000001</v>
+      </c>
+      <c r="AB119" s="37">
+        <v>0</v>
+      </c>
+      <c r="AC119" s="37">
+        <v>498.53500000000003</v>
+      </c>
+      <c r="AD119" s="37">
+        <v>4910.8249999999998</v>
+      </c>
+      <c r="AE119" s="37">
+        <v>2389.4320000000002</v>
+      </c>
+      <c r="AF119" s="37">
+        <v>0</v>
+      </c>
+      <c r="AG119" s="37">
+        <v>2564.4660000000003</v>
+      </c>
+      <c r="AH119" s="37">
+        <v>1806.146</v>
+      </c>
+      <c r="AI119" s="37">
+        <v>758.31999999999994</v>
+      </c>
+      <c r="AJ119" s="37">
+        <v>7043.8249999999998</v>
+      </c>
+      <c r="AK119" s="37">
+        <v>-63.673999999999999</v>
+      </c>
+      <c r="AL119" s="37">
+        <v>9336.8379999999997</v>
+      </c>
+      <c r="AM119" s="37">
+        <v>43730.207999999999</v>
+      </c>
+      <c r="AN119" s="37">
+        <v>40041.932000000001</v>
+      </c>
+      <c r="AO119" s="37">
+        <v>3688.2759999999998</v>
+      </c>
+      <c r="AP119" s="37">
+        <v>448.68000000000006</v>
+      </c>
+      <c r="AQ119" s="37">
+        <v>448.68000000000006</v>
+      </c>
+      <c r="AR119" s="37">
+        <v>2605.92</v>
+      </c>
+      <c r="AS119" s="37">
+        <v>684.678</v>
+      </c>
+      <c r="AT119" s="37">
+        <v>1921.242</v>
+      </c>
+      <c r="AU119" s="37">
+        <v>1179.8240000000001</v>
+      </c>
+      <c r="AV119" s="37">
+        <v>4.0000000000000001E-3</v>
+      </c>
+      <c r="AW119" s="37">
+        <v>339.779</v>
+      </c>
+      <c r="AX119" s="37">
+        <v>401.63499999999999</v>
+      </c>
+      <c r="AY119" s="37">
+        <v>629.95699999999999</v>
+      </c>
+      <c r="AZ119" s="37">
+        <v>30087.861999999997</v>
+      </c>
+      <c r="BA119" s="37">
+        <v>38329.712</v>
+      </c>
+      <c r="BB119" s="37">
+        <v>38329.712</v>
+      </c>
+      <c r="BC119" s="37">
+        <v>3117.8161149999996</v>
+      </c>
+      <c r="BD119" s="37">
+        <v>42.878999999999991</v>
+      </c>
+      <c r="BE119" s="38">
+        <v>0</v>
+      </c>
+      <c r="BF119" s="37">
+        <v>1002.184</v>
+      </c>
+      <c r="BG119" s="37">
+        <v>2072.753115</v>
+      </c>
+      <c r="BH119" s="37">
+        <v>3333.9209288000002</v>
+      </c>
+      <c r="BI119" s="37">
+        <v>0.20800000000000002</v>
+      </c>
+      <c r="BJ119" s="37">
+        <v>3275.0549999999994</v>
+      </c>
+      <c r="BK119" s="37">
+        <v>58.657928799999993</v>
+      </c>
+      <c r="BL119" s="37" t="s">
+        <v>28</v>
+      </c>
+      <c r="BM119" s="37">
+        <v>7043.8249999999998</v>
+      </c>
+      <c r="BN119" s="8">
+        <v>38813.679999999993</v>
+      </c>
+      <c r="BO119" s="37">
+        <v>31769.854999999992</v>
+      </c>
+      <c r="BP119" s="37">
+        <v>7173.6659999999938</v>
+      </c>
+      <c r="BQ119" s="37">
+        <v>45941.701999999997</v>
+      </c>
+      <c r="BR119" s="37">
+        <v>60720.590114999999</v>
+      </c>
+      <c r="BS119" s="37">
+        <v>29886.444114999991</v>
+      </c>
+      <c r="BT119" s="37">
+        <v>9260.8491149999973</v>
+      </c>
+      <c r="BU119" s="37">
+        <v>1207.0660437999968</v>
+      </c>
     </row>
     <row r="120" spans="1:73" ht="15" customHeight="1">
       <c r="B120" s="35"/>
       <c r="C120" s="35"/>
       <c r="D120" s="35"/>
       <c r="E120" s="35"/>
       <c r="F120" s="35"/>
       <c r="G120" s="35"/>
       <c r="H120" s="35"/>
       <c r="I120" s="35"/>
       <c r="J120" s="35"/>
       <c r="K120" s="35"/>
       <c r="L120" s="35"/>
       <c r="M120" s="35"/>
       <c r="N120" s="35"/>
       <c r="O120" s="35"/>
       <c r="P120" s="35"/>
       <c r="Q120" s="35"/>
       <c r="R120" s="35"/>
       <c r="S120" s="35"/>
       <c r="T120" s="35"/>
       <c r="U120" s="35"/>
       <c r="V120" s="35"/>
       <c r="W120" s="35"/>
       <c r="X120" s="35"/>
@@ -30597,138 +30746,138 @@
       <c r="AZ172" s="35"/>
       <c r="BA172" s="35"/>
       <c r="BB172" s="35"/>
       <c r="BC172" s="35"/>
       <c r="BD172" s="35"/>
       <c r="BE172" s="35"/>
       <c r="BF172" s="35"/>
       <c r="BG172" s="35"/>
       <c r="BH172" s="35"/>
       <c r="BI172" s="35"/>
       <c r="BJ172" s="35"/>
       <c r="BK172" s="35"/>
       <c r="BL172" s="35"/>
       <c r="BM172" s="35"/>
       <c r="BN172" s="35"/>
       <c r="BO172" s="35"/>
       <c r="BP172" s="35"/>
       <c r="BQ172" s="35"/>
       <c r="BR172" s="35"/>
       <c r="BS172" s="35"/>
       <c r="BT172" s="35"/>
       <c r="BU172" s="35"/>
     </row>
   </sheetData>
   <mergeCells count="88">
-    <mergeCell ref="BN8:BN10"/>
-[...8 lines deleted...]
-    <mergeCell ref="BD9:BD10"/>
+    <mergeCell ref="A11:A12"/>
+    <mergeCell ref="AT9:AX9"/>
+    <mergeCell ref="AS9:AS10"/>
+    <mergeCell ref="AO9:AO10"/>
+    <mergeCell ref="AP9:AP10"/>
+    <mergeCell ref="AQ9:AQ10"/>
+    <mergeCell ref="AR9:AR10"/>
+    <mergeCell ref="O9:O10"/>
+    <mergeCell ref="AJ8:AJ10"/>
+    <mergeCell ref="A7:A10"/>
+    <mergeCell ref="B7:N7"/>
+    <mergeCell ref="J8:K8"/>
+    <mergeCell ref="J9:J10"/>
+    <mergeCell ref="AF8:AF10"/>
+    <mergeCell ref="F9:F10"/>
+    <mergeCell ref="AR7:BB7"/>
+    <mergeCell ref="Y9:Y10"/>
+    <mergeCell ref="Z8:AE8"/>
+    <mergeCell ref="B8:B10"/>
+    <mergeCell ref="C8:E8"/>
+    <mergeCell ref="F8:H8"/>
+    <mergeCell ref="I8:I10"/>
+    <mergeCell ref="C9:C10"/>
+    <mergeCell ref="D9:D10"/>
+    <mergeCell ref="E9:E10"/>
+    <mergeCell ref="G9:G10"/>
+    <mergeCell ref="H9:H10"/>
+    <mergeCell ref="AC9:AC10"/>
+    <mergeCell ref="V8:Y8"/>
+    <mergeCell ref="AD9:AD10"/>
+    <mergeCell ref="AE9:AE10"/>
+    <mergeCell ref="X9:X10"/>
+    <mergeCell ref="AL7:AQ7"/>
+    <mergeCell ref="AG8:AI8"/>
+    <mergeCell ref="BA8:BB8"/>
+    <mergeCell ref="AK8:AK10"/>
+    <mergeCell ref="BA9:BA10"/>
+    <mergeCell ref="AR8:AX8"/>
+    <mergeCell ref="AZ8:AZ10"/>
+    <mergeCell ref="W9:W10"/>
+    <mergeCell ref="O7:Y7"/>
+    <mergeCell ref="Z7:AK7"/>
+    <mergeCell ref="AY8:AY10"/>
+    <mergeCell ref="Z9:Z10"/>
+    <mergeCell ref="V9:V10"/>
+    <mergeCell ref="AB9:AB10"/>
+    <mergeCell ref="AA9:AA10"/>
+    <mergeCell ref="AG9:AG10"/>
+    <mergeCell ref="AH9:AH10"/>
+    <mergeCell ref="AI9:AI10"/>
+    <mergeCell ref="AP8:AQ8"/>
+    <mergeCell ref="AL8:AL10"/>
+    <mergeCell ref="AM9:AM10"/>
+    <mergeCell ref="AM8:AO8"/>
+    <mergeCell ref="AN9:AN10"/>
+    <mergeCell ref="N9:N10"/>
+    <mergeCell ref="P9:P10"/>
+    <mergeCell ref="U8:U10"/>
+    <mergeCell ref="O8:T8"/>
+    <mergeCell ref="L8:N8"/>
+    <mergeCell ref="M9:M10"/>
+    <mergeCell ref="Q9:T9"/>
     <mergeCell ref="K9:K10"/>
     <mergeCell ref="L9:L10"/>
     <mergeCell ref="BC7:BM7"/>
     <mergeCell ref="BF9:BF10"/>
     <mergeCell ref="BN7:BU7"/>
     <mergeCell ref="BR8:BR10"/>
     <mergeCell ref="BJ9:BJ10"/>
     <mergeCell ref="BP8:BP10"/>
     <mergeCell ref="BG9:BG10"/>
     <mergeCell ref="BO8:BO10"/>
     <mergeCell ref="BK9:BK10"/>
     <mergeCell ref="BC8:BG8"/>
     <mergeCell ref="BH8:BK8"/>
     <mergeCell ref="BI9:BI10"/>
     <mergeCell ref="BE9:BE10"/>
     <mergeCell ref="BU8:BU10"/>
-    <mergeCell ref="N9:N10"/>
-[...60 lines deleted...]
-    <mergeCell ref="AR7:BB7"/>
+    <mergeCell ref="BN8:BN10"/>
+    <mergeCell ref="BS8:BS10"/>
+    <mergeCell ref="BT8:BT10"/>
+    <mergeCell ref="BB9:BB10"/>
+    <mergeCell ref="BQ8:BQ10"/>
+    <mergeCell ref="BM8:BM10"/>
+    <mergeCell ref="BL8:BL10"/>
+    <mergeCell ref="BC9:BC10"/>
+    <mergeCell ref="BH9:BH10"/>
+    <mergeCell ref="BD9:BD10"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="Sheet2"/>
   <dimension ref="A1:B29"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="11.25"/>
   <cols>
     <col min="1" max="1" width="45.5" customWidth="1"/>
     <col min="2" max="2" width="54.83203125" style="32" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2" ht="12.75" customHeight="1">
       <c r="A1" s="16"/>
       <c r="B1" s="33"/>
     </row>
@@ -30749,91 +30898,91 @@
       <c r="B4" s="20" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="5" spans="1:2" ht="12.75" customHeight="1">
       <c r="A5" s="21" t="s">
         <v>4</v>
       </c>
       <c r="B5" s="22" t="s">
         <v>214</v>
       </c>
     </row>
     <row r="6" spans="1:2" ht="12.75" customHeight="1">
       <c r="A6" s="21" t="s">
         <v>5</v>
       </c>
       <c r="B6" s="23" t="s">
         <v>215</v>
       </c>
     </row>
     <row r="7" spans="1:2" ht="12.75" customHeight="1">
       <c r="A7" s="21" t="s">
         <v>6</v>
       </c>
       <c r="B7" s="24" t="s">
-        <v>295</v>
+        <v>294</v>
       </c>
     </row>
     <row r="8" spans="1:2" ht="12.75" customHeight="1">
       <c r="A8" s="21" t="s">
         <v>7</v>
       </c>
       <c r="B8" s="25" t="s">
         <v>216</v>
       </c>
     </row>
     <row r="9" spans="1:2" ht="12.75" customHeight="1">
       <c r="A9" s="21" t="s">
         <v>8</v>
       </c>
       <c r="B9" s="26">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:2" ht="12.75" customHeight="1">
       <c r="A10" s="21" t="s">
         <v>9</v>
       </c>
       <c r="B10" s="27" t="s">
         <v>285</v>
       </c>
     </row>
     <row r="11" spans="1:2" ht="12.75" customHeight="1">
       <c r="A11" s="21" t="s">
         <v>19</v>
       </c>
       <c r="B11" s="28" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
     </row>
     <row r="12" spans="1:2" ht="12.75" customHeight="1">
       <c r="A12" s="21" t="s">
         <v>20</v>
       </c>
       <c r="B12" s="28" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
     </row>
     <row r="13" spans="1:2" ht="12.75" customHeight="1">
       <c r="A13" s="21" t="s">
         <v>10</v>
       </c>
       <c r="B13" s="29" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="14" spans="1:2" ht="12.75" customHeight="1" thickBot="1">
       <c r="A14" s="30"/>
       <c r="B14" s="31" t="s">
         <v>218</v>
       </c>
     </row>
     <row r="15" spans="1:2" ht="12.75" customHeight="1" thickTop="1">
       <c r="A15" s="17"/>
       <c r="B15" s="33"/>
     </row>
     <row r="16" spans="1:2" ht="12.75" customHeight="1">
       <c r="A16" s="18" t="s">
         <v>219</v>
       </c>
       <c r="B16" s="33"/>
@@ -30849,91 +30998,91 @@
       <c r="B18" s="20" t="s">
         <v>221</v>
       </c>
     </row>
     <row r="19" spans="1:2" ht="12.75" customHeight="1">
       <c r="A19" s="21" t="s">
         <v>222</v>
       </c>
       <c r="B19" s="22" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="20" spans="1:2" ht="12.75" customHeight="1">
       <c r="A20" s="21" t="s">
         <v>224</v>
       </c>
       <c r="B20" s="23" t="s">
         <v>268</v>
       </c>
     </row>
     <row r="21" spans="1:2" ht="12.75" customHeight="1">
       <c r="A21" s="21" t="s">
         <v>225</v>
       </c>
       <c r="B21" s="23" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
     </row>
     <row r="22" spans="1:2" ht="12.75" customHeight="1">
       <c r="A22" s="21" t="s">
         <v>226</v>
       </c>
       <c r="B22" s="25" t="s">
         <v>216</v>
       </c>
     </row>
     <row r="23" spans="1:2" ht="12.75" customHeight="1">
       <c r="A23" s="21" t="s">
         <v>227</v>
       </c>
       <c r="B23" s="26">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:2" ht="12.75" customHeight="1">
       <c r="A24" s="21" t="s">
         <v>228</v>
       </c>
       <c r="B24" s="27" t="s">
         <v>286</v>
       </c>
     </row>
     <row r="25" spans="1:2" ht="12.75" customHeight="1">
       <c r="A25" s="21" t="s">
         <v>229</v>
       </c>
       <c r="B25" s="28" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
     </row>
     <row r="26" spans="1:2" ht="12.75" customHeight="1">
       <c r="A26" s="21" t="s">
         <v>230</v>
       </c>
       <c r="B26" s="28" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
     </row>
     <row r="27" spans="1:2" ht="12.75" customHeight="1">
       <c r="A27" s="21" t="s">
         <v>231</v>
       </c>
       <c r="B27" s="29" t="s">
         <v>232</v>
       </c>
     </row>
     <row r="28" spans="1:2" ht="12.75" customHeight="1" thickBot="1">
       <c r="A28" s="30"/>
       <c r="B28" s="31" t="s">
         <v>218</v>
       </c>
     </row>
     <row r="29" spans="1:2" ht="12" thickTop="1"/>
   </sheetData>
   <phoneticPr fontId="0" type="noConversion"/>
   <hyperlinks>
     <hyperlink ref="B27" r:id="rId1" xr:uid="{00000000-0004-0000-0100-000000000000}"/>
     <hyperlink ref="B13" r:id="rId2" xr:uid="{00000000-0004-0000-0100-000001000000}"/>
     <hyperlink ref="B14" r:id="rId3" xr:uid="{00000000-0004-0000-0100-000002000000}"/>
     <hyperlink ref="B28" r:id="rId4" xr:uid="{00000000-0004-0000-0100-000003000000}"/>
   </hyperlinks>