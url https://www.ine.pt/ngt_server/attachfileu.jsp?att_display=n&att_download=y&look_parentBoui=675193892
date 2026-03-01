--- v0 (2025-10-13)
+++ v1 (2026-03-01)
@@ -1,83 +1,82 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
-  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="R:\lsb\DCN_CAP\CTNFAP_B21\Portal\Portal_Carregamento\Quadros B.4.1 - Administrações públicas\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7BB0C1AF-EA16-463A-99D1-5D4B743EFAA6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{CCBB5BE3-7D97-4A3A-A39F-AB981DDDB983}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="804" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Quadro B.4.1.2" sheetId="9" r:id="rId1"/>
     <sheet name="MetaInfo" sheetId="10" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="348" uniqueCount="299">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="349" uniqueCount="300">
   <si>
     <t>2=3+4</t>
   </si>
   <si>
     <t>5=6+7</t>
   </si>
   <si>
     <t>Metainformação associada ao quadro</t>
   </si>
   <si>
     <t>Periodicidade</t>
   </si>
   <si>
     <t>Fonte</t>
   </si>
   <si>
     <t>Primeiro período disponível</t>
   </si>
   <si>
     <t>Último período disponível</t>
   </si>
   <si>
     <t>Unidade</t>
   </si>
   <si>
@@ -1977,85 +1976,88 @@
   <si>
     <t>2023.III</t>
   </si>
   <si>
     <t>2023.IV</t>
   </si>
   <si>
     <t>2024.II</t>
   </si>
   <si>
     <t>Base 2021; Po - valor provisório; Pe - valor preliminar</t>
   </si>
   <si>
     <t>Base 2021; Po - provisional value; Pe - preliminary value</t>
   </si>
   <si>
     <t>2024.I</t>
   </si>
   <si>
     <t>2024.III</t>
   </si>
   <si>
     <t>2024.IV</t>
   </si>
   <si>
-    <t>23-09-2025</t>
-[...1 lines deleted...]
-  <si>
     <t>2025.I</t>
   </si>
   <si>
     <t>2025.II</t>
   </si>
   <si>
     <t>23-12-2025</t>
   </si>
   <si>
+    <t>2025.III</t>
+  </si>
+  <si>
+    <t>3º trimestre de 2025</t>
+  </si>
+  <si>
+    <t>26-03-2026</t>
+  </si>
+  <si>
     <r>
-      <t>2</t>
+      <t>3</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>nd</t>
+      <t>rd</t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> quarter 2025</t>
     </r>
-  </si>
-[...1 lines deleted...]
-    <t>2º trimestre de 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="0_)"/>
     <numFmt numFmtId="165" formatCode="#,##0.0"/>
   </numFmts>
   <fonts count="16">
     <font>
       <sz val="8"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="MS Sans Serif"/>
       <family val="2"/>
     </font>
@@ -2921,51 +2923,51 @@
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/eurostat/documents/3859598/16029761/KS-GQ-23-002-EN-N.pdf/77a75b07-61c3-7d34-5243-70d09bc00e44?version=3.0&amp;t=1677163672121" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ine.pt/ngt_server/attachfileu.jsp?look_parentBoui=215821289&amp;att_display=n&amp;att_download=y" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ine.pt/ngt_server/attachfileu.jsp?look_parentBoui=215820499&amp;att_display=n&amp;att_download=y" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec.europa.eu/eurostat/documents/3859598/16029761/KS-GQ-23-002-EN-N.pdf/77a75b07-61c3-7d34-5243-70d09bc00e44?version=3.0&amp;t=1677163672121" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet1"/>
-  <dimension ref="A2:BZ118"/>
+  <dimension ref="A2:BZ119"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="23.6640625" defaultRowHeight="15" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="15.83203125" style="3" customWidth="1"/>
     <col min="2" max="8" width="17.83203125" style="16" customWidth="1"/>
     <col min="9" max="9" width="17.83203125" style="18" customWidth="1"/>
     <col min="10" max="14" width="17.83203125" style="16" customWidth="1"/>
     <col min="15" max="78" width="17.83203125" style="3" customWidth="1"/>
     <col min="79" max="79" width="15.5" style="3" customWidth="1"/>
     <col min="80" max="16384" width="23.6640625" style="3"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:78" ht="11.25">
       <c r="A2" s="4" t="s">
         <v>27</v>
       </c>
       <c r="I2" s="17"/>
       <c r="J2" s="17"/>
     </row>
     <row r="3" spans="1:78" ht="12" customHeight="1">
       <c r="A3" s="5" t="s">
         <v>28</v>
       </c>
@@ -28502,518 +28504,754 @@
       </c>
       <c r="BT116" s="13">
         <v>8649.0499999999993</v>
       </c>
       <c r="BU116" s="13">
         <v>1768.1919999999991</v>
       </c>
       <c r="BV116" s="13">
         <v>11273.657999999999</v>
       </c>
       <c r="BW116" s="13">
         <v>13830.864356999999</v>
       </c>
       <c r="BX116" s="13">
         <v>5450.5723569999973</v>
       </c>
       <c r="BY116" s="13">
         <v>-238.34464300000036</v>
       </c>
       <c r="BZ116" s="13">
         <v>-3554.9627487999996</v>
       </c>
     </row>
     <row r="117" spans="1:78" ht="15" customHeight="1">
       <c r="A117" s="6" t="s">
-        <v>294</v>
+        <v>293</v>
       </c>
       <c r="B117" s="13">
-        <v>3293.6909999999998</v>
+        <v>3291.547</v>
       </c>
       <c r="C117" s="38">
-        <v>11585.57</v>
+        <v>11493.402999999998</v>
       </c>
       <c r="D117" s="13">
-        <v>7074.9979999999996</v>
+        <v>7007.53</v>
       </c>
       <c r="E117" s="13">
-        <v>4510.5720000000001</v>
+        <v>4485.8729999999996</v>
       </c>
       <c r="F117" s="13">
-        <v>1300.2150000000001</v>
+        <v>1307.2720000000002</v>
       </c>
       <c r="G117" s="13">
-        <v>1285.277</v>
+        <v>1292.3130000000001</v>
       </c>
       <c r="H117" s="13">
-        <v>14.938000000000001</v>
+        <v>14.959</v>
       </c>
       <c r="I117" s="13">
-        <v>7254.1570000000002</v>
+        <v>7247.6729999999998</v>
       </c>
       <c r="J117" s="13">
         <v>0</v>
       </c>
       <c r="K117" s="13">
         <v>0</v>
       </c>
       <c r="L117" s="13">
-        <v>264.06900000000002</v>
+        <v>271.15100000000001</v>
       </c>
       <c r="M117" s="13">
-        <v>25.286999999999999</v>
+        <v>35.673999999999999</v>
       </c>
       <c r="N117" s="13">
-        <v>238.78200000000001</v>
+        <v>235.477</v>
       </c>
       <c r="O117" s="13">
-        <v>1498.46</v>
+        <v>1523.9190000000001</v>
       </c>
       <c r="P117" s="13">
-        <v>1498.46</v>
+        <v>1523.9190000000001</v>
       </c>
       <c r="Q117" s="13">
         <v>0</v>
       </c>
       <c r="R117" s="36">
         <v>0</v>
       </c>
       <c r="S117" s="13">
         <v>0</v>
       </c>
       <c r="T117" s="13">
         <v>0</v>
       </c>
       <c r="U117" s="13">
         <v>4.117</v>
       </c>
       <c r="V117" s="13">
-        <v>17783.725999999999</v>
+        <v>17796.966</v>
       </c>
       <c r="W117" s="13">
-        <v>10708.727999999999</v>
+        <v>10789.436</v>
       </c>
       <c r="X117" s="13">
-        <v>5684.54</v>
+        <v>5686.4620000000004</v>
       </c>
       <c r="Y117" s="13">
-        <v>1390.4580000000001</v>
+        <v>1321.068</v>
       </c>
       <c r="Z117" s="13">
-        <v>1689.5949999999998</v>
+        <v>1650.0369999999998</v>
       </c>
       <c r="AA117" s="13">
-        <v>12.079000000000001</v>
+        <v>12.071999999999999</v>
       </c>
       <c r="AB117" s="13">
         <v>0</v>
       </c>
       <c r="AC117" s="13">
-        <v>25.620999999999999</v>
+        <v>27.587</v>
       </c>
       <c r="AD117" s="13">
-        <v>1044.1869999999999</v>
+        <v>1002.67</v>
       </c>
       <c r="AE117" s="13">
         <v>607.70799999999997</v>
       </c>
       <c r="AF117" s="13">
         <v>0</v>
       </c>
       <c r="AG117" s="13">
-        <v>501.86900000000003</v>
+        <v>509.38</v>
       </c>
       <c r="AH117" s="13">
-        <v>425.93200000000002</v>
+        <v>423.24700000000001</v>
       </c>
       <c r="AI117" s="13">
-        <v>75.936999999999998</v>
+        <v>86.132999999999996</v>
       </c>
       <c r="AJ117" s="13">
         <v>1758.5909999999999</v>
       </c>
       <c r="AK117" s="13">
-        <v>-24.82</v>
+        <v>-32.03</v>
       </c>
       <c r="AL117" s="13">
-        <v>2078.3069999999998</v>
+        <v>2120.7869999999998</v>
       </c>
       <c r="AM117" s="13">
-        <v>10090.646000000001</v>
+        <v>10093.483</v>
       </c>
       <c r="AN117" s="13">
-        <v>9244.51</v>
+        <v>9247.2260000000006</v>
       </c>
       <c r="AO117" s="13">
-        <v>846.13599999999997</v>
+        <v>846.25699999999995</v>
       </c>
       <c r="AP117" s="13">
-        <v>112.858</v>
+        <v>99.001000000000005</v>
       </c>
       <c r="AQ117" s="13">
-        <v>112.858</v>
+        <v>99.001000000000005</v>
       </c>
       <c r="AR117" s="13">
-        <v>326.92899999999997</v>
+        <v>362.43399999999997</v>
       </c>
       <c r="AS117" s="13">
-        <v>151.07499999999999</v>
+        <v>147.41399999999999</v>
       </c>
       <c r="AT117" s="13">
-        <v>175.85400000000001</v>
+        <v>215.01999999999998</v>
       </c>
       <c r="AU117" s="13">
         <v>26.131</v>
       </c>
       <c r="AV117" s="13">
         <v>0</v>
       </c>
       <c r="AW117" s="13">
-        <v>44.466000000000001</v>
+        <v>83.638999999999996</v>
       </c>
       <c r="AX117" s="13">
-        <v>105.25700000000001</v>
+        <v>105.25</v>
       </c>
       <c r="AY117" s="13">
-        <v>141.49600000000001</v>
+        <v>137.83500000000001</v>
       </c>
       <c r="AZ117" s="13">
-        <v>5393.1229999999996</v>
+        <v>5394.1109999999999</v>
       </c>
       <c r="BA117" s="13">
-        <v>5175.4639999999999</v>
+        <v>5176.415</v>
       </c>
       <c r="BB117" s="13">
-        <v>217.65899999999999</v>
+        <v>217.696</v>
       </c>
       <c r="BC117" s="13">
-        <v>8577.9239999999991</v>
+        <v>8597.69</v>
       </c>
       <c r="BD117" s="13">
-        <v>8577.9239999999991</v>
+        <v>8597.69</v>
       </c>
       <c r="BE117" s="13">
-        <v>4680.4989999999998</v>
+        <v>4706.0110000000004</v>
       </c>
       <c r="BF117" s="13">
-        <v>1279.8679999999999</v>
+        <v>1274.1220000000001</v>
       </c>
       <c r="BG117" s="13">
         <v>2617.5569999999998</v>
       </c>
       <c r="BH117" s="13">
-        <v>720.49700000000007</v>
+        <v>608.33000000000004</v>
       </c>
       <c r="BI117" s="13">
-        <v>11.882</v>
+        <v>11.872</v>
       </c>
       <c r="BJ117" s="13">
         <v>0</v>
       </c>
       <c r="BK117" s="13">
-        <v>206.202</v>
+        <v>168.363</v>
       </c>
       <c r="BL117" s="13">
-        <v>502.41300000000001</v>
+        <v>428.09500000000003</v>
       </c>
       <c r="BM117" s="13">
-        <v>630.56192669999996</v>
+        <v>680.86605439999994</v>
       </c>
       <c r="BN117" s="13">
         <v>1.0999999999999999E-2</v>
       </c>
       <c r="BO117" s="13">
-        <v>618.39800000000002</v>
+        <v>674.48599999999999</v>
       </c>
       <c r="BP117" s="13">
-        <v>12.1529267</v>
+        <v>6.3690543999999996</v>
       </c>
       <c r="BQ117" s="36">
         <v>1</v>
       </c>
       <c r="BR117" s="13">
         <v>1758.5909999999999</v>
       </c>
       <c r="BS117" s="13">
-        <v>8979.7279999999992</v>
+        <v>9001.5750000000007</v>
       </c>
       <c r="BT117" s="13">
-        <v>7221.1369999999988</v>
+        <v>7242.9840000000004</v>
       </c>
       <c r="BU117" s="13">
-        <v>1838.4289999999992</v>
+        <v>1852.9030000000012</v>
       </c>
       <c r="BV117" s="13">
-        <v>10493.475000000002</v>
+        <v>10513.750000000002</v>
       </c>
       <c r="BW117" s="13">
-        <v>12782.579000000003</v>
+        <v>12670.291000000003</v>
       </c>
       <c r="BX117" s="13">
-        <v>5707.5810000000038</v>
+        <v>5662.7610000000022</v>
       </c>
       <c r="BY117" s="13">
-        <v>1197.0090000000037</v>
+        <v>1176.8880000000045</v>
       </c>
       <c r="BZ117" s="13">
-        <v>50.306926700003487</v>
+        <v>73.132054400004222</v>
       </c>
     </row>
     <row r="118" spans="1:78" ht="15" customHeight="1">
       <c r="A118" s="6" t="s">
-        <v>295</v>
+        <v>294</v>
       </c>
       <c r="B118" s="13">
-        <v>3798.0590000000002</v>
+        <v>3745.3539999999998</v>
       </c>
       <c r="C118" s="38">
-        <v>13154.278999999999</v>
+        <v>13089.884</v>
       </c>
       <c r="D118" s="13">
-        <v>7733.3959999999997</v>
+        <v>7704.2849999999999</v>
       </c>
       <c r="E118" s="13">
-        <v>5420.8829999999998</v>
+        <v>5385.5990000000002</v>
       </c>
       <c r="F118" s="13">
-        <v>1855.326</v>
+        <v>1896.5840000000001</v>
       </c>
       <c r="G118" s="13">
-        <v>1850.6980000000001</v>
+        <v>1891.777</v>
       </c>
       <c r="H118" s="13">
-        <v>4.6280000000000001</v>
+        <v>4.8070000000000004</v>
       </c>
       <c r="I118" s="13">
-        <v>8431.732</v>
+        <v>8464.6479999999992</v>
       </c>
       <c r="J118" s="13">
         <v>0</v>
       </c>
       <c r="K118" s="13">
         <v>0</v>
       </c>
       <c r="L118" s="13">
-        <v>288.16499999999996</v>
+        <v>306.98899999999998</v>
       </c>
       <c r="M118" s="13">
-        <v>40.673000000000002</v>
+        <v>51.872</v>
       </c>
       <c r="N118" s="13">
-        <v>247.49199999999999</v>
+        <v>255.11699999999999</v>
       </c>
       <c r="O118" s="13">
-        <v>1446.3</v>
+        <v>1425.8679999999999</v>
       </c>
       <c r="P118" s="13">
-        <v>1446.3</v>
+        <v>1425.8679999999999</v>
       </c>
       <c r="Q118" s="13">
         <v>0</v>
       </c>
       <c r="R118" s="36">
         <v>0</v>
       </c>
       <c r="S118" s="13">
         <v>0</v>
       </c>
       <c r="T118" s="13">
         <v>0</v>
       </c>
       <c r="U118" s="13">
-        <v>7.0170000000000003</v>
+        <v>7.032</v>
       </c>
       <c r="V118" s="13">
-        <v>18419.582999999999</v>
+        <v>18487.477999999999</v>
       </c>
       <c r="W118" s="13">
-        <v>10686.187</v>
+        <v>10783.192999999999</v>
       </c>
       <c r="X118" s="13">
-        <v>6241.31</v>
+        <v>6259.7979999999998</v>
       </c>
       <c r="Y118" s="13">
-        <v>1492.086</v>
+        <v>1444.4870000000001</v>
       </c>
       <c r="Z118" s="13">
-        <v>2049.3630000000003</v>
+        <v>1975.761</v>
       </c>
       <c r="AA118" s="13">
-        <v>10.698</v>
+        <v>10.917999999999999</v>
       </c>
       <c r="AB118" s="13">
         <v>0</v>
       </c>
       <c r="AC118" s="13">
-        <v>67.879000000000005</v>
+        <v>68.102000000000004</v>
       </c>
       <c r="AD118" s="13">
-        <v>1382.71</v>
+        <v>1308.665</v>
       </c>
       <c r="AE118" s="13">
         <v>588.07600000000002</v>
       </c>
       <c r="AF118" s="13">
         <v>0</v>
       </c>
       <c r="AG118" s="13">
-        <v>527.99599999999998</v>
+        <v>515.66</v>
       </c>
       <c r="AH118" s="13">
-        <v>506.46199999999999</v>
+        <v>490.24200000000002</v>
       </c>
       <c r="AI118" s="13">
-        <v>21.533999999999999</v>
+        <v>25.417999999999999</v>
       </c>
       <c r="AJ118" s="13">
         <v>1763.3230000000001</v>
       </c>
       <c r="AK118" s="13">
-        <v>-7.6929999999999996</v>
+        <v>-15.566000000000001</v>
       </c>
       <c r="AL118" s="13">
-        <v>2206.0970000000002</v>
+        <v>2221.462</v>
       </c>
       <c r="AM118" s="13">
-        <v>10459.434999999999</v>
+        <v>10680.909</v>
       </c>
       <c r="AN118" s="13">
-        <v>9510.66</v>
+        <v>9745.3040000000001</v>
       </c>
       <c r="AO118" s="13">
-        <v>948.77499999999998</v>
+        <v>935.60500000000002</v>
       </c>
       <c r="AP118" s="13">
-        <v>153.41399999999999</v>
+        <v>148.91300000000001</v>
       </c>
       <c r="AQ118" s="13">
-        <v>153.41399999999999</v>
+        <v>148.91300000000001</v>
       </c>
       <c r="AR118" s="13">
-        <v>1307.0810000000001</v>
+        <v>1387.498</v>
       </c>
       <c r="AS118" s="13">
-        <v>176.834</v>
+        <v>174.74700000000001</v>
       </c>
       <c r="AT118" s="13">
-        <v>1130.2470000000001</v>
+        <v>1212.751</v>
       </c>
       <c r="AU118" s="13">
-        <v>977.173</v>
+        <v>1007.558</v>
       </c>
       <c r="AV118" s="13">
         <v>0</v>
       </c>
       <c r="AW118" s="13">
-        <v>51.442999999999998</v>
+        <v>103.54900000000001</v>
       </c>
       <c r="AX118" s="13">
-        <v>101.631</v>
+        <v>101.64400000000001</v>
       </c>
       <c r="AY118" s="13">
-        <v>163.327</v>
+        <v>161.24100000000001</v>
       </c>
       <c r="AZ118" s="13">
-        <v>6577.47</v>
+        <v>6574.5839999999998</v>
       </c>
       <c r="BA118" s="13">
-        <v>6337.9030000000002</v>
+        <v>6334.98</v>
       </c>
       <c r="BB118" s="13">
-        <v>239.56700000000001</v>
+        <v>239.60400000000001</v>
       </c>
       <c r="BC118" s="13">
-        <v>9831.4589999999989</v>
+        <v>9850.6640000000007</v>
       </c>
       <c r="BD118" s="13">
-        <v>9831.4589999999989</v>
+        <v>9850.6640000000007</v>
       </c>
       <c r="BE118" s="13">
-        <v>5319.0079999999998</v>
+        <v>5339.174</v>
       </c>
       <c r="BF118" s="13">
-        <v>1529.2729999999999</v>
+        <v>1528.3119999999999</v>
       </c>
       <c r="BG118" s="13">
         <v>2983.1779999999999</v>
       </c>
       <c r="BH118" s="13">
-        <v>632</v>
+        <v>669.76983600000005</v>
       </c>
       <c r="BI118" s="13">
-        <v>10.603999999999999</v>
+        <v>10.872999999999999</v>
       </c>
       <c r="BJ118" s="13">
         <v>0</v>
       </c>
       <c r="BK118" s="13">
-        <v>273.59500000000003</v>
+        <v>212.881</v>
       </c>
       <c r="BL118" s="13">
-        <v>347.80099999999999</v>
+        <v>446.01583600000004</v>
       </c>
       <c r="BM118" s="13">
-        <v>819.08394440000006</v>
+        <v>752.75393109999993</v>
       </c>
       <c r="BN118" s="13">
         <v>0.192</v>
       </c>
       <c r="BO118" s="13">
-        <v>772.91700000000003</v>
+        <v>729.55899999999997</v>
       </c>
       <c r="BP118" s="13">
-        <v>45.974944399999998</v>
+        <v>23.002931099999998</v>
       </c>
       <c r="BQ118" s="36">
         <v>1</v>
       </c>
       <c r="BR118" s="13">
         <v>1763.3230000000001</v>
       </c>
       <c r="BS118" s="13">
-        <v>10070.231</v>
+        <v>10121.504999999999</v>
       </c>
       <c r="BT118" s="13">
-        <v>8306.9079999999994</v>
+        <v>8358.1819999999989</v>
       </c>
       <c r="BU118" s="13">
-        <v>1791.9130000000005</v>
+        <v>1805.7700000000004</v>
       </c>
       <c r="BV118" s="13">
-        <v>11823.964</v>
+        <v>12141.32</v>
       </c>
       <c r="BW118" s="13">
-        <v>16122.325999999997</v>
+        <v>16470.351836000002</v>
       </c>
       <c r="BX118" s="13">
-        <v>8388.9299999999985</v>
+        <v>8766.0668360000018</v>
       </c>
       <c r="BY118" s="13">
-        <v>2968.0469999999987</v>
+        <v>3380.4678360000016</v>
       </c>
       <c r="BZ118" s="13">
-        <v>1411.5019443999986</v>
+        <v>1736.5437671000016</v>
+      </c>
+    </row>
+    <row r="119" spans="1:78" ht="15" customHeight="1">
+      <c r="A119" s="6" t="s">
+        <v>296</v>
+      </c>
+      <c r="B119" s="13">
+        <v>4204.7349999999997</v>
+      </c>
+      <c r="C119" s="38">
+        <v>12807.244999999999</v>
+      </c>
+      <c r="D119" s="13">
+        <v>7742.0389999999998</v>
+      </c>
+      <c r="E119" s="13">
+        <v>5065.2060000000001</v>
+      </c>
+      <c r="F119" s="13">
+        <v>2337.0099999999998</v>
+      </c>
+      <c r="G119" s="13">
+        <v>2322.1709999999998</v>
+      </c>
+      <c r="H119" s="13">
+        <v>14.839</v>
+      </c>
+      <c r="I119" s="13">
+        <v>7639.5410000000002</v>
+      </c>
+      <c r="J119" s="13">
+        <v>0</v>
+      </c>
+      <c r="K119" s="13">
+        <v>0</v>
+      </c>
+      <c r="L119" s="13">
+        <v>386.56</v>
+      </c>
+      <c r="M119" s="13">
+        <v>65.477999999999994</v>
+      </c>
+      <c r="N119" s="13">
+        <v>321.08199999999999</v>
+      </c>
+      <c r="O119" s="13">
+        <v>1604.3030000000001</v>
+      </c>
+      <c r="P119" s="13">
+        <v>1604.3030000000001</v>
+      </c>
+      <c r="Q119" s="13">
+        <v>0</v>
+      </c>
+      <c r="R119" s="36">
+        <v>0</v>
+      </c>
+      <c r="S119" s="13">
+        <v>0</v>
+      </c>
+      <c r="T119" s="13">
+        <v>0</v>
+      </c>
+      <c r="U119" s="13">
+        <v>10.281000000000001</v>
+      </c>
+      <c r="V119" s="13">
+        <v>21633.595000000001</v>
+      </c>
+      <c r="W119" s="13">
+        <v>13891.556</v>
+      </c>
+      <c r="X119" s="13">
+        <v>6095.4110000000001</v>
+      </c>
+      <c r="Y119" s="13">
+        <v>1646.6279999999999</v>
+      </c>
+      <c r="Z119" s="13">
+        <v>1910.3809999999999</v>
+      </c>
+      <c r="AA119" s="13">
+        <v>11.566000000000001</v>
+      </c>
+      <c r="AB119" s="13">
+        <v>0</v>
+      </c>
+      <c r="AC119" s="13">
+        <v>56.963000000000001</v>
+      </c>
+      <c r="AD119" s="13">
+        <v>1286.3489999999999</v>
+      </c>
+      <c r="AE119" s="13">
+        <v>555.50300000000004</v>
+      </c>
+      <c r="AF119" s="13">
+        <v>0</v>
+      </c>
+      <c r="AG119" s="13">
+        <v>616.31400000000008</v>
+      </c>
+      <c r="AH119" s="13">
+        <v>385.81700000000001</v>
+      </c>
+      <c r="AI119" s="13">
+        <v>230.49700000000001</v>
+      </c>
+      <c r="AJ119" s="13">
+        <v>1768.0530000000001</v>
+      </c>
+      <c r="AK119" s="13">
+        <v>-31.064</v>
+      </c>
+      <c r="AL119" s="13">
+        <v>2331.81</v>
+      </c>
+      <c r="AM119" s="13">
+        <v>11780.43</v>
+      </c>
+      <c r="AN119" s="13">
+        <v>10909.544</v>
+      </c>
+      <c r="AO119" s="13">
+        <v>870.88599999999997</v>
+      </c>
+      <c r="AP119" s="13">
+        <v>98.65</v>
+      </c>
+      <c r="AQ119" s="13">
+        <v>98.65</v>
+      </c>
+      <c r="AR119" s="13">
+        <v>476.60599999999999</v>
+      </c>
+      <c r="AS119" s="13">
+        <v>187.93100000000001</v>
+      </c>
+      <c r="AT119" s="13">
+        <v>288.67500000000001</v>
+      </c>
+      <c r="AU119" s="13">
+        <v>93.316000000000003</v>
+      </c>
+      <c r="AV119" s="13">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="AW119" s="13">
+        <v>93.552999999999997</v>
+      </c>
+      <c r="AX119" s="13">
+        <v>101.801</v>
+      </c>
+      <c r="AY119" s="13">
+        <v>169.672</v>
+      </c>
+      <c r="AZ119" s="13">
+        <v>11332.457999999999</v>
+      </c>
+      <c r="BA119" s="13">
+        <v>11088.898999999999</v>
+      </c>
+      <c r="BB119" s="13">
+        <v>243.559</v>
+      </c>
+      <c r="BC119" s="13">
+        <v>9505.112000000001</v>
+      </c>
+      <c r="BD119" s="13">
+        <v>9505.112000000001</v>
+      </c>
+      <c r="BE119" s="13">
+        <v>5173.3590000000004</v>
+      </c>
+      <c r="BF119" s="13">
+        <v>1337.5060000000001</v>
+      </c>
+      <c r="BG119" s="13">
+        <v>2994.2469999999998</v>
+      </c>
+      <c r="BH119" s="13">
+        <v>710.75692200000003</v>
+      </c>
+      <c r="BI119" s="13">
+        <v>11.135999999999999</v>
+      </c>
+      <c r="BJ119" s="13">
+        <v>0</v>
+      </c>
+      <c r="BK119" s="13">
+        <v>238.071</v>
+      </c>
+      <c r="BL119" s="13">
+        <v>461.54992200000004</v>
+      </c>
+      <c r="BM119" s="13">
+        <v>932.77504909999993</v>
+      </c>
+      <c r="BN119" s="13">
+        <v>1E-3</v>
+      </c>
+      <c r="BO119" s="13">
+        <v>911.53899999999999</v>
+      </c>
+      <c r="BP119" s="13">
+        <v>21.235049099999998</v>
+      </c>
+      <c r="BQ119" s="36">
+        <v>1</v>
+      </c>
+      <c r="BR119" s="13">
+        <v>1768.0530000000001</v>
+      </c>
+      <c r="BS119" s="13">
+        <v>9287.6919999999991</v>
+      </c>
+      <c r="BT119" s="13">
+        <v>7519.6389999999992</v>
+      </c>
+      <c r="BU119" s="13">
+        <v>1746.8009999999986</v>
+      </c>
+      <c r="BV119" s="13">
+        <v>12012.974</v>
+      </c>
+      <c r="BW119" s="13">
+        <v>17749.082921999998</v>
+      </c>
+      <c r="BX119" s="13">
+        <v>10007.043921999997</v>
+      </c>
+      <c r="BY119" s="13">
+        <v>4941.8379219999988</v>
+      </c>
+      <c r="BZ119" s="13">
+        <v>2952.3529710999987</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="94">
     <mergeCell ref="B7:N7"/>
     <mergeCell ref="BZ8:BZ10"/>
     <mergeCell ref="AL7:AQ7"/>
     <mergeCell ref="AR7:BG7"/>
     <mergeCell ref="BH7:BR7"/>
     <mergeCell ref="BS7:BZ7"/>
     <mergeCell ref="B8:B10"/>
     <mergeCell ref="C8:E8"/>
     <mergeCell ref="F8:H8"/>
     <mergeCell ref="I8:I10"/>
     <mergeCell ref="J8:K8"/>
     <mergeCell ref="L8:N8"/>
     <mergeCell ref="BO9:BO10"/>
     <mergeCell ref="BG9:BG10"/>
     <mergeCell ref="BP9:BP10"/>
     <mergeCell ref="BK9:BK10"/>
     <mergeCell ref="J9:J10"/>
     <mergeCell ref="K9:K10"/>
     <mergeCell ref="AB9:AB10"/>
     <mergeCell ref="AC9:AC10"/>
     <mergeCell ref="L9:L10"/>
@@ -29132,91 +29370,91 @@
       <c r="B4" s="22" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="5" spans="1:2" ht="12.75" customHeight="1">
       <c r="A5" s="32" t="s">
         <v>4</v>
       </c>
       <c r="B5" s="23" t="s">
         <v>229</v>
       </c>
     </row>
     <row r="6" spans="1:2" ht="12.75" customHeight="1">
       <c r="A6" s="32" t="s">
         <v>5</v>
       </c>
       <c r="B6" s="24" t="s">
         <v>263</v>
       </c>
     </row>
     <row r="7" spans="1:2" ht="12.75" customHeight="1">
       <c r="A7" s="32" t="s">
         <v>6</v>
       </c>
       <c r="B7" s="25" t="s">
-        <v>298</v>
+        <v>297</v>
       </c>
     </row>
     <row r="8" spans="1:2" ht="12.75" customHeight="1">
       <c r="A8" s="32" t="s">
         <v>7</v>
       </c>
       <c r="B8" s="26" t="s">
         <v>230</v>
       </c>
     </row>
     <row r="9" spans="1:2" ht="12.75" customHeight="1">
       <c r="A9" s="32" t="s">
         <v>8</v>
       </c>
       <c r="B9" s="27">
         <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:2" ht="12.75" customHeight="1">
       <c r="A10" s="32" t="s">
         <v>9</v>
       </c>
       <c r="B10" s="28" t="s">
         <v>288</v>
       </c>
     </row>
     <row r="11" spans="1:2" ht="12.75" customHeight="1">
       <c r="A11" s="32" t="s">
         <v>18</v>
       </c>
       <c r="B11" s="29" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
     </row>
     <row r="12" spans="1:2" ht="12.75" customHeight="1">
       <c r="A12" s="32" t="s">
         <v>19</v>
       </c>
       <c r="B12" s="29" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
     </row>
     <row r="13" spans="1:2" ht="12.75" customHeight="1">
       <c r="A13" s="32" t="s">
         <v>10</v>
       </c>
       <c r="B13" s="30" t="s">
         <v>231</v>
       </c>
     </row>
     <row r="14" spans="1:2" ht="12.75" customHeight="1" thickBot="1">
       <c r="A14" s="33"/>
       <c r="B14" s="37" t="s">
         <v>232</v>
       </c>
     </row>
     <row r="15" spans="1:2" ht="12.75" customHeight="1" thickTop="1">
       <c r="A15" s="20"/>
       <c r="B15" s="17"/>
     </row>
     <row r="16" spans="1:2" ht="12.75" customHeight="1">
       <c r="A16" s="21" t="s">
         <v>233</v>
       </c>
       <c r="B16" s="17"/>
@@ -29232,91 +29470,91 @@
       <c r="B18" s="22" t="s">
         <v>235</v>
       </c>
     </row>
     <row r="19" spans="1:2" ht="12.75" customHeight="1">
       <c r="A19" s="32" t="s">
         <v>236</v>
       </c>
       <c r="B19" s="23" t="s">
         <v>237</v>
       </c>
     </row>
     <row r="20" spans="1:2" ht="12.75" customHeight="1">
       <c r="A20" s="32" t="s">
         <v>238</v>
       </c>
       <c r="B20" s="24" t="s">
         <v>271</v>
       </c>
     </row>
     <row r="21" spans="1:2" ht="12.75" customHeight="1">
       <c r="A21" s="32" t="s">
         <v>239</v>
       </c>
       <c r="B21" s="24" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
     </row>
     <row r="22" spans="1:2" ht="12.75" customHeight="1">
       <c r="A22" s="32" t="s">
         <v>240</v>
       </c>
       <c r="B22" s="26" t="s">
         <v>230</v>
       </c>
     </row>
     <row r="23" spans="1:2" ht="12.75" customHeight="1">
       <c r="A23" s="32" t="s">
         <v>241</v>
       </c>
       <c r="B23" s="27">
         <v>6</v>
       </c>
     </row>
     <row r="24" spans="1:2" ht="12.75" customHeight="1">
       <c r="A24" s="32" t="s">
         <v>242</v>
       </c>
       <c r="B24" s="28" t="s">
         <v>289</v>
       </c>
     </row>
     <row r="25" spans="1:2" ht="12.75" customHeight="1">
       <c r="A25" s="32" t="s">
         <v>243</v>
       </c>
       <c r="B25" s="29" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
     </row>
     <row r="26" spans="1:2" ht="12.75" customHeight="1">
       <c r="A26" s="32" t="s">
         <v>244</v>
       </c>
       <c r="B26" s="29" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
     </row>
     <row r="27" spans="1:2" ht="12.75" customHeight="1">
       <c r="A27" s="32" t="s">
         <v>245</v>
       </c>
       <c r="B27" s="30" t="s">
         <v>246</v>
       </c>
     </row>
     <row r="28" spans="1:2" ht="12.75" customHeight="1" thickBot="1">
       <c r="A28" s="33"/>
       <c r="B28" s="37" t="s">
         <v>232</v>
       </c>
     </row>
     <row r="29" spans="1:2" ht="12" thickTop="1">
       <c r="B29" s="17"/>
     </row>
   </sheetData>
   <phoneticPr fontId="0" type="noConversion"/>
   <hyperlinks>
     <hyperlink ref="B27" r:id="rId1" xr:uid="{00000000-0004-0000-0100-000000000000}"/>
     <hyperlink ref="B13" r:id="rId2" xr:uid="{00000000-0004-0000-0100-000001000000}"/>
     <hyperlink ref="B14" r:id="rId3" xr:uid="{07A67827-BA67-417A-BA48-060442149977}"/>