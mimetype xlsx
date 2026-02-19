--- v0 (2025-12-04)
+++ v1 (2026-02-19)
@@ -1,56 +1,56 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="R:\lsb\DEM_CNT\CNT2_25_Base2021\Publicado\Portal\Carregamento\Quadros A.1.1.2 - PIB e componentes - Óptica da Despesa\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="R:\lsb\DEM_CNT\CNT2_25_Base2021\Publicado\Portal\Carregamento_27Feve\Quadros A.1.1.2 - PIB e componentes - Óptica da Despesa\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B40C578B-EF3C-4DB1-8395-71CA77967C26}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{203A568E-C3D0-4CE7-9F8E-505F382071AE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="290" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Quadro A.1.1.2.1" sheetId="9" r:id="rId1"/>
     <sheet name="Metainfo" sheetId="12" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="HTML1_1" hidden="1">"'[SICN.XLS]1.2.1 SEC_SINTESE'!$A$1:$D$59"</definedName>
     <definedName name="HTML1_10" hidden="1">""</definedName>
     <definedName name="HTML1_11" hidden="1">1</definedName>
     <definedName name="HTML1_12" hidden="1">"C:\TRABALHO\FILIPE\x.htm"</definedName>
     <definedName name="HTML1_2" hidden="1">1</definedName>
     <definedName name="HTML1_3" hidden="1">"SICN"</definedName>
     <definedName name="HTML1_4" hidden="1">"1.2.1 SEC_SINTESE"</definedName>
     <definedName name="HTML1_5" hidden="1">""</definedName>
     <definedName name="HTML1_6" hidden="1">-4146</definedName>
     <definedName name="HTML1_7" hidden="1">-4146</definedName>
     <definedName name="HTML1_8" hidden="1">"15-10-1997"</definedName>
     <definedName name="HTML1_9" hidden="1">"INSTITUTO NACIONAL ESTATÍSTICA"</definedName>
     <definedName name="HTML2_1" hidden="1">"'[SICN.XLS]1. REALIZAÇÃO'!$A$1:$D$31"</definedName>
     <definedName name="HTML2_10" hidden="1">""</definedName>
     <definedName name="HTML2_11" hidden="1">1</definedName>
     <definedName name="HTML2_12" hidden="1">"C:\TRABALHO\FILIPE\xxxxxxxx.htm"</definedName>
     <definedName name="HTML2_2" hidden="1">1</definedName>
@@ -452,51 +452,51 @@
   </si>
   <si>
     <t>12=3+11</t>
   </si>
   <si>
     <t>Consumo
  Privado</t>
   </si>
   <si>
     <t>Bens não duradouros - 
 não alimentares</t>
   </si>
   <si>
     <t>1=2+16+27-30</t>
   </si>
   <si>
     <t>2=3+11+13</t>
   </si>
   <si>
     <t>23-09-2025</t>
   </si>
   <si>
     <t>2024Po</t>
   </si>
   <si>
-    <t>26-02-2026</t>
+    <t>27-02-2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="0.0"/>
     <numFmt numFmtId="165" formatCode="0_)"/>
     <numFmt numFmtId="166" formatCode="#,##0.0"/>
     <numFmt numFmtId="167" formatCode="mm\-dd\-yyyy"/>
   </numFmts>
   <fonts count="43">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
@@ -1601,99 +1601,99 @@
     <xf numFmtId="0" fontId="41" fillId="26" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="41" fillId="26" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="167" fontId="3" fillId="27" borderId="18" xfId="36" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="166" fontId="3" fillId="29" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="27" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="27" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="37" fillId="27" borderId="18" xfId="36" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="37" fillId="29" borderId="21" xfId="36" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="166" fontId="28" fillId="25" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="34" fillId="26" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="26" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="26" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="26" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="26" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="26" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="35" fillId="26" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="35" fillId="26" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="39" fillId="26" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="39" fillId="26" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="39" fillId="26" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="39" fillId="26" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="26" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="26" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="26" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="35" fillId="26" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="34" fillId="26" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...22 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="35" fillId="26" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
-[...16 lines deleted...]
-    <xf numFmtId="0" fontId="39" fillId="26" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="52">
     <cellStyle name="20% - Accent1" xfId="1" builtinId="30" customBuiltin="1"/>
     <cellStyle name="20% - Accent2" xfId="2" builtinId="34" customBuiltin="1"/>
     <cellStyle name="20% - Accent3" xfId="3" builtinId="38" customBuiltin="1"/>
     <cellStyle name="20% - Accent4" xfId="4" builtinId="42" customBuiltin="1"/>
     <cellStyle name="20% - Accent5" xfId="5" builtinId="46" customBuiltin="1"/>
     <cellStyle name="20% - Accent6" xfId="6" builtinId="50" customBuiltin="1"/>
     <cellStyle name="40% - Accent1" xfId="7" builtinId="31" customBuiltin="1"/>
     <cellStyle name="40% - Accent2" xfId="8" builtinId="35" customBuiltin="1"/>
     <cellStyle name="40% - Accent3" xfId="9" builtinId="39" customBuiltin="1"/>
     <cellStyle name="40% - Accent4" xfId="10" builtinId="43" customBuiltin="1"/>
     <cellStyle name="40% - Accent5" xfId="11" builtinId="47" customBuiltin="1"/>
     <cellStyle name="40% - Accent6" xfId="12" builtinId="51" customBuiltin="1"/>
     <cellStyle name="60% - Accent1" xfId="13" builtinId="32" customBuiltin="1"/>
     <cellStyle name="60% - Accent2" xfId="14" builtinId="36" customBuiltin="1"/>
     <cellStyle name="60% - Accent3" xfId="15" builtinId="40" customBuiltin="1"/>
     <cellStyle name="60% - Accent4" xfId="16" builtinId="44" customBuiltin="1"/>
     <cellStyle name="60% - Accent5" xfId="17" builtinId="48" customBuiltin="1"/>
     <cellStyle name="60% - Accent6" xfId="18" builtinId="52" customBuiltin="1"/>
     <cellStyle name="Accent1" xfId="19" builtinId="29" customBuiltin="1"/>
     <cellStyle name="Accent2" xfId="20" builtinId="33" customBuiltin="1"/>
     <cellStyle name="Accent3" xfId="21" builtinId="37" customBuiltin="1"/>
@@ -2179,342 +2179,342 @@
       <c r="G5" s="1"/>
       <c r="H5" s="1"/>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="3"/>
       <c r="M5" s="3"/>
       <c r="N5" s="3"/>
       <c r="O5" s="3"/>
       <c r="P5" s="3"/>
       <c r="AJ5" s="1"/>
     </row>
     <row r="6" spans="1:37" s="2" customFormat="1" ht="6" customHeight="1" thickBot="1">
       <c r="A6" s="38"/>
       <c r="C6" s="38"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="1"/>
       <c r="H6" s="1"/>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="AJ6" s="1"/>
     </row>
     <row r="7" spans="1:37" s="39" customFormat="1" ht="30.75" customHeight="1">
-      <c r="A7" s="64" t="s">
+      <c r="A7" s="60" t="s">
         <v>9</v>
       </c>
-      <c r="B7" s="64" t="s">
+      <c r="B7" s="60" t="s">
         <v>10</v>
       </c>
-      <c r="C7" s="64" t="s">
+      <c r="C7" s="60" t="s">
         <v>38</v>
       </c>
-      <c r="D7" s="57" t="s">
+      <c r="D7" s="63" t="s">
         <v>39</v>
       </c>
-      <c r="E7" s="57"/>
-[...6 lines deleted...]
-      <c r="L7" s="64" t="s">
+      <c r="E7" s="63"/>
+      <c r="F7" s="63"/>
+      <c r="G7" s="63"/>
+      <c r="H7" s="63"/>
+      <c r="I7" s="63"/>
+      <c r="J7" s="63"/>
+      <c r="K7" s="64"/>
+      <c r="L7" s="60" t="s">
         <v>40</v>
       </c>
-      <c r="M7" s="64" t="s">
+      <c r="M7" s="60" t="s">
         <v>116</v>
       </c>
       <c r="N7" s="62" t="s">
         <v>41</v>
       </c>
-      <c r="O7" s="57"/>
-      <c r="P7" s="63"/>
+      <c r="O7" s="63"/>
+      <c r="P7" s="64"/>
       <c r="Q7" s="62" t="s">
         <v>42</v>
       </c>
-      <c r="R7" s="57"/>
-[...8 lines deleted...]
-      <c r="AA7" s="64" t="s">
+      <c r="R7" s="63"/>
+      <c r="S7" s="63"/>
+      <c r="T7" s="63"/>
+      <c r="U7" s="63"/>
+      <c r="V7" s="63"/>
+      <c r="W7" s="63"/>
+      <c r="X7" s="63"/>
+      <c r="Y7" s="63"/>
+      <c r="Z7" s="64"/>
+      <c r="AA7" s="60" t="s">
         <v>45</v>
       </c>
       <c r="AB7" s="62" t="s">
         <v>48</v>
       </c>
-      <c r="AC7" s="57"/>
-      <c r="AD7" s="63"/>
+      <c r="AC7" s="63"/>
+      <c r="AD7" s="64"/>
       <c r="AE7" s="62" t="s">
         <v>49</v>
       </c>
-      <c r="AF7" s="57"/>
-[...1 lines deleted...]
-      <c r="AH7" s="64" t="s">
+      <c r="AF7" s="63"/>
+      <c r="AG7" s="64"/>
+      <c r="AH7" s="60" t="s">
         <v>98</v>
       </c>
-      <c r="AI7" s="57" t="s">
+      <c r="AI7" s="63" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="8" spans="1:37" ht="29.25" customHeight="1" thickBot="1">
-      <c r="A8" s="65"/>
-[...2 lines deleted...]
-      <c r="D8" s="60" t="s">
+      <c r="A8" s="61"/>
+      <c r="B8" s="61"/>
+      <c r="C8" s="61"/>
+      <c r="D8" s="58" t="s">
         <v>16</v>
       </c>
-      <c r="E8" s="60"/>
-[...8 lines deleted...]
-      <c r="N8" s="59" t="s">
+      <c r="E8" s="58"/>
+      <c r="F8" s="58"/>
+      <c r="G8" s="58"/>
+      <c r="H8" s="58"/>
+      <c r="I8" s="58"/>
+      <c r="J8" s="58"/>
+      <c r="K8" s="59"/>
+      <c r="L8" s="61"/>
+      <c r="M8" s="61"/>
+      <c r="N8" s="57" t="s">
         <v>36</v>
       </c>
-      <c r="O8" s="60"/>
-[...1 lines deleted...]
-      <c r="Q8" s="59" t="s">
+      <c r="O8" s="58"/>
+      <c r="P8" s="59"/>
+      <c r="Q8" s="57" t="s">
         <v>18</v>
       </c>
-      <c r="R8" s="60"/>
-[...9 lines deleted...]
-      <c r="AB8" s="59" t="s">
+      <c r="R8" s="58"/>
+      <c r="S8" s="58"/>
+      <c r="T8" s="58"/>
+      <c r="U8" s="58"/>
+      <c r="V8" s="58"/>
+      <c r="W8" s="58"/>
+      <c r="X8" s="58"/>
+      <c r="Y8" s="58"/>
+      <c r="Z8" s="59"/>
+      <c r="AA8" s="61"/>
+      <c r="AB8" s="57" t="s">
         <v>46</v>
       </c>
-      <c r="AC8" s="60"/>
-[...1 lines deleted...]
-      <c r="AE8" s="59" t="s">
+      <c r="AC8" s="58"/>
+      <c r="AD8" s="59"/>
+      <c r="AE8" s="57" t="s">
         <v>47</v>
       </c>
-      <c r="AF8" s="60"/>
-[...2 lines deleted...]
-      <c r="AI8" s="58"/>
+      <c r="AF8" s="58"/>
+      <c r="AG8" s="59"/>
+      <c r="AH8" s="61"/>
+      <c r="AI8" s="72"/>
     </row>
     <row r="9" spans="1:37" ht="15" customHeight="1">
-      <c r="A9" s="65"/>
-[...2 lines deleted...]
-      <c r="D9" s="65" t="s">
+      <c r="A9" s="61"/>
+      <c r="B9" s="61"/>
+      <c r="C9" s="61"/>
+      <c r="D9" s="61" t="s">
         <v>60</v>
       </c>
-      <c r="E9" s="64" t="s">
+      <c r="E9" s="60" t="s">
         <v>57</v>
       </c>
-      <c r="F9" s="64"/>
-      <c r="G9" s="64"/>
+      <c r="F9" s="60"/>
+      <c r="G9" s="60"/>
       <c r="H9" s="62" t="s">
         <v>104</v>
       </c>
-      <c r="I9" s="57"/>
-[...4 lines deleted...]
-      <c r="N9" s="70" t="s">
+      <c r="I9" s="63"/>
+      <c r="J9" s="63"/>
+      <c r="K9" s="64"/>
+      <c r="L9" s="61"/>
+      <c r="M9" s="61"/>
+      <c r="N9" s="68" t="s">
         <v>60</v>
       </c>
-      <c r="O9" s="71" t="s">
+      <c r="O9" s="65" t="s">
         <v>71</v>
       </c>
-      <c r="P9" s="73" t="s">
+      <c r="P9" s="67" t="s">
         <v>72</v>
       </c>
-      <c r="Q9" s="70" t="s">
+      <c r="Q9" s="68" t="s">
         <v>60</v>
       </c>
       <c r="R9" s="62" t="s">
         <v>43</v>
       </c>
-      <c r="S9" s="57"/>
-[...5 lines deleted...]
-      <c r="Y9" s="63" t="s">
+      <c r="S9" s="63"/>
+      <c r="T9" s="63"/>
+      <c r="U9" s="63"/>
+      <c r="V9" s="63"/>
+      <c r="W9" s="63"/>
+      <c r="X9" s="64"/>
+      <c r="Y9" s="64" t="s">
         <v>44</v>
       </c>
-      <c r="Z9" s="64" t="s">
+      <c r="Z9" s="60" t="s">
         <v>51</v>
       </c>
-      <c r="AA9" s="65"/>
-      <c r="AB9" s="65" t="s">
+      <c r="AA9" s="61"/>
+      <c r="AB9" s="61" t="s">
         <v>60</v>
       </c>
-      <c r="AC9" s="64" t="s">
+      <c r="AC9" s="60" t="s">
         <v>92</v>
       </c>
       <c r="AD9" s="62" t="s">
         <v>91</v>
       </c>
-      <c r="AE9" s="65" t="s">
+      <c r="AE9" s="61" t="s">
         <v>60</v>
       </c>
-      <c r="AF9" s="64" t="s">
+      <c r="AF9" s="60" t="s">
         <v>88</v>
       </c>
-      <c r="AG9" s="63" t="s">
+      <c r="AG9" s="64" t="s">
         <v>87</v>
       </c>
-      <c r="AH9" s="65"/>
-      <c r="AI9" s="58"/>
+      <c r="AH9" s="61"/>
+      <c r="AI9" s="72"/>
     </row>
     <row r="10" spans="1:37" s="2" customFormat="1" ht="25.5" customHeight="1" thickBot="1">
-      <c r="A10" s="65"/>
-[...3 lines deleted...]
-      <c r="E10" s="59" t="s">
+      <c r="A10" s="61"/>
+      <c r="B10" s="61"/>
+      <c r="C10" s="61"/>
+      <c r="D10" s="61"/>
+      <c r="E10" s="57" t="s">
         <v>58</v>
       </c>
-      <c r="F10" s="60"/>
-[...1 lines deleted...]
-      <c r="H10" s="59" t="s">
+      <c r="F10" s="58"/>
+      <c r="G10" s="59"/>
+      <c r="H10" s="57" t="s">
         <v>59</v>
       </c>
-      <c r="I10" s="60"/>
-[...8 lines deleted...]
-      <c r="R10" s="59" t="s">
+      <c r="I10" s="58"/>
+      <c r="J10" s="58"/>
+      <c r="K10" s="59"/>
+      <c r="L10" s="61"/>
+      <c r="M10" s="61"/>
+      <c r="N10" s="68"/>
+      <c r="O10" s="66"/>
+      <c r="P10" s="68"/>
+      <c r="Q10" s="68"/>
+      <c r="R10" s="57" t="s">
         <v>17</v>
       </c>
-      <c r="S10" s="60"/>
-[...15 lines deleted...]
-      <c r="AI10" s="58"/>
+      <c r="S10" s="58"/>
+      <c r="T10" s="58"/>
+      <c r="U10" s="58"/>
+      <c r="V10" s="58"/>
+      <c r="W10" s="58"/>
+      <c r="X10" s="59"/>
+      <c r="Y10" s="71"/>
+      <c r="Z10" s="61"/>
+      <c r="AA10" s="61"/>
+      <c r="AB10" s="61"/>
+      <c r="AC10" s="61"/>
+      <c r="AD10" s="73"/>
+      <c r="AE10" s="61"/>
+      <c r="AF10" s="61"/>
+      <c r="AG10" s="71"/>
+      <c r="AH10" s="61"/>
+      <c r="AI10" s="72"/>
       <c r="AJ10" s="13"/>
       <c r="AK10" s="13"/>
     </row>
     <row r="11" spans="1:37" s="2" customFormat="1" ht="42.75" customHeight="1">
-      <c r="A11" s="65"/>
-[...2 lines deleted...]
-      <c r="D11" s="65"/>
+      <c r="A11" s="61"/>
+      <c r="B11" s="61"/>
+      <c r="C11" s="61"/>
+      <c r="D11" s="61"/>
       <c r="E11" s="41" t="s">
         <v>60</v>
       </c>
       <c r="F11" s="8" t="s">
         <v>61</v>
       </c>
       <c r="G11" s="8" t="s">
         <v>62</v>
       </c>
       <c r="H11" s="41" t="s">
         <v>60</v>
       </c>
       <c r="I11" s="8" t="s">
         <v>63</v>
       </c>
       <c r="J11" s="8" t="s">
         <v>117</v>
       </c>
       <c r="K11" s="8" t="s">
         <v>64</v>
       </c>
-      <c r="L11" s="65"/>
-[...4 lines deleted...]
-      <c r="Q11" s="70"/>
+      <c r="L11" s="61"/>
+      <c r="M11" s="61"/>
+      <c r="N11" s="68"/>
+      <c r="O11" s="66"/>
+      <c r="P11" s="68"/>
+      <c r="Q11" s="68"/>
       <c r="R11" s="46" t="s">
         <v>60</v>
       </c>
       <c r="S11" s="47" t="s">
         <v>84</v>
       </c>
       <c r="T11" s="47" t="s">
         <v>83</v>
       </c>
       <c r="U11" s="47" t="s">
         <v>82</v>
       </c>
       <c r="V11" s="48" t="s">
         <v>81</v>
       </c>
       <c r="W11" s="49" t="s">
         <v>80</v>
       </c>
       <c r="X11" s="47" t="s">
         <v>79</v>
       </c>
-      <c r="Y11" s="66"/>
-[...9 lines deleted...]
-      <c r="AI11" s="58"/>
+      <c r="Y11" s="71"/>
+      <c r="Z11" s="61"/>
+      <c r="AA11" s="61"/>
+      <c r="AB11" s="61"/>
+      <c r="AC11" s="61"/>
+      <c r="AD11" s="73"/>
+      <c r="AE11" s="61"/>
+      <c r="AF11" s="61"/>
+      <c r="AG11" s="71"/>
+      <c r="AH11" s="61"/>
+      <c r="AI11" s="72"/>
       <c r="AJ11" s="13"/>
       <c r="AK11" s="13"/>
     </row>
     <row r="12" spans="1:37" s="2" customFormat="1" ht="45.75" customHeight="1" thickBot="1">
-      <c r="A12" s="68" t="s">
+      <c r="A12" s="69" t="s">
         <v>14</v>
       </c>
       <c r="B12" s="9" t="s">
         <v>22</v>
       </c>
       <c r="C12" s="9" t="s">
         <v>15</v>
       </c>
       <c r="D12" s="27" t="s">
         <v>60</v>
       </c>
       <c r="E12" s="27" t="s">
         <v>60</v>
       </c>
       <c r="F12" s="30" t="s">
         <v>65</v>
       </c>
       <c r="G12" s="30" t="s">
         <v>66</v>
       </c>
       <c r="H12" s="27" t="s">
         <v>60</v>
       </c>
       <c r="I12" s="30" t="s">
         <v>67</v>
@@ -2579,51 +2579,51 @@
       <c r="AC12" s="36" t="s">
         <v>90</v>
       </c>
       <c r="AD12" s="32" t="s">
         <v>89</v>
       </c>
       <c r="AE12" s="40" t="s">
         <v>60</v>
       </c>
       <c r="AF12" s="36" t="s">
         <v>86</v>
       </c>
       <c r="AG12" s="36" t="s">
         <v>85</v>
       </c>
       <c r="AH12" s="45" t="s">
         <v>100</v>
       </c>
       <c r="AI12" s="45" t="s">
         <v>101</v>
       </c>
       <c r="AJ12" s="13"/>
       <c r="AK12" s="13"/>
     </row>
     <row r="13" spans="1:37" s="2" customFormat="1" ht="15" customHeight="1" thickBot="1">
-      <c r="A13" s="69"/>
+      <c r="A13" s="70"/>
       <c r="B13" s="8" t="s">
         <v>118</v>
       </c>
       <c r="C13" s="8" t="s">
         <v>119</v>
       </c>
       <c r="D13" s="8" t="s">
         <v>93</v>
       </c>
       <c r="E13" s="8" t="s">
         <v>94</v>
       </c>
       <c r="F13" s="8">
         <v>5</v>
       </c>
       <c r="G13" s="8">
         <v>6</v>
       </c>
       <c r="H13" s="8" t="s">
         <v>95</v>
       </c>
       <c r="I13" s="8">
         <v>8</v>
       </c>
       <c r="J13" s="8">
@@ -5950,88 +5950,88 @@
         <v>103431.02800000001</v>
       </c>
       <c r="AG43" s="31">
         <v>23699.294000000002</v>
       </c>
       <c r="AH43" s="12">
         <v>5345.8540000000066</v>
       </c>
       <c r="AI43" s="12">
         <v>1.8</v>
       </c>
       <c r="AK43" s="13"/>
     </row>
     <row r="44" spans="1:37" ht="15" customHeight="1">
       <c r="M44" s="56"/>
     </row>
     <row r="45" spans="1:37" ht="15" customHeight="1">
       <c r="M45" s="56"/>
     </row>
     <row r="46" spans="1:37" ht="15" customHeight="1">
       <c r="M46" s="56"/>
     </row>
     <row r="47" spans="1:37" ht="15" customHeight="1"/>
   </sheetData>
   <mergeCells count="38">
-    <mergeCell ref="R10:X10"/>
-[...10 lines deleted...]
-    <mergeCell ref="P9:P11"/>
+    <mergeCell ref="AI7:AI11"/>
+    <mergeCell ref="AB8:AD8"/>
+    <mergeCell ref="AB7:AD7"/>
+    <mergeCell ref="AE8:AG8"/>
+    <mergeCell ref="AH7:AH11"/>
+    <mergeCell ref="AF9:AF11"/>
+    <mergeCell ref="AG9:AG11"/>
+    <mergeCell ref="AE7:AG7"/>
+    <mergeCell ref="AC9:AC11"/>
+    <mergeCell ref="AD9:AD11"/>
     <mergeCell ref="A12:A13"/>
     <mergeCell ref="D9:D11"/>
     <mergeCell ref="Q9:Q11"/>
     <mergeCell ref="AB9:AB11"/>
     <mergeCell ref="AE9:AE11"/>
     <mergeCell ref="AA7:AA11"/>
     <mergeCell ref="Q7:Z7"/>
     <mergeCell ref="Q8:Z8"/>
     <mergeCell ref="Y9:Y11"/>
     <mergeCell ref="Z9:Z11"/>
     <mergeCell ref="A7:A11"/>
     <mergeCell ref="L7:L11"/>
     <mergeCell ref="N9:N11"/>
     <mergeCell ref="E9:G9"/>
     <mergeCell ref="H9:K9"/>
     <mergeCell ref="D7:K7"/>
-    <mergeCell ref="AI7:AI11"/>
-[...8 lines deleted...]
-    <mergeCell ref="AD9:AD11"/>
+    <mergeCell ref="R10:X10"/>
+    <mergeCell ref="D8:K8"/>
+    <mergeCell ref="B7:B11"/>
+    <mergeCell ref="C7:C11"/>
+    <mergeCell ref="E10:G10"/>
+    <mergeCell ref="H10:K10"/>
+    <mergeCell ref="M7:M11"/>
+    <mergeCell ref="N7:P7"/>
+    <mergeCell ref="R9:X9"/>
+    <mergeCell ref="N8:P8"/>
+    <mergeCell ref="O9:O11"/>
+    <mergeCell ref="P9:P11"/>
   </mergeCells>
   <phoneticPr fontId="3" type="noConversion"/>
   <printOptions headings="1"/>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="8" scale="39" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="Sheet2"/>
   <dimension ref="A2:B36"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="39" style="20" customWidth="1"/>
     <col min="2" max="2" width="45.42578125" style="52" customWidth="1"/>
     <col min="3" max="16384" width="9.140625" style="15"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:2">
       <c r="A2" s="14" t="s">