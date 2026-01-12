--- v0 (2025-10-13)
+++ v1 (2026-01-12)
@@ -1,56 +1,56 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="R:\lsb\DEM_CNT\CNT2_25_Base2021\Publicado\Portal\Carregamento\Quadros A.0 - Principais Indicadores\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="R:\lsb\DEM_CNT\CNT3_25_Base2021\Publicado\Portal\Carregamento\Quadros A.0 - Principais Indicadores\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{CF4F2846-3F1D-4A25-A142-6A6375A1F00B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{53D3FE19-784E-477B-BBB2-1E5520D25422}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="282" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Quadro A.0.1" sheetId="13" r:id="rId1"/>
     <sheet name="Metainfo" sheetId="12" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="HTML1_1" hidden="1">"'[SICN.XLS]1.2.1 SEC_SINTESE'!$A$1:$D$59"</definedName>
     <definedName name="HTML1_10" hidden="1">""</definedName>
     <definedName name="HTML1_11" hidden="1">1</definedName>
     <definedName name="HTML1_12" hidden="1">"C:\TRABALHO\FILIPE\x.htm"</definedName>
     <definedName name="HTML1_2" hidden="1">1</definedName>
     <definedName name="HTML1_3" hidden="1">"SICN"</definedName>
     <definedName name="HTML1_4" hidden="1">"1.2.1 SEC_SINTESE"</definedName>
     <definedName name="HTML1_5" hidden="1">""</definedName>
     <definedName name="HTML1_6" hidden="1">-4146</definedName>
     <definedName name="HTML1_7" hidden="1">-4146</definedName>
     <definedName name="HTML1_8" hidden="1">"15-10-1997"</definedName>
     <definedName name="HTML1_9" hidden="1">"INSTITUTO NACIONAL ESTATÍSTICA"</definedName>
     <definedName name="HTML2_1" hidden="1">"'[SICN.XLS]1. REALIZAÇÃO'!$A$1:$D$31"</definedName>
     <definedName name="HTML2_10" hidden="1">""</definedName>
     <definedName name="HTML2_11" hidden="1">1</definedName>
     <definedName name="HTML2_12" hidden="1">"C:\TRABALHO\FILIPE\xxxxxxxx.htm"</definedName>
     <definedName name="HTML2_2" hidden="1">1</definedName>
@@ -380,54 +380,54 @@
 Consumo Público corresponde às despesas de consumo final das administrações públicas.</t>
   </si>
   <si>
     <t>Base 2021; Po - provisional value; Pe - preliminary value
 FTE - Full-time equivalent.
 Contributions of expenditure components to volume variation in GDP - differences may occur due to non-additivity of chain-linked volume data (reference year=2021) and rounding procedures.
 Private consumption includes final consumption expenditure of resident households and NPISH.
 Public consumption corresponds to final consumption expenditure of general government.</t>
   </si>
   <si>
     <t>Dados encadeados em volume</t>
   </si>
   <si>
     <t>Chain linked volume data</t>
   </si>
   <si>
     <t>Contributions to the rate of change of GDP</t>
   </si>
   <si>
     <t>23-09-2025</t>
   </si>
   <si>
     <t>2024Po</t>
   </si>
   <si>
-    <t>26-02-2026</t>
-[...2 lines deleted...]
-    <t>17-12-2025</t>
+    <t>18-12-2025</t>
+  </si>
+  <si>
+    <t>27-02-2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="0.0"/>
     <numFmt numFmtId="165" formatCode="0_)"/>
     <numFmt numFmtId="166" formatCode="dd/mm/yy;@"/>
     <numFmt numFmtId="167" formatCode="#,##0.0"/>
   </numFmts>
   <fonts count="41">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
@@ -1209,51 +1209,51 @@
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="7" borderId="2" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="165" fontId="19" fillId="0" borderId="7" applyNumberFormat="0" applyFont="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="165" fontId="19" fillId="0" borderId="8" applyNumberFormat="0" applyFont="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="9" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="21" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="29" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="23" borderId="10" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="24" borderId="11" applyNumberFormat="0" applyBorder="0" applyProtection="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="20" borderId="12" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyProtection="0"/>
     <xf numFmtId="165" fontId="19" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyProtection="0">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="13" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="165" fontId="27" fillId="0" borderId="0" applyNumberFormat="0" applyFont="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="73">
+  <cellXfs count="72">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="30" fillId="25" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="25" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="26" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="4" fillId="26" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="30" fillId="26" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="27" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="27" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="27" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="27" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="27" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -1338,53 +1338,50 @@
     </xf>
     <xf numFmtId="0" fontId="33" fillId="27" borderId="19" xfId="42" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="35" fillId="27" borderId="19" xfId="42" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="27" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="36" fillId="27" borderId="25" xfId="42" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="36" fillId="27" borderId="26" xfId="42" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="27" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="166" fontId="33" fillId="27" borderId="28" xfId="42" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="166" fontId="33" fillId="27" borderId="25" xfId="42" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="166" fontId="33" fillId="27" borderId="28" xfId="42" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="164" fontId="28" fillId="25" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="33" fillId="27" borderId="0" xfId="42" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="35" fillId="27" borderId="0" xfId="42" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="166" fontId="39" fillId="27" borderId="28" xfId="42" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="28" fillId="29" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="28" fillId="29" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="29" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="32" fillId="29" borderId="29" xfId="36" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="3" fillId="25" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
@@ -1392,67 +1389,67 @@
     </xf>
     <xf numFmtId="3" fontId="28" fillId="25" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="167" fontId="28" fillId="29" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="167" fontId="28" fillId="25" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="167" fontId="28" fillId="29" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="33" fillId="27" borderId="0" xfId="42" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="3" fillId="25" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="25" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="25" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="166" fontId="33" fillId="27" borderId="26" xfId="42" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="164" fontId="28" fillId="25" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="29" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="166" fontId="33" fillId="27" borderId="28" xfId="42" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="40" fillId="25" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="166" fontId="33" fillId="27" borderId="26" xfId="42" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="33" fillId="27" borderId="28" xfId="42" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="28" fillId="25" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="28" fillId="25" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="25" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="53">
     <cellStyle name="20% - Accent1" xfId="1" builtinId="30" customBuiltin="1"/>
     <cellStyle name="20% - Accent2" xfId="2" builtinId="34" customBuiltin="1"/>
     <cellStyle name="20% - Accent3" xfId="3" builtinId="38" customBuiltin="1"/>
     <cellStyle name="20% - Accent4" xfId="4" builtinId="42" customBuiltin="1"/>
     <cellStyle name="20% - Accent5" xfId="5" builtinId="46" customBuiltin="1"/>
     <cellStyle name="20% - Accent6" xfId="6" builtinId="50" customBuiltin="1"/>
     <cellStyle name="40% - Accent1" xfId="7" builtinId="31" customBuiltin="1"/>
     <cellStyle name="40% - Accent2" xfId="8" builtinId="35" customBuiltin="1"/>
     <cellStyle name="40% - Accent3" xfId="9" builtinId="39" customBuiltin="1"/>
     <cellStyle name="40% - Accent4" xfId="10" builtinId="43" customBuiltin="1"/>
     <cellStyle name="40% - Accent5" xfId="11" builtinId="47" customBuiltin="1"/>
     <cellStyle name="40% - Accent6" xfId="12" builtinId="51" customBuiltin="1"/>
     <cellStyle name="60% - Accent1" xfId="13" builtinId="32" customBuiltin="1"/>
@@ -1858,107 +1855,108 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ine.pt/ngt_server/attachfileu.jsp?look_parentBoui=215820499&amp;att_display=n&amp;att_download=y" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ine.pt/ngt_server/attachfileu.jsp?look_parentBoui=220703601&amp;att_display=n&amp;att_download=y" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ine.pt/ngt_server/attachfileu.jsp?look_parentBoui=215821289&amp;att_display=n&amp;att_download=y" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ine.pt/ngt_server/attachfileu.jsp?look_parentBoui=220703601&amp;att_display=n&amp;att_download=y" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet1"/>
   <dimension ref="A1:AU52"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
+    <sheetView tabSelected="1" zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
+      <selection activeCell="AJ32" sqref="AJ32"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="11.25" outlineLevelCol="1"/>
   <cols>
     <col min="1" max="1" width="45" style="2" customWidth="1"/>
     <col min="2" max="2" width="21" style="2" customWidth="1"/>
-    <col min="3" max="25" width="15.7109375" style="2" hidden="1" customWidth="1" outlineLevel="1"/>
-[...1 lines deleted...]
-    <col min="27" max="32" width="15.7109375" style="2" customWidth="1"/>
+    <col min="3" max="25" width="15.7109375" style="2" customWidth="1" outlineLevel="1"/>
+    <col min="26" max="32" width="15.7109375" style="2" customWidth="1"/>
     <col min="33" max="33" width="21" style="2" customWidth="1"/>
     <col min="34" max="34" width="47.5703125" style="2" customWidth="1"/>
     <col min="35" max="36" width="15.140625" style="2" customWidth="1"/>
     <col min="37" max="16384" width="9.140625" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:47" ht="12.2" customHeight="1">
       <c r="C1" s="13"/>
       <c r="D1" s="13"/>
       <c r="E1" s="13"/>
       <c r="F1" s="13"/>
       <c r="G1" s="13"/>
       <c r="H1" s="13"/>
       <c r="I1" s="13"/>
       <c r="J1" s="13"/>
       <c r="K1" s="13"/>
       <c r="L1" s="13"/>
       <c r="M1" s="13"/>
       <c r="N1" s="13"/>
       <c r="O1" s="13"/>
       <c r="P1" s="13"/>
       <c r="Q1" s="13"/>
       <c r="R1" s="13"/>
       <c r="S1" s="13"/>
       <c r="T1" s="13"/>
       <c r="U1" s="13"/>
       <c r="V1" s="13"/>
       <c r="W1" s="13"/>
       <c r="X1" s="13"/>
       <c r="Y1" s="13"/>
       <c r="Z1" s="13"/>
       <c r="AA1" s="13"/>
       <c r="AB1" s="13"/>
       <c r="AC1" s="13"/>
       <c r="AD1" s="13"/>
       <c r="AE1" s="13"/>
       <c r="AF1" s="13"/>
     </row>
     <row r="2" spans="1:47" ht="12.2" customHeight="1">
       <c r="A2" s="1" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="3" spans="1:47" ht="12.2" customHeight="1">
       <c r="A3" s="1" t="s">
         <v>63</v>
       </c>
-      <c r="AH3" s="68"/>
+      <c r="AH3" s="66"/>
     </row>
     <row r="4" spans="1:47" ht="6" customHeight="1" thickBot="1"/>
     <row r="5" spans="1:47" ht="38.25" customHeight="1" thickBot="1">
       <c r="A5" s="9"/>
       <c r="B5" s="10" t="s">
         <v>5</v>
       </c>
       <c r="C5" s="10">
         <v>1995</v>
       </c>
       <c r="D5" s="10">
         <v>1996</v>
       </c>
       <c r="E5" s="10">
         <v>1997</v>
       </c>
       <c r="F5" s="10">
         <v>1998</v>
       </c>
       <c r="G5" s="10">
         <v>1999</v>
       </c>
       <c r="H5" s="10">
         <v>2000</v>
       </c>
@@ -2062,66 +2060,66 @@
       <c r="L6" s="13"/>
       <c r="M6" s="13"/>
       <c r="N6" s="13"/>
       <c r="O6" s="13"/>
       <c r="P6" s="13"/>
       <c r="Q6" s="13"/>
       <c r="R6" s="13"/>
       <c r="S6" s="13"/>
       <c r="T6" s="13"/>
       <c r="U6" s="13"/>
       <c r="V6" s="13"/>
       <c r="W6" s="13"/>
       <c r="X6" s="13"/>
       <c r="Y6" s="13"/>
       <c r="Z6" s="13"/>
       <c r="AA6" s="13"/>
       <c r="AB6" s="13"/>
       <c r="AC6" s="13"/>
       <c r="AD6" s="13"/>
       <c r="AE6" s="13"/>
       <c r="AF6" s="13"/>
       <c r="AG6" s="11"/>
       <c r="AH6" s="39" t="s">
         <v>76</v>
       </c>
-      <c r="AI6" s="67" t="s">
+      <c r="AI6" s="65" t="s">
         <v>99</v>
       </c>
-      <c r="AJ6" s="67" t="s">
-        <v>101</v>
+      <c r="AJ6" s="65" t="s">
+        <v>102</v>
       </c>
       <c r="AK6" s="13"/>
     </row>
     <row r="7" spans="1:47" ht="15" customHeight="1">
       <c r="A7" s="17" t="s">
         <v>16</v>
       </c>
-      <c r="B7" s="70" t="s">
+      <c r="B7" s="69" t="s">
         <v>21</v>
       </c>
-      <c r="C7" s="65" t="s">
+      <c r="C7" s="63" t="s">
         <v>88</v>
       </c>
       <c r="D7" s="13">
         <v>3.5</v>
       </c>
       <c r="E7" s="13">
         <v>4.4000000000000004</v>
       </c>
       <c r="F7" s="13">
         <v>4.8</v>
       </c>
       <c r="G7" s="13">
         <v>3.9</v>
       </c>
       <c r="H7" s="13">
         <v>3.8</v>
       </c>
       <c r="I7" s="13">
         <v>1.9</v>
       </c>
       <c r="J7" s="13">
         <v>0.8</v>
       </c>
       <c r="K7" s="13">
         <v>-0.9</v>
@@ -2167,76 +2165,76 @@
       </c>
       <c r="Y7" s="13">
         <v>3.3</v>
       </c>
       <c r="Z7" s="13">
         <v>2.9</v>
       </c>
       <c r="AA7" s="13">
         <v>2.7</v>
       </c>
       <c r="AB7" s="13">
         <v>-8.1999999999999993</v>
       </c>
       <c r="AC7" s="13">
         <v>5.6</v>
       </c>
       <c r="AD7" s="13">
         <v>7</v>
       </c>
       <c r="AE7" s="13">
         <v>3.1</v>
       </c>
       <c r="AF7" s="13">
         <v>2.1</v>
       </c>
-      <c r="AG7" s="70" t="s">
+      <c r="AG7" s="69" t="s">
         <v>86</v>
       </c>
       <c r="AH7" s="23" t="s">
         <v>17</v>
       </c>
       <c r="AI7" s="41"/>
       <c r="AJ7" s="41"/>
       <c r="AK7" s="13"/>
       <c r="AL7" s="13"/>
       <c r="AM7" s="13"/>
       <c r="AN7" s="13"/>
       <c r="AO7" s="13"/>
       <c r="AP7" s="13"/>
       <c r="AQ7" s="13"/>
       <c r="AR7" s="13"/>
       <c r="AS7" s="13"/>
       <c r="AT7" s="13"/>
       <c r="AU7" s="13"/>
     </row>
     <row r="8" spans="1:47" ht="15" customHeight="1">
       <c r="A8" s="17" t="s">
         <v>70</v>
       </c>
-      <c r="B8" s="70"/>
-      <c r="C8" s="65" t="s">
+      <c r="B8" s="69"/>
+      <c r="C8" s="63" t="s">
         <v>88</v>
       </c>
       <c r="D8" s="13">
         <v>3.6</v>
       </c>
       <c r="E8" s="13">
         <v>3.4</v>
       </c>
       <c r="F8" s="13">
         <v>4.8</v>
       </c>
       <c r="G8" s="13">
         <v>5.3</v>
       </c>
       <c r="H8" s="13">
         <v>3.8</v>
       </c>
       <c r="I8" s="13">
         <v>1</v>
       </c>
       <c r="J8" s="13">
         <v>1.3</v>
       </c>
       <c r="K8" s="13">
         <v>-0.3</v>
@@ -2282,74 +2280,74 @@
       </c>
       <c r="Y8" s="13">
         <v>1.8</v>
       </c>
       <c r="Z8" s="13">
         <v>2.6</v>
       </c>
       <c r="AA8" s="13">
         <v>3.5</v>
       </c>
       <c r="AB8" s="13">
         <v>-6.8</v>
       </c>
       <c r="AC8" s="13">
         <v>4.9000000000000004</v>
       </c>
       <c r="AD8" s="13">
         <v>5.6</v>
       </c>
       <c r="AE8" s="13">
         <v>2.2999999999999998</v>
       </c>
       <c r="AF8" s="13">
         <v>3</v>
       </c>
-      <c r="AG8" s="70"/>
+      <c r="AG8" s="69"/>
       <c r="AH8" s="23" t="s">
         <v>74</v>
       </c>
       <c r="AI8" s="41"/>
       <c r="AJ8" s="41"/>
       <c r="AK8" s="13"/>
       <c r="AL8" s="13"/>
       <c r="AM8" s="13"/>
       <c r="AN8" s="13"/>
       <c r="AO8" s="13"/>
       <c r="AP8" s="13"/>
       <c r="AQ8" s="13"/>
       <c r="AR8" s="13"/>
       <c r="AS8" s="13"/>
       <c r="AT8" s="13"/>
       <c r="AU8" s="13"/>
     </row>
     <row r="9" spans="1:47" ht="15" customHeight="1">
       <c r="A9" s="17" t="s">
         <v>71</v>
       </c>
-      <c r="B9" s="70"/>
-      <c r="C9" s="65" t="s">
+      <c r="B9" s="69"/>
+      <c r="C9" s="63" t="s">
         <v>88</v>
       </c>
       <c r="D9" s="13">
         <v>2.9</v>
       </c>
       <c r="E9" s="13">
         <v>2.2999999999999998</v>
       </c>
       <c r="F9" s="13">
         <v>6.7</v>
       </c>
       <c r="G9" s="13">
         <v>3.5</v>
       </c>
       <c r="H9" s="13">
         <v>4.0999999999999996</v>
       </c>
       <c r="I9" s="13">
         <v>3.7</v>
       </c>
       <c r="J9" s="13">
         <v>2.6</v>
       </c>
       <c r="K9" s="13">
         <v>1.8</v>
@@ -2395,74 +2393,74 @@
       </c>
       <c r="Y9" s="13">
         <v>0.1</v>
       </c>
       <c r="Z9" s="13">
         <v>0.5</v>
       </c>
       <c r="AA9" s="13">
         <v>2.1</v>
       </c>
       <c r="AB9" s="13">
         <v>0.4</v>
       </c>
       <c r="AC9" s="13">
         <v>3.8</v>
       </c>
       <c r="AD9" s="13">
         <v>1.7</v>
       </c>
       <c r="AE9" s="13">
         <v>1.8</v>
       </c>
       <c r="AF9" s="13">
         <v>1.5</v>
       </c>
-      <c r="AG9" s="70"/>
+      <c r="AG9" s="69"/>
       <c r="AH9" s="23" t="s">
         <v>75</v>
       </c>
       <c r="AI9" s="41"/>
       <c r="AJ9" s="41"/>
       <c r="AK9" s="13"/>
       <c r="AL9" s="13"/>
       <c r="AM9" s="13"/>
       <c r="AN9" s="13"/>
       <c r="AO9" s="13"/>
       <c r="AP9" s="13"/>
       <c r="AQ9" s="13"/>
       <c r="AR9" s="13"/>
       <c r="AS9" s="13"/>
       <c r="AT9" s="13"/>
       <c r="AU9" s="13"/>
     </row>
     <row r="10" spans="1:47" ht="15" customHeight="1">
       <c r="A10" s="17" t="s">
         <v>35</v>
       </c>
-      <c r="B10" s="70"/>
-      <c r="C10" s="65" t="s">
+      <c r="B10" s="69"/>
+      <c r="C10" s="63" t="s">
         <v>88</v>
       </c>
       <c r="D10" s="13">
         <v>3.9</v>
       </c>
       <c r="E10" s="13">
         <v>13.6</v>
       </c>
       <c r="F10" s="13">
         <v>13.4</v>
       </c>
       <c r="G10" s="13">
         <v>8</v>
       </c>
       <c r="H10" s="13">
         <v>1.6</v>
       </c>
       <c r="I10" s="13">
         <v>1.6</v>
       </c>
       <c r="J10" s="13">
         <v>-5.8</v>
       </c>
       <c r="K10" s="13">
         <v>-10</v>
@@ -2508,74 +2506,74 @@
       </c>
       <c r="Y10" s="13">
         <v>11.6</v>
       </c>
       <c r="Z10" s="13">
         <v>8</v>
       </c>
       <c r="AA10" s="13">
         <v>3.3</v>
       </c>
       <c r="AB10" s="13">
         <v>-4.8</v>
       </c>
       <c r="AC10" s="13">
         <v>10.5</v>
       </c>
       <c r="AD10" s="13">
         <v>4.9000000000000004</v>
       </c>
       <c r="AE10" s="13">
         <v>1.9</v>
       </c>
       <c r="AF10" s="13">
         <v>3.8</v>
       </c>
-      <c r="AG10" s="70"/>
+      <c r="AG10" s="69"/>
       <c r="AH10" s="23" t="s">
         <v>50</v>
       </c>
       <c r="AI10" s="41"/>
       <c r="AJ10" s="41"/>
       <c r="AK10" s="13"/>
       <c r="AL10" s="13"/>
       <c r="AM10" s="13"/>
       <c r="AN10" s="13"/>
       <c r="AO10" s="13"/>
       <c r="AP10" s="13"/>
       <c r="AQ10" s="13"/>
       <c r="AR10" s="13"/>
       <c r="AS10" s="13"/>
       <c r="AT10" s="13"/>
       <c r="AU10" s="13"/>
     </row>
     <row r="11" spans="1:47" ht="15" customHeight="1">
       <c r="A11" s="17" t="s">
         <v>36</v>
       </c>
-      <c r="B11" s="70"/>
-      <c r="C11" s="65" t="s">
+      <c r="B11" s="69"/>
+      <c r="C11" s="63" t="s">
         <v>88</v>
       </c>
       <c r="D11" s="13">
         <v>6.3</v>
       </c>
       <c r="E11" s="13">
         <v>7.4</v>
       </c>
       <c r="F11" s="13">
         <v>7.9</v>
       </c>
       <c r="G11" s="13">
         <v>3.8</v>
       </c>
       <c r="H11" s="13">
         <v>8.4</v>
       </c>
       <c r="I11" s="13">
         <v>2.2000000000000002</v>
       </c>
       <c r="J11" s="13">
         <v>3.7</v>
       </c>
       <c r="K11" s="13">
         <v>5.3</v>
@@ -2621,74 +2619,74 @@
       </c>
       <c r="Y11" s="13">
         <v>8.4</v>
       </c>
       <c r="Z11" s="13">
         <v>4.3</v>
       </c>
       <c r="AA11" s="13">
         <v>4</v>
       </c>
       <c r="AB11" s="13">
         <v>-18.399999999999999</v>
       </c>
       <c r="AC11" s="13">
         <v>12.1</v>
       </c>
       <c r="AD11" s="13">
         <v>17.2</v>
       </c>
       <c r="AE11" s="13">
         <v>4.2</v>
       </c>
       <c r="AF11" s="13">
         <v>3.1</v>
       </c>
-      <c r="AG11" s="70"/>
+      <c r="AG11" s="69"/>
       <c r="AH11" s="23" t="s">
         <v>15</v>
       </c>
       <c r="AI11" s="41"/>
       <c r="AJ11" s="41"/>
       <c r="AK11" s="13"/>
       <c r="AL11" s="13"/>
       <c r="AM11" s="13"/>
       <c r="AN11" s="13"/>
       <c r="AO11" s="13"/>
       <c r="AP11" s="13"/>
       <c r="AQ11" s="13"/>
       <c r="AR11" s="13"/>
       <c r="AS11" s="13"/>
       <c r="AT11" s="13"/>
       <c r="AU11" s="13"/>
     </row>
     <row r="12" spans="1:47" ht="15" customHeight="1" thickBot="1">
       <c r="A12" s="17" t="s">
         <v>37</v>
       </c>
-      <c r="B12" s="70"/>
-      <c r="C12" s="65" t="s">
+      <c r="B12" s="69"/>
+      <c r="C12" s="63" t="s">
         <v>88</v>
       </c>
       <c r="D12" s="13">
         <v>5.8</v>
       </c>
       <c r="E12" s="13">
         <v>10.4</v>
       </c>
       <c r="F12" s="13">
         <v>14.6</v>
       </c>
       <c r="G12" s="13">
         <v>9.1999999999999993</v>
       </c>
       <c r="H12" s="13">
         <v>5.5</v>
       </c>
       <c r="I12" s="13">
         <v>1.1000000000000001</v>
       </c>
       <c r="J12" s="13">
         <v>-0.2</v>
       </c>
       <c r="K12" s="13">
         <v>-0.2</v>
@@ -2734,133 +2732,133 @@
       </c>
       <c r="Y12" s="13">
         <v>8</v>
       </c>
       <c r="Z12" s="13">
         <v>4.9000000000000004</v>
       </c>
       <c r="AA12" s="13">
         <v>5.0999999999999996</v>
       </c>
       <c r="AB12" s="13">
         <v>-11.6</v>
       </c>
       <c r="AC12" s="13">
         <v>12.3</v>
       </c>
       <c r="AD12" s="13">
         <v>11.3</v>
       </c>
       <c r="AE12" s="13">
         <v>2.2999999999999998</v>
       </c>
       <c r="AF12" s="13">
         <v>4.8</v>
       </c>
-      <c r="AG12" s="70"/>
+      <c r="AG12" s="69"/>
       <c r="AH12" s="23" t="s">
         <v>14</v>
       </c>
       <c r="AI12" s="41"/>
       <c r="AJ12" s="41"/>
       <c r="AK12" s="13"/>
       <c r="AL12" s="13"/>
       <c r="AM12" s="13"/>
       <c r="AN12" s="13"/>
       <c r="AO12" s="13"/>
       <c r="AP12" s="13"/>
       <c r="AQ12" s="13"/>
       <c r="AR12" s="13"/>
       <c r="AS12" s="13"/>
       <c r="AT12" s="13"/>
       <c r="AU12" s="13"/>
     </row>
     <row r="13" spans="1:47" ht="18.75" customHeight="1">
       <c r="A13" s="16" t="s">
         <v>73</v>
       </c>
-      <c r="B13" s="71" t="s">
+      <c r="B13" s="70" t="s">
         <v>33</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="13"/>
       <c r="G13" s="13"/>
       <c r="H13" s="13"/>
       <c r="I13" s="13"/>
       <c r="J13" s="13"/>
       <c r="K13" s="13"/>
       <c r="L13" s="13"/>
       <c r="M13" s="13"/>
       <c r="N13" s="13"/>
       <c r="O13" s="13"/>
       <c r="P13" s="13"/>
       <c r="Q13" s="13"/>
       <c r="R13" s="13"/>
       <c r="S13" s="13"/>
       <c r="T13" s="13"/>
       <c r="U13" s="13"/>
       <c r="V13" s="13"/>
       <c r="W13" s="13"/>
       <c r="X13" s="13"/>
       <c r="Y13" s="13"/>
       <c r="Z13" s="13"/>
       <c r="AA13" s="13"/>
       <c r="AB13" s="13"/>
       <c r="AC13" s="13"/>
       <c r="AD13" s="13"/>
       <c r="AE13" s="13"/>
       <c r="AF13" s="13"/>
       <c r="AG13" s="11"/>
       <c r="AH13" s="22" t="s">
         <v>98</v>
       </c>
       <c r="AI13" s="44" t="s">
         <v>99</v>
       </c>
       <c r="AJ13" s="44" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="AK13" s="13"/>
       <c r="AL13" s="13"/>
       <c r="AM13" s="13"/>
       <c r="AN13" s="13"/>
       <c r="AO13" s="13"/>
       <c r="AP13" s="13"/>
       <c r="AQ13" s="13"/>
       <c r="AR13" s="13"/>
       <c r="AS13" s="13"/>
       <c r="AT13" s="13"/>
       <c r="AU13" s="13"/>
     </row>
     <row r="14" spans="1:47" ht="15" customHeight="1">
       <c r="A14" s="17" t="s">
         <v>70</v>
       </c>
-      <c r="B14" s="71"/>
-      <c r="C14" s="65" t="s">
+      <c r="B14" s="70"/>
+      <c r="C14" s="63" t="s">
         <v>88</v>
       </c>
       <c r="D14" s="13">
         <v>2.2999999999999998</v>
       </c>
       <c r="E14" s="13">
         <v>2.2000000000000002</v>
       </c>
       <c r="F14" s="13">
         <v>3.1</v>
       </c>
       <c r="G14" s="13">
         <v>3.3</v>
       </c>
       <c r="H14" s="13">
         <v>2.4</v>
       </c>
       <c r="I14" s="13">
         <v>0.6</v>
       </c>
       <c r="J14" s="13">
         <v>0.8</v>
       </c>
       <c r="K14" s="13">
         <v>-0.2</v>
@@ -2906,76 +2904,76 @@
       </c>
       <c r="Y14" s="13">
         <v>1.2</v>
       </c>
       <c r="Z14" s="13">
         <v>1.7</v>
       </c>
       <c r="AA14" s="13">
         <v>2.2000000000000002</v>
       </c>
       <c r="AB14" s="13">
         <v>-4.3</v>
       </c>
       <c r="AC14" s="13">
         <v>3.1</v>
       </c>
       <c r="AD14" s="13">
         <v>3.5</v>
       </c>
       <c r="AE14" s="13">
         <v>1.5</v>
       </c>
       <c r="AF14" s="13">
         <v>1.8</v>
       </c>
-      <c r="AG14" s="71" t="s">
+      <c r="AG14" s="70" t="s">
         <v>34</v>
       </c>
       <c r="AH14" s="23" t="s">
         <v>74</v>
       </c>
       <c r="AI14" s="41"/>
       <c r="AJ14" s="41"/>
       <c r="AK14" s="13"/>
       <c r="AL14" s="13"/>
       <c r="AM14" s="13"/>
       <c r="AN14" s="13"/>
       <c r="AO14" s="13"/>
       <c r="AP14" s="13"/>
       <c r="AQ14" s="13"/>
       <c r="AR14" s="13"/>
       <c r="AS14" s="13"/>
       <c r="AT14" s="13"/>
       <c r="AU14" s="13"/>
     </row>
     <row r="15" spans="1:47" ht="15" customHeight="1">
       <c r="A15" s="17" t="s">
         <v>71</v>
       </c>
-      <c r="B15" s="71"/>
-      <c r="C15" s="65" t="s">
+      <c r="B15" s="70"/>
+      <c r="C15" s="63" t="s">
         <v>88</v>
       </c>
       <c r="D15" s="13">
         <v>0.5</v>
       </c>
       <c r="E15" s="13">
         <v>0.4</v>
       </c>
       <c r="F15" s="13">
         <v>1.2</v>
       </c>
       <c r="G15" s="13">
         <v>0.6</v>
       </c>
       <c r="H15" s="13">
         <v>0.7</v>
       </c>
       <c r="I15" s="13">
         <v>0.7</v>
       </c>
       <c r="J15" s="13">
         <v>0.5</v>
       </c>
       <c r="K15" s="13">
         <v>0.4</v>
@@ -3021,74 +3019,74 @@
       </c>
       <c r="Y15" s="13">
         <v>0</v>
       </c>
       <c r="Z15" s="13">
         <v>0.1</v>
       </c>
       <c r="AA15" s="13">
         <v>0.4</v>
       </c>
       <c r="AB15" s="13">
         <v>0.1</v>
       </c>
       <c r="AC15" s="13">
         <v>0.7</v>
       </c>
       <c r="AD15" s="13">
         <v>0.3</v>
       </c>
       <c r="AE15" s="13">
         <v>0.3</v>
       </c>
       <c r="AF15" s="13">
         <v>0.3</v>
       </c>
-      <c r="AG15" s="71"/>
+      <c r="AG15" s="70"/>
       <c r="AH15" s="23" t="s">
         <v>75</v>
       </c>
       <c r="AI15" s="41"/>
       <c r="AJ15" s="41"/>
       <c r="AK15" s="13"/>
       <c r="AL15" s="13"/>
       <c r="AM15" s="13"/>
       <c r="AN15" s="13"/>
       <c r="AO15" s="13"/>
       <c r="AP15" s="13"/>
       <c r="AQ15" s="13"/>
       <c r="AR15" s="13"/>
       <c r="AS15" s="13"/>
       <c r="AT15" s="13"/>
       <c r="AU15" s="13"/>
     </row>
     <row r="16" spans="1:47" ht="15" customHeight="1">
       <c r="A16" s="17" t="s">
         <v>35</v>
       </c>
-      <c r="B16" s="71"/>
-      <c r="C16" s="65" t="s">
+      <c r="B16" s="70"/>
+      <c r="C16" s="63" t="s">
         <v>88</v>
       </c>
       <c r="D16" s="13">
         <v>1</v>
       </c>
       <c r="E16" s="13">
         <v>3.3</v>
       </c>
       <c r="F16" s="13">
         <v>3.6</v>
       </c>
       <c r="G16" s="13">
         <v>2.2999999999999998</v>
       </c>
       <c r="H16" s="13">
         <v>0.5</v>
       </c>
       <c r="I16" s="13">
         <v>0.5</v>
       </c>
       <c r="J16" s="13">
         <v>-1.6</v>
       </c>
       <c r="K16" s="13">
         <v>-2.6</v>
@@ -3134,74 +3132,74 @@
       </c>
       <c r="Y16" s="13">
         <v>1.9</v>
       </c>
       <c r="Z16" s="13">
         <v>1.4</v>
       </c>
       <c r="AA16" s="13">
         <v>0.6</v>
       </c>
       <c r="AB16" s="13">
         <v>-0.9</v>
       </c>
       <c r="AC16" s="13">
         <v>2</v>
       </c>
       <c r="AD16" s="13">
         <v>1</v>
       </c>
       <c r="AE16" s="13">
         <v>0.4</v>
       </c>
       <c r="AF16" s="13">
         <v>0.8</v>
       </c>
-      <c r="AG16" s="71"/>
+      <c r="AG16" s="70"/>
       <c r="AH16" s="23" t="s">
         <v>50</v>
       </c>
       <c r="AI16" s="41"/>
       <c r="AJ16" s="41"/>
       <c r="AK16" s="13"/>
       <c r="AL16" s="13"/>
       <c r="AM16" s="13"/>
       <c r="AN16" s="13"/>
       <c r="AO16" s="13"/>
       <c r="AP16" s="13"/>
       <c r="AQ16" s="13"/>
       <c r="AR16" s="13"/>
       <c r="AS16" s="13"/>
       <c r="AT16" s="13"/>
       <c r="AU16" s="13"/>
     </row>
     <row r="17" spans="1:47" ht="15" customHeight="1">
       <c r="A17" s="17" t="s">
         <v>36</v>
       </c>
-      <c r="B17" s="71"/>
-      <c r="C17" s="65" t="s">
+      <c r="B17" s="70"/>
+      <c r="C17" s="63" t="s">
         <v>88</v>
       </c>
       <c r="D17" s="13">
         <v>1.7</v>
       </c>
       <c r="E17" s="13">
         <v>2</v>
       </c>
       <c r="F17" s="13">
         <v>2.1</v>
       </c>
       <c r="G17" s="13">
         <v>1</v>
       </c>
       <c r="H17" s="13">
         <v>2.2000000000000002</v>
       </c>
       <c r="I17" s="13">
         <v>0.6</v>
       </c>
       <c r="J17" s="13">
         <v>1</v>
       </c>
       <c r="K17" s="13">
         <v>1.4</v>
@@ -3247,74 +3245,74 @@
       </c>
       <c r="Y17" s="13">
         <v>3.4</v>
       </c>
       <c r="Z17" s="13">
         <v>1.8</v>
       </c>
       <c r="AA17" s="13">
         <v>1.8</v>
       </c>
       <c r="AB17" s="13">
         <v>-8</v>
       </c>
       <c r="AC17" s="13">
         <v>4.5</v>
       </c>
       <c r="AD17" s="13">
         <v>7.1</v>
       </c>
       <c r="AE17" s="13">
         <v>2.1</v>
       </c>
       <c r="AF17" s="13">
         <v>1.4</v>
       </c>
-      <c r="AG17" s="71"/>
+      <c r="AG17" s="70"/>
       <c r="AH17" s="23" t="s">
         <v>15</v>
       </c>
       <c r="AI17" s="41"/>
       <c r="AJ17" s="41"/>
       <c r="AK17" s="13"/>
       <c r="AL17" s="13"/>
       <c r="AM17" s="13"/>
       <c r="AN17" s="13"/>
       <c r="AO17" s="13"/>
       <c r="AP17" s="13"/>
       <c r="AQ17" s="13"/>
       <c r="AR17" s="13"/>
       <c r="AS17" s="13"/>
       <c r="AT17" s="13"/>
       <c r="AU17" s="13"/>
     </row>
     <row r="18" spans="1:47" ht="15" customHeight="1" thickBot="1">
       <c r="A18" s="17" t="s">
         <v>37</v>
       </c>
-      <c r="B18" s="71"/>
-      <c r="C18" s="65" t="s">
+      <c r="B18" s="70"/>
+      <c r="C18" s="63" t="s">
         <v>88</v>
       </c>
       <c r="D18" s="13">
         <v>-1.9</v>
       </c>
       <c r="E18" s="13">
         <v>-3.5</v>
       </c>
       <c r="F18" s="13">
         <v>-5.0999999999999996</v>
       </c>
       <c r="G18" s="13">
         <v>-3.4</v>
       </c>
       <c r="H18" s="13">
         <v>-2</v>
       </c>
       <c r="I18" s="13">
         <v>-0.4</v>
       </c>
       <c r="J18" s="13">
         <v>0.1</v>
       </c>
       <c r="K18" s="13">
         <v>0.1</v>
@@ -3360,51 +3358,51 @@
       </c>
       <c r="Y18" s="13">
         <v>-3.1</v>
       </c>
       <c r="Z18" s="13">
         <v>-2.1</v>
       </c>
       <c r="AA18" s="13">
         <v>-2.2000000000000002</v>
       </c>
       <c r="AB18" s="13">
         <v>5</v>
       </c>
       <c r="AC18" s="13">
         <v>-4.8</v>
       </c>
       <c r="AD18" s="13">
         <v>-5</v>
       </c>
       <c r="AE18" s="13">
         <v>-1.2</v>
       </c>
       <c r="AF18" s="13">
         <v>-2.2000000000000002</v>
       </c>
-      <c r="AG18" s="71"/>
+      <c r="AG18" s="70"/>
       <c r="AH18" s="23" t="s">
         <v>14</v>
       </c>
       <c r="AI18" s="41"/>
       <c r="AJ18" s="41"/>
       <c r="AK18" s="13"/>
       <c r="AL18" s="13"/>
       <c r="AM18" s="13"/>
       <c r="AN18" s="13"/>
       <c r="AO18" s="13"/>
       <c r="AP18" s="13"/>
       <c r="AQ18" s="13"/>
       <c r="AR18" s="13"/>
       <c r="AS18" s="13"/>
       <c r="AT18" s="13"/>
       <c r="AU18" s="13"/>
     </row>
     <row r="19" spans="1:47" ht="15" customHeight="1">
       <c r="A19" s="16" t="s">
         <v>38</v>
       </c>
       <c r="B19" s="11"/>
       <c r="C19" s="13"/>
       <c r="D19" s="13"/>
       <c r="E19" s="13"/>
@@ -3421,72 +3419,72 @@
       <c r="P19" s="13"/>
       <c r="Q19" s="13"/>
       <c r="R19" s="13"/>
       <c r="S19" s="13"/>
       <c r="T19" s="13"/>
       <c r="U19" s="13"/>
       <c r="V19" s="13"/>
       <c r="W19" s="13"/>
       <c r="X19" s="13"/>
       <c r="Y19" s="13"/>
       <c r="Z19" s="13"/>
       <c r="AA19" s="13"/>
       <c r="AB19" s="13"/>
       <c r="AC19" s="13"/>
       <c r="AD19" s="13"/>
       <c r="AE19" s="13"/>
       <c r="AF19" s="13"/>
       <c r="AG19" s="11"/>
       <c r="AH19" s="22" t="s">
         <v>51</v>
       </c>
       <c r="AI19" s="44" t="s">
         <v>99</v>
       </c>
       <c r="AJ19" s="44" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="AK19" s="13"/>
       <c r="AL19" s="13"/>
       <c r="AM19" s="13"/>
       <c r="AN19" s="13"/>
       <c r="AO19" s="13"/>
       <c r="AP19" s="13"/>
       <c r="AQ19" s="13"/>
       <c r="AR19" s="13"/>
       <c r="AS19" s="13"/>
       <c r="AT19" s="13"/>
       <c r="AU19" s="13"/>
     </row>
     <row r="20" spans="1:47" ht="15" customHeight="1">
       <c r="A20" s="17" t="s">
         <v>16</v>
       </c>
-      <c r="B20" s="70" t="s">
+      <c r="B20" s="69" t="s">
         <v>8</v>
       </c>
-      <c r="C20" s="65" t="s">
+      <c r="C20" s="63" t="s">
         <v>88</v>
       </c>
       <c r="D20" s="13">
         <v>2.4</v>
       </c>
       <c r="E20" s="13">
         <v>3.9</v>
       </c>
       <c r="F20" s="13">
         <v>3.8</v>
       </c>
       <c r="G20" s="13">
         <v>3.4</v>
       </c>
       <c r="H20" s="13">
         <v>3.4</v>
       </c>
       <c r="I20" s="13">
         <v>3.7</v>
       </c>
       <c r="J20" s="13">
         <v>4.2</v>
       </c>
       <c r="K20" s="13">
         <v>3.4</v>
@@ -3532,76 +3530,76 @@
       </c>
       <c r="Y20" s="13">
         <v>1.5</v>
       </c>
       <c r="Z20" s="13">
         <v>1.9</v>
       </c>
       <c r="AA20" s="13">
         <v>1.8</v>
       </c>
       <c r="AB20" s="13">
         <v>2.1</v>
       </c>
       <c r="AC20" s="13">
         <v>2</v>
       </c>
       <c r="AD20" s="13">
         <v>5.3</v>
       </c>
       <c r="AE20" s="13">
         <v>7.5</v>
       </c>
       <c r="AF20" s="13">
         <v>4.8</v>
       </c>
-      <c r="AG20" s="70" t="s">
+      <c r="AG20" s="69" t="s">
         <v>87</v>
       </c>
       <c r="AH20" s="23" t="s">
         <v>17</v>
       </c>
       <c r="AI20" s="41"/>
       <c r="AJ20" s="41"/>
       <c r="AK20" s="13"/>
       <c r="AL20" s="13"/>
       <c r="AM20" s="13"/>
       <c r="AN20" s="13"/>
       <c r="AO20" s="13"/>
       <c r="AP20" s="13"/>
       <c r="AQ20" s="13"/>
       <c r="AR20" s="13"/>
       <c r="AS20" s="13"/>
       <c r="AT20" s="13"/>
       <c r="AU20" s="13"/>
     </row>
     <row r="21" spans="1:47" ht="15" customHeight="1" thickBot="1">
       <c r="A21" s="17" t="s">
         <v>70</v>
       </c>
-      <c r="B21" s="71"/>
-      <c r="C21" s="65" t="s">
+      <c r="B21" s="70"/>
+      <c r="C21" s="63" t="s">
         <v>88</v>
       </c>
       <c r="D21" s="13">
         <v>2.9</v>
       </c>
       <c r="E21" s="13">
         <v>3</v>
       </c>
       <c r="F21" s="13">
         <v>2.5</v>
       </c>
       <c r="G21" s="13">
         <v>2.5</v>
       </c>
       <c r="H21" s="13">
         <v>3.8</v>
       </c>
       <c r="I21" s="13">
         <v>3.8</v>
       </c>
       <c r="J21" s="13">
         <v>3.5</v>
       </c>
       <c r="K21" s="13">
         <v>3.6</v>
@@ -3647,76 +3645,76 @@
       </c>
       <c r="Y21" s="13">
         <v>1.6</v>
       </c>
       <c r="Z21" s="13">
         <v>1.6</v>
       </c>
       <c r="AA21" s="13">
         <v>0.9</v>
       </c>
       <c r="AB21" s="13">
         <v>0.4</v>
       </c>
       <c r="AC21" s="13">
         <v>2</v>
       </c>
       <c r="AD21" s="13">
         <v>7.3</v>
       </c>
       <c r="AE21" s="13">
         <v>4.8</v>
       </c>
       <c r="AF21" s="13">
         <v>2.8</v>
       </c>
-      <c r="AG21" s="71"/>
+      <c r="AG21" s="70"/>
       <c r="AH21" s="23" t="s">
         <v>74</v>
       </c>
       <c r="AI21" s="41"/>
       <c r="AJ21" s="41"/>
       <c r="AK21" s="13"/>
       <c r="AL21" s="13"/>
       <c r="AM21" s="13"/>
       <c r="AN21" s="13"/>
       <c r="AO21" s="13"/>
       <c r="AP21" s="13"/>
       <c r="AQ21" s="13"/>
       <c r="AR21" s="13"/>
       <c r="AS21" s="13"/>
       <c r="AT21" s="13"/>
       <c r="AU21" s="13"/>
     </row>
     <row r="22" spans="1:47" ht="27.95" customHeight="1" thickBot="1">
       <c r="A22" s="20" t="s">
         <v>39</v>
       </c>
       <c r="B22" s="14" t="s">
         <v>8</v>
       </c>
-      <c r="C22" s="65" t="s">
+      <c r="C22" s="63" t="s">
         <v>88</v>
       </c>
       <c r="D22" s="13">
         <v>-2.1</v>
       </c>
       <c r="E22" s="13">
         <v>0.7</v>
       </c>
       <c r="F22" s="13">
         <v>2.8</v>
       </c>
       <c r="G22" s="13">
         <v>1.1000000000000001</v>
       </c>
       <c r="H22" s="13">
         <v>-2.8</v>
       </c>
       <c r="I22" s="13">
         <v>0.1</v>
       </c>
       <c r="J22" s="13">
         <v>1.8</v>
       </c>
       <c r="K22" s="13">
         <v>0.2</v>
@@ -3772,1965 +3770,1965 @@
       <c r="AB22" s="13">
         <v>1.5</v>
       </c>
       <c r="AC22" s="13">
         <v>-1</v>
       </c>
       <c r="AD22" s="13">
         <v>-3.4</v>
       </c>
       <c r="AE22" s="13">
         <v>5.5</v>
       </c>
       <c r="AF22" s="13">
         <v>3.2</v>
       </c>
       <c r="AG22" s="14" t="s">
         <v>87</v>
       </c>
       <c r="AH22" s="25" t="s">
         <v>52</v>
       </c>
       <c r="AI22" s="44" t="s">
         <v>99</v>
       </c>
       <c r="AJ22" s="44" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="AK22" s="13"/>
       <c r="AL22" s="13"/>
       <c r="AM22" s="13"/>
       <c r="AN22" s="13"/>
       <c r="AO22" s="13"/>
       <c r="AP22" s="13"/>
       <c r="AQ22" s="13"/>
       <c r="AR22" s="13"/>
       <c r="AS22" s="13"/>
       <c r="AT22" s="13"/>
       <c r="AU22" s="13"/>
     </row>
     <row r="23" spans="1:47" ht="15" customHeight="1">
       <c r="A23" s="16" t="s">
         <v>40</v>
       </c>
       <c r="B23" s="14"/>
       <c r="C23" s="13"/>
       <c r="D23" s="13"/>
       <c r="E23" s="13"/>
       <c r="F23" s="13"/>
       <c r="G23" s="13"/>
       <c r="H23" s="13"/>
       <c r="I23" s="13"/>
       <c r="J23" s="13"/>
       <c r="K23" s="13"/>
       <c r="L23" s="13"/>
       <c r="M23" s="13"/>
       <c r="N23" s="13"/>
       <c r="O23" s="13"/>
       <c r="P23" s="13"/>
       <c r="Q23" s="13"/>
       <c r="R23" s="13"/>
       <c r="S23" s="13"/>
       <c r="T23" s="13"/>
       <c r="U23" s="13"/>
       <c r="V23" s="13"/>
       <c r="W23" s="13"/>
       <c r="X23" s="13"/>
       <c r="Y23" s="13"/>
       <c r="Z23" s="13"/>
       <c r="AA23" s="13"/>
       <c r="AB23" s="13"/>
       <c r="AC23" s="13"/>
       <c r="AD23" s="13"/>
       <c r="AE23" s="13"/>
       <c r="AF23" s="13"/>
       <c r="AG23" s="14"/>
-      <c r="AH23" s="60" t="s">
+      <c r="AH23" s="59" t="s">
         <v>53</v>
       </c>
       <c r="AI23" s="44"/>
       <c r="AJ23" s="44"/>
       <c r="AK23" s="13"/>
       <c r="AL23" s="13"/>
       <c r="AM23" s="13"/>
       <c r="AN23" s="13"/>
       <c r="AO23" s="13"/>
       <c r="AP23" s="13"/>
       <c r="AQ23" s="13"/>
       <c r="AR23" s="13"/>
       <c r="AS23" s="13"/>
       <c r="AT23" s="13"/>
       <c r="AU23" s="13"/>
     </row>
-    <row r="24" spans="1:47" s="63" customFormat="1" ht="15.75" customHeight="1">
+    <row r="24" spans="1:47" s="62" customFormat="1" ht="15.75" customHeight="1">
       <c r="A24" s="17" t="s">
         <v>89</v>
       </c>
-      <c r="B24" s="72" t="s">
+      <c r="B24" s="71" t="s">
         <v>90</v>
       </c>
-      <c r="C24" s="61">
+      <c r="C24" s="60">
         <v>8880</v>
       </c>
-      <c r="D24" s="61">
+      <c r="D24" s="60">
         <v>9375</v>
       </c>
-      <c r="E24" s="61">
+      <c r="E24" s="60">
         <v>10123</v>
       </c>
-      <c r="F24" s="61">
+      <c r="F24" s="60">
         <v>10960</v>
       </c>
-      <c r="G24" s="61">
+      <c r="G24" s="60">
         <v>11705</v>
       </c>
-      <c r="H24" s="61">
+      <c r="H24" s="60">
         <v>12480</v>
       </c>
-      <c r="I24" s="61">
+      <c r="I24" s="60">
         <v>13102</v>
       </c>
-      <c r="J24" s="61">
+      <c r="J24" s="60">
         <v>13681</v>
       </c>
-      <c r="K24" s="61">
+      <c r="K24" s="60">
         <v>13966</v>
       </c>
-      <c r="L24" s="61">
+      <c r="L24" s="60">
         <v>14522</v>
       </c>
-      <c r="M24" s="61">
+      <c r="M24" s="60">
         <v>15095</v>
       </c>
-      <c r="N24" s="61">
+      <c r="N24" s="60">
         <v>15801</v>
       </c>
-      <c r="O24" s="61">
+      <c r="O24" s="60">
         <v>16645</v>
       </c>
-      <c r="P24" s="61">
+      <c r="P24" s="60">
         <v>16963</v>
       </c>
-      <c r="Q24" s="61">
+      <c r="Q24" s="60">
         <v>16598</v>
       </c>
-      <c r="R24" s="61">
+      <c r="R24" s="60">
         <v>17011</v>
       </c>
-      <c r="S24" s="61">
+      <c r="S24" s="60">
         <v>16674</v>
       </c>
-      <c r="T24" s="61">
+      <c r="T24" s="60">
         <v>16003</v>
       </c>
-      <c r="U24" s="61">
+      <c r="U24" s="60">
         <v>16295</v>
       </c>
-      <c r="V24" s="61">
+      <c r="V24" s="60">
         <v>16621</v>
       </c>
-      <c r="W24" s="61">
+      <c r="W24" s="60">
         <v>17279</v>
       </c>
-      <c r="X24" s="61">
+      <c r="X24" s="60">
         <v>17996</v>
       </c>
-      <c r="Y24" s="61">
+      <c r="Y24" s="60">
         <v>18908</v>
       </c>
-      <c r="Z24" s="61">
+      <c r="Z24" s="60">
         <v>19836</v>
       </c>
-      <c r="AA24" s="61">
+      <c r="AA24" s="60">
         <v>20715</v>
       </c>
-      <c r="AB24" s="61">
+      <c r="AB24" s="60">
         <v>19358</v>
       </c>
-      <c r="AC24" s="61">
+      <c r="AC24" s="60">
         <v>20801</v>
       </c>
-      <c r="AD24" s="61">
+      <c r="AD24" s="60">
         <v>23303</v>
       </c>
-      <c r="AE24" s="61">
+      <c r="AE24" s="60">
         <v>25558</v>
       </c>
-      <c r="AF24" s="61">
+      <c r="AF24" s="60">
         <v>27063</v>
       </c>
-      <c r="AG24" s="72" t="s">
+      <c r="AG24" s="71" t="s">
         <v>90</v>
       </c>
       <c r="AH24" s="23" t="s">
         <v>92</v>
       </c>
       <c r="AI24" s="45" t="s">
         <v>99</v>
       </c>
       <c r="AJ24" s="45" t="s">
-        <v>101</v>
-[...13 lines deleted...]
-    <row r="25" spans="1:47" s="63" customFormat="1" ht="15.75" customHeight="1">
+        <v>102</v>
+      </c>
+      <c r="AK24" s="54"/>
+      <c r="AL24" s="54"/>
+      <c r="AM24" s="61"/>
+      <c r="AN24" s="61"/>
+      <c r="AO24" s="61"/>
+      <c r="AP24" s="61"/>
+      <c r="AQ24" s="61"/>
+      <c r="AR24" s="61"/>
+      <c r="AS24" s="61"/>
+      <c r="AT24" s="61"/>
+      <c r="AU24" s="61"/>
+    </row>
+    <row r="25" spans="1:47" s="62" customFormat="1" ht="15.75" customHeight="1">
       <c r="A25" s="17" t="s">
         <v>96</v>
       </c>
-      <c r="B25" s="72"/>
-      <c r="C25" s="61">
+      <c r="B25" s="71"/>
+      <c r="C25" s="60">
         <v>15923</v>
       </c>
-      <c r="D25" s="61">
+      <c r="D25" s="60">
         <v>16419</v>
       </c>
-      <c r="E25" s="61">
+      <c r="E25" s="60">
         <v>17065</v>
       </c>
-      <c r="F25" s="61">
+      <c r="F25" s="60">
         <v>17795</v>
       </c>
-      <c r="G25" s="61">
+      <c r="G25" s="60">
         <v>18386</v>
       </c>
-      <c r="H25" s="61">
+      <c r="H25" s="60">
         <v>18954</v>
       </c>
-      <c r="I25" s="61">
+      <c r="I25" s="60">
         <v>19187</v>
       </c>
-      <c r="J25" s="61">
+      <c r="J25" s="60">
         <v>19229</v>
       </c>
-      <c r="K25" s="61">
+      <c r="K25" s="60">
         <v>18979</v>
       </c>
-      <c r="L25" s="61">
+      <c r="L25" s="60">
         <v>19272</v>
       </c>
-      <c r="M25" s="61">
+      <c r="M25" s="60">
         <v>19387</v>
       </c>
-      <c r="N25" s="61">
+      <c r="N25" s="60">
         <v>19666</v>
       </c>
-      <c r="O25" s="61">
+      <c r="O25" s="60">
         <v>20120</v>
       </c>
-      <c r="P25" s="61">
+      <c r="P25" s="60">
         <v>20155</v>
       </c>
-      <c r="Q25" s="61">
+      <c r="Q25" s="60">
         <v>19507</v>
       </c>
-      <c r="R25" s="61">
+      <c r="R25" s="60">
         <v>19837</v>
       </c>
-      <c r="S25" s="61">
+      <c r="S25" s="60">
         <v>19494</v>
       </c>
-      <c r="T25" s="61">
+      <c r="T25" s="60">
         <v>18781</v>
       </c>
-      <c r="U25" s="61">
+      <c r="U25" s="60">
         <v>18698</v>
       </c>
-      <c r="V25" s="61">
+      <c r="V25" s="60">
         <v>18935</v>
       </c>
-      <c r="W25" s="61">
+      <c r="W25" s="60">
         <v>19306</v>
       </c>
-      <c r="X25" s="61">
+      <c r="X25" s="60">
         <v>19742</v>
       </c>
-      <c r="Y25" s="61">
+      <c r="Y25" s="60">
         <v>20428</v>
       </c>
-      <c r="Z25" s="61">
+      <c r="Z25" s="60">
         <v>21041</v>
       </c>
-      <c r="AA25" s="61">
+      <c r="AA25" s="60">
         <v>21578</v>
       </c>
-      <c r="AB25" s="61">
+      <c r="AB25" s="60">
         <v>19749</v>
       </c>
-      <c r="AC25" s="61">
+      <c r="AC25" s="60">
         <v>20801</v>
       </c>
-      <c r="AD25" s="61">
+      <c r="AD25" s="60">
         <v>22124</v>
       </c>
-      <c r="AE25" s="61">
+      <c r="AE25" s="60">
         <v>22575</v>
       </c>
-      <c r="AF25" s="61">
+      <c r="AF25" s="60">
         <v>22806</v>
       </c>
-      <c r="AG25" s="72"/>
+      <c r="AG25" s="71"/>
       <c r="AH25" s="17" t="s">
         <v>97</v>
       </c>
       <c r="AI25" s="45" t="s">
         <v>99</v>
       </c>
       <c r="AJ25" s="45" t="s">
-        <v>101</v>
-[...13 lines deleted...]
-    <row r="26" spans="1:47" s="63" customFormat="1" ht="15.75" customHeight="1" thickBot="1">
+        <v>102</v>
+      </c>
+      <c r="AK25" s="54"/>
+      <c r="AL25" s="54"/>
+      <c r="AM25" s="61"/>
+      <c r="AN25" s="61"/>
+      <c r="AO25" s="61"/>
+      <c r="AP25" s="61"/>
+      <c r="AQ25" s="61"/>
+      <c r="AR25" s="61"/>
+      <c r="AS25" s="61"/>
+      <c r="AT25" s="61"/>
+      <c r="AU25" s="61"/>
+    </row>
+    <row r="26" spans="1:47" s="62" customFormat="1" ht="15.75" customHeight="1" thickBot="1">
       <c r="A26" s="17" t="s">
         <v>91</v>
       </c>
-      <c r="B26" s="72"/>
-      <c r="C26" s="55">
+      <c r="B26" s="71"/>
+      <c r="C26" s="54">
         <v>12064</v>
       </c>
-      <c r="D26" s="55">
+      <c r="D26" s="54">
         <v>12643</v>
       </c>
-      <c r="E26" s="55">
+      <c r="E26" s="54">
         <v>13210</v>
       </c>
-      <c r="F26" s="55">
+      <c r="F26" s="54">
         <v>13885</v>
       </c>
-      <c r="G26" s="55">
+      <c r="G26" s="54">
         <v>14807</v>
       </c>
-      <c r="H26" s="55">
+      <c r="H26" s="54">
         <v>15684</v>
       </c>
-      <c r="I26" s="55">
+      <c r="I26" s="54">
         <v>16167</v>
       </c>
-      <c r="J26" s="55">
+      <c r="J26" s="54">
         <v>16689</v>
       </c>
-      <c r="K26" s="55">
+      <c r="K26" s="54">
         <v>17123</v>
       </c>
-      <c r="L26" s="55">
+      <c r="L26" s="54">
         <v>17551</v>
       </c>
-      <c r="M26" s="55">
+      <c r="M26" s="54">
         <v>18615</v>
       </c>
-      <c r="N26" s="55">
+      <c r="N26" s="54">
         <v>19625</v>
       </c>
-      <c r="O26" s="55">
+      <c r="O26" s="54">
         <v>20323</v>
       </c>
-      <c r="P26" s="55">
+      <c r="P26" s="54">
         <v>20695</v>
       </c>
-      <c r="Q26" s="55">
+      <c r="Q26" s="54">
         <v>19984</v>
       </c>
-      <c r="R26" s="55">
+      <c r="R26" s="54">
         <v>20662</v>
       </c>
-      <c r="S26" s="55">
+      <c r="S26" s="54">
         <v>19942</v>
       </c>
-      <c r="T26" s="55">
+      <c r="T26" s="54">
         <v>19521</v>
       </c>
-      <c r="U26" s="55">
+      <c r="U26" s="54">
         <v>20154</v>
       </c>
-      <c r="V26" s="55">
+      <c r="V26" s="54">
         <v>20580</v>
       </c>
-      <c r="W26" s="55">
+      <c r="W26" s="54">
         <v>21240</v>
       </c>
-      <c r="X26" s="55">
+      <c r="X26" s="54">
         <v>21878</v>
       </c>
-      <c r="Y26" s="55">
-[...2 lines deleted...]
-      <c r="Z26" s="55">
+      <c r="Y26" s="54">
+        <v>22560</v>
+      </c>
+      <c r="Z26" s="54">
         <v>23546</v>
       </c>
-      <c r="AA26" s="55">
-[...2 lines deleted...]
-      <c r="AB26" s="55">
+      <c r="AA26" s="54">
+        <v>24463</v>
+      </c>
+      <c r="AB26" s="54">
         <v>22780</v>
       </c>
-      <c r="AC26" s="55">
-[...11 lines deleted...]
-      <c r="AG26" s="72"/>
+      <c r="AC26" s="54">
+        <v>24550</v>
+      </c>
+      <c r="AD26" s="54">
+        <v>27841</v>
+      </c>
+      <c r="AE26" s="54">
+        <v>31106</v>
+      </c>
+      <c r="AF26" s="54">
+        <v>32897</v>
+      </c>
+      <c r="AG26" s="71"/>
       <c r="AH26" s="18" t="s">
         <v>93</v>
       </c>
-      <c r="AI26" s="64" t="s">
-[...2 lines deleted...]
-      <c r="AJ26" s="69" t="s">
+      <c r="AI26" s="67" t="s">
+        <v>101</v>
+      </c>
+      <c r="AJ26" s="67" t="s">
         <v>102</v>
       </c>
-      <c r="AK26" s="55"/>
-[...9 lines deleted...]
-      <c r="AU26" s="62"/>
+      <c r="AK26" s="54"/>
+      <c r="AL26" s="54"/>
+      <c r="AM26" s="61"/>
+      <c r="AN26" s="61"/>
+      <c r="AO26" s="61"/>
+      <c r="AP26" s="61"/>
+      <c r="AQ26" s="61"/>
+      <c r="AR26" s="61"/>
+      <c r="AS26" s="61"/>
+      <c r="AT26" s="61"/>
+      <c r="AU26" s="61"/>
     </row>
     <row r="27" spans="1:47" ht="27.95" customHeight="1" thickBot="1">
       <c r="A27" s="19" t="s">
         <v>41</v>
       </c>
       <c r="B27" s="12" t="s">
         <v>48</v>
       </c>
-      <c r="C27" s="56">
+      <c r="C27" s="55">
         <v>8949</v>
       </c>
-      <c r="D27" s="56">
+      <c r="D27" s="55">
         <v>9430</v>
       </c>
-      <c r="E27" s="56">
+      <c r="E27" s="55">
         <v>10109</v>
       </c>
-      <c r="F27" s="56">
+      <c r="F27" s="55">
         <v>10928</v>
       </c>
-      <c r="G27" s="56">
+      <c r="G27" s="55">
         <v>11667</v>
       </c>
-      <c r="H27" s="56">
+      <c r="H27" s="55">
         <v>12277</v>
       </c>
-      <c r="I27" s="56">
+      <c r="I27" s="55">
         <v>12878</v>
       </c>
-      <c r="J27" s="56">
+      <c r="J27" s="55">
         <v>13474</v>
       </c>
-      <c r="K27" s="56">
+      <c r="K27" s="55">
         <v>13826</v>
       </c>
-      <c r="L27" s="56">
+      <c r="L27" s="55">
         <v>14340</v>
       </c>
-      <c r="M27" s="56">
+      <c r="M27" s="55">
         <v>14895</v>
       </c>
-      <c r="N27" s="56">
+      <c r="N27" s="55">
         <v>15352</v>
       </c>
-      <c r="O27" s="56">
+      <c r="O27" s="55">
         <v>16166</v>
       </c>
-      <c r="P27" s="56">
+      <c r="P27" s="55">
         <v>16393</v>
       </c>
-      <c r="Q27" s="56">
+      <c r="Q27" s="55">
         <v>16030</v>
       </c>
-      <c r="R27" s="56">
+      <c r="R27" s="55">
         <v>16466</v>
       </c>
-      <c r="S27" s="56">
+      <c r="S27" s="55">
         <v>16378</v>
       </c>
-      <c r="T27" s="56">
+      <c r="T27" s="55">
         <v>15644</v>
       </c>
-      <c r="U27" s="56">
+      <c r="U27" s="55">
         <v>16061</v>
       </c>
-      <c r="V27" s="56">
+      <c r="V27" s="55">
         <v>16280</v>
       </c>
-      <c r="W27" s="56">
+      <c r="W27" s="55">
         <v>16832</v>
       </c>
-      <c r="X27" s="56">
+      <c r="X27" s="55">
         <v>17587</v>
       </c>
-      <c r="Y27" s="56">
+      <c r="Y27" s="55">
         <v>18485</v>
       </c>
-      <c r="Z27" s="56">
+      <c r="Z27" s="55">
         <v>19364</v>
       </c>
-      <c r="AA27" s="56">
+      <c r="AA27" s="55">
         <v>20223</v>
       </c>
-      <c r="AB27" s="56">
+      <c r="AB27" s="55">
         <v>19080</v>
       </c>
-      <c r="AC27" s="56">
+      <c r="AC27" s="55">
         <v>20595</v>
       </c>
-      <c r="AD27" s="56">
+      <c r="AD27" s="55">
         <v>22882</v>
       </c>
-      <c r="AE27" s="56">
+      <c r="AE27" s="55">
         <v>24898</v>
       </c>
-      <c r="AF27" s="56">
+      <c r="AF27" s="55">
         <v>26553</v>
       </c>
       <c r="AG27" s="12" t="s">
         <v>49</v>
       </c>
       <c r="AH27" s="26" t="s">
         <v>54</v>
       </c>
-      <c r="AI27" s="67" t="s">
+      <c r="AI27" s="65" t="s">
         <v>99</v>
       </c>
-      <c r="AJ27" s="67" t="s">
-[...3 lines deleted...]
-      <c r="AL27" s="56"/>
+      <c r="AJ27" s="65" t="s">
+        <v>102</v>
+      </c>
+      <c r="AK27" s="55"/>
+      <c r="AL27" s="55"/>
       <c r="AM27" s="13"/>
       <c r="AN27" s="13"/>
       <c r="AO27" s="13"/>
       <c r="AP27" s="13"/>
       <c r="AQ27" s="13"/>
       <c r="AR27" s="13"/>
       <c r="AS27" s="13"/>
       <c r="AT27" s="13"/>
       <c r="AU27" s="13"/>
     </row>
     <row r="28" spans="1:47" ht="27.95" customHeight="1" thickBot="1">
       <c r="A28" s="21" t="s">
         <v>42</v>
       </c>
       <c r="B28" s="12" t="s">
         <v>8</v>
       </c>
-      <c r="C28" s="65" t="s">
+      <c r="C28" s="63" t="s">
         <v>88</v>
       </c>
-      <c r="D28" s="58">
+      <c r="D28" s="57">
         <v>5.2</v>
       </c>
-      <c r="E28" s="58">
+      <c r="E28" s="57">
         <v>6.3</v>
       </c>
-      <c r="F28" s="58">
+      <c r="F28" s="57">
         <v>8.8000000000000007</v>
       </c>
-      <c r="G28" s="58">
+      <c r="G28" s="57">
         <v>7.4</v>
       </c>
-      <c r="H28" s="58">
+      <c r="H28" s="57">
         <v>6.3</v>
       </c>
-      <c r="I28" s="58">
+      <c r="I28" s="57">
         <v>5.2</v>
       </c>
-      <c r="J28" s="58">
+      <c r="J28" s="57">
         <v>4.7</v>
       </c>
-      <c r="K28" s="58">
+      <c r="K28" s="57">
         <v>2.6</v>
       </c>
-      <c r="L28" s="58">
+      <c r="L28" s="57">
         <v>3.5</v>
       </c>
-      <c r="M28" s="58">
+      <c r="M28" s="57">
         <v>4.2</v>
       </c>
-      <c r="N28" s="58">
+      <c r="N28" s="57">
         <v>3.3</v>
       </c>
-      <c r="O28" s="58">
+      <c r="O28" s="57">
         <v>4.8</v>
       </c>
-      <c r="P28" s="58">
+      <c r="P28" s="57">
         <v>3.9</v>
       </c>
-      <c r="Q28" s="58">
+      <c r="Q28" s="57">
         <v>0.5</v>
       </c>
-      <c r="R28" s="58">
+      <c r="R28" s="57">
         <v>1.5</v>
       </c>
-      <c r="S28" s="58">
+      <c r="S28" s="57">
         <v>-2.1</v>
       </c>
-      <c r="T28" s="58">
+      <c r="T28" s="57">
         <v>-2.7</v>
       </c>
-      <c r="U28" s="58">
+      <c r="U28" s="57">
         <v>-1.1000000000000001</v>
       </c>
-      <c r="V28" s="58">
+      <c r="V28" s="57">
         <v>-0.1</v>
       </c>
-      <c r="W28" s="58">
+      <c r="W28" s="57">
         <v>3.7</v>
       </c>
-      <c r="X28" s="58">
+      <c r="X28" s="57">
         <v>3.3</v>
       </c>
-      <c r="Y28" s="58">
+      <c r="Y28" s="57">
         <v>2.7</v>
       </c>
-      <c r="Z28" s="58">
+      <c r="Z28" s="57">
         <v>4.5999999999999996</v>
       </c>
-      <c r="AA28" s="58">
+      <c r="AA28" s="57">
         <v>4.5</v>
       </c>
-      <c r="AB28" s="58">
+      <c r="AB28" s="57">
         <v>-0.9</v>
       </c>
-      <c r="AC28" s="58">
+      <c r="AC28" s="57">
         <v>5.6</v>
       </c>
-      <c r="AD28" s="58">
+      <c r="AD28" s="57">
         <v>8.9</v>
       </c>
-      <c r="AE28" s="58">
+      <c r="AE28" s="57">
         <v>9.1</v>
       </c>
-      <c r="AF28" s="58">
+      <c r="AF28" s="57">
         <v>10.199999999999999</v>
       </c>
       <c r="AG28" s="12" t="s">
         <v>87</v>
       </c>
       <c r="AH28" s="27" t="s">
         <v>55</v>
       </c>
       <c r="AI28" s="44" t="s">
         <v>99</v>
       </c>
       <c r="AJ28" s="44" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="AK28" s="13"/>
       <c r="AL28" s="13"/>
       <c r="AM28" s="13"/>
       <c r="AN28" s="13"/>
       <c r="AO28" s="13"/>
       <c r="AP28" s="13"/>
       <c r="AQ28" s="13"/>
       <c r="AR28" s="13"/>
       <c r="AS28" s="13"/>
       <c r="AT28" s="13"/>
       <c r="AU28" s="13"/>
     </row>
     <row r="29" spans="1:47" ht="27.95" customHeight="1" thickBot="1">
       <c r="A29" s="21" t="s">
         <v>43</v>
       </c>
       <c r="B29" s="12" t="s">
         <v>64</v>
       </c>
-      <c r="C29" s="58">
+      <c r="C29" s="57">
         <v>14.3</v>
       </c>
-      <c r="D29" s="58">
+      <c r="D29" s="57">
         <v>13.3</v>
       </c>
-      <c r="E29" s="58">
+      <c r="E29" s="57">
         <v>13</v>
       </c>
-      <c r="F29" s="58">
+      <c r="F29" s="57">
         <v>14.1</v>
       </c>
-      <c r="G29" s="58">
+      <c r="G29" s="57">
         <v>13.7</v>
       </c>
-      <c r="H29" s="58">
+      <c r="H29" s="57">
         <v>12.7</v>
       </c>
-      <c r="I29" s="58">
+      <c r="I29" s="57">
         <v>13</v>
       </c>
-      <c r="J29" s="58">
+      <c r="J29" s="57">
         <v>13</v>
       </c>
-      <c r="K29" s="58">
+      <c r="K29" s="57">
         <v>12.5</v>
       </c>
-      <c r="L29" s="58">
+      <c r="L29" s="57">
         <v>11.2</v>
       </c>
-      <c r="M29" s="58">
+      <c r="M29" s="57">
         <v>10</v>
       </c>
-      <c r="N29" s="58">
+      <c r="N29" s="57">
         <v>8.4</v>
       </c>
-      <c r="O29" s="58">
+      <c r="O29" s="57">
         <v>7.4</v>
       </c>
-      <c r="P29" s="58">
+      <c r="P29" s="57">
         <v>7.1</v>
       </c>
-      <c r="Q29" s="58">
+      <c r="Q29" s="57">
         <v>11.5</v>
       </c>
-      <c r="R29" s="58">
+      <c r="R29" s="57">
         <v>9.1999999999999993</v>
       </c>
-      <c r="S29" s="58">
+      <c r="S29" s="57">
         <v>8.9</v>
       </c>
-      <c r="T29" s="58">
+      <c r="T29" s="57">
         <v>9.8000000000000007</v>
       </c>
-      <c r="U29" s="58">
+      <c r="U29" s="57">
         <v>9</v>
       </c>
-      <c r="V29" s="58">
+      <c r="V29" s="57">
         <v>6.6</v>
       </c>
-      <c r="W29" s="58">
+      <c r="W29" s="57">
         <v>7.5</v>
       </c>
-      <c r="X29" s="58">
+      <c r="X29" s="57">
         <v>7.3</v>
       </c>
-      <c r="Y29" s="58">
+      <c r="Y29" s="57">
         <v>6.5</v>
       </c>
-      <c r="Z29" s="58">
+      <c r="Z29" s="57">
         <v>6.9</v>
       </c>
-      <c r="AA29" s="58">
+      <c r="AA29" s="57">
         <v>7</v>
       </c>
-      <c r="AB29" s="58">
+      <c r="AB29" s="57">
         <v>12</v>
       </c>
-      <c r="AC29" s="58">
+      <c r="AC29" s="57">
         <v>11</v>
       </c>
-      <c r="AD29" s="58">
+      <c r="AD29" s="57">
         <v>7.3</v>
       </c>
-      <c r="AE29" s="58">
+      <c r="AE29" s="57">
         <v>8.9</v>
       </c>
-      <c r="AF29" s="58">
+      <c r="AF29" s="57">
         <v>12.5</v>
       </c>
       <c r="AG29" s="12" t="s">
         <v>65</v>
       </c>
       <c r="AH29" s="27" t="s">
         <v>56</v>
       </c>
       <c r="AI29" s="44" t="s">
         <v>99</v>
       </c>
       <c r="AJ29" s="44" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="AK29" s="13"/>
       <c r="AL29" s="13"/>
       <c r="AM29" s="13"/>
       <c r="AN29" s="13"/>
       <c r="AO29" s="13"/>
       <c r="AP29" s="13"/>
       <c r="AQ29" s="13"/>
       <c r="AR29" s="13"/>
       <c r="AS29" s="13"/>
       <c r="AT29" s="13"/>
       <c r="AU29" s="13"/>
     </row>
     <row r="30" spans="1:47" ht="15" customHeight="1">
       <c r="A30" s="16" t="s">
         <v>81</v>
       </c>
       <c r="B30" s="11"/>
-      <c r="C30" s="51"/>
-[...28 lines deleted...]
-      <c r="AF30" s="51"/>
+      <c r="C30" s="50"/>
+      <c r="D30" s="50"/>
+      <c r="E30" s="50"/>
+      <c r="F30" s="50"/>
+      <c r="G30" s="50"/>
+      <c r="H30" s="50"/>
+      <c r="I30" s="50"/>
+      <c r="J30" s="50"/>
+      <c r="K30" s="50"/>
+      <c r="L30" s="50"/>
+      <c r="M30" s="50"/>
+      <c r="N30" s="50"/>
+      <c r="O30" s="50"/>
+      <c r="P30" s="50"/>
+      <c r="Q30" s="50"/>
+      <c r="R30" s="50"/>
+      <c r="S30" s="50"/>
+      <c r="T30" s="50"/>
+      <c r="U30" s="50"/>
+      <c r="V30" s="50"/>
+      <c r="W30" s="50"/>
+      <c r="X30" s="50"/>
+      <c r="Y30" s="50"/>
+      <c r="Z30" s="50"/>
+      <c r="AA30" s="50"/>
+      <c r="AB30" s="50"/>
+      <c r="AC30" s="56"/>
+      <c r="AD30" s="50"/>
+      <c r="AE30" s="50"/>
+      <c r="AF30" s="50"/>
       <c r="AG30" s="11"/>
       <c r="AH30" s="22" t="s">
         <v>82</v>
       </c>
       <c r="AI30" s="44" t="s">
         <v>99</v>
       </c>
       <c r="AJ30" s="44" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-      <c r="AL30" s="51"/>
+        <v>102</v>
+      </c>
+      <c r="AK30" s="50"/>
+      <c r="AL30" s="50"/>
       <c r="AM30" s="13"/>
       <c r="AN30" s="13"/>
       <c r="AO30" s="13"/>
       <c r="AP30" s="13"/>
       <c r="AQ30" s="13"/>
       <c r="AR30" s="13"/>
       <c r="AS30" s="13"/>
       <c r="AT30" s="13"/>
       <c r="AU30" s="13"/>
     </row>
     <row r="31" spans="1:47" ht="15" customHeight="1">
-      <c r="A31" s="48" t="s">
+      <c r="A31" s="47" t="s">
         <v>44</v>
       </c>
-      <c r="B31" s="71" t="s">
+      <c r="B31" s="70" t="s">
         <v>9</v>
       </c>
-      <c r="C31" s="58">
+      <c r="C31" s="57">
         <v>-0.96995169763340972</v>
       </c>
-      <c r="D31" s="58">
+      <c r="D31" s="57">
         <v>-2.4598196759607514</v>
       </c>
-      <c r="E31" s="58">
+      <c r="E31" s="57">
         <v>-3.6442060154620308</v>
       </c>
-      <c r="F31" s="58">
+      <c r="F31" s="57">
         <v>-5.5038706009294778</v>
       </c>
-      <c r="G31" s="58">
+      <c r="G31" s="57">
         <v>-6.6436057097252101</v>
       </c>
-      <c r="H31" s="58">
+      <c r="H31" s="57">
         <v>-9.4495257134039861</v>
       </c>
-      <c r="I31" s="58">
+      <c r="I31" s="57">
         <v>-8.5633269963546752</v>
       </c>
-      <c r="J31" s="58">
+      <c r="J31" s="57">
         <v>-6.7001237276222234</v>
       </c>
-      <c r="K31" s="58">
+      <c r="K31" s="57">
         <v>-4.4509559385748103</v>
       </c>
-      <c r="L31" s="58">
+      <c r="L31" s="57">
         <v>-6.4891123839025404</v>
       </c>
-      <c r="M31" s="58">
+      <c r="M31" s="57">
         <v>-8.3669408753823138</v>
       </c>
-      <c r="N31" s="58">
+      <c r="N31" s="57">
         <v>-8.8682920772946865</v>
       </c>
-      <c r="O31" s="58">
+      <c r="O31" s="57">
         <v>-8.584611373015246</v>
       </c>
-      <c r="P31" s="58">
+      <c r="P31" s="57">
         <v>-11.156777130985891</v>
       </c>
-      <c r="Q31" s="58">
+      <c r="Q31" s="57">
         <v>-8.6801198681284628</v>
       </c>
-      <c r="R31" s="58">
+      <c r="R31" s="57">
         <v>-8.932889272522285</v>
       </c>
-      <c r="S31" s="58">
+      <c r="S31" s="57">
         <v>-3.7008376490109844</v>
       </c>
-      <c r="T31" s="58">
+      <c r="T31" s="57">
         <v>0.34635655005156851</v>
       </c>
-      <c r="U31" s="58">
+      <c r="U31" s="57">
         <v>2.4966631150958167</v>
       </c>
-      <c r="V31" s="58">
+      <c r="V31" s="57">
         <v>1.2601184033444941</v>
       </c>
-      <c r="W31" s="58">
+      <c r="W31" s="57">
         <v>1.5095412740016367</v>
       </c>
-      <c r="X31" s="58">
+      <c r="X31" s="57">
         <v>1.8073283073599429</v>
       </c>
-      <c r="Y31" s="58">
+      <c r="Y31" s="57">
         <v>2.0278249402515507</v>
       </c>
-      <c r="Z31" s="58">
+      <c r="Z31" s="57">
         <v>1.4824209249700193</v>
       </c>
-      <c r="AA31" s="58">
+      <c r="AA31" s="57">
         <v>1.3296295442245727</v>
       </c>
-      <c r="AB31" s="58">
+      <c r="AB31" s="57">
         <v>0.14367164785452136</v>
       </c>
-      <c r="AC31" s="58">
+      <c r="AC31" s="57">
         <v>0.76034714074531362</v>
       </c>
-      <c r="AD31" s="58">
+      <c r="AD31" s="57">
         <v>-1.3259463182799147</v>
       </c>
-      <c r="AE31" s="58">
+      <c r="AE31" s="57">
         <v>1.8659368247649497</v>
       </c>
-      <c r="AF31" s="58">
+      <c r="AF31" s="57">
         <v>2.7567063806925218</v>
       </c>
-      <c r="AG31" s="71" t="s">
+      <c r="AG31" s="70" t="s">
         <v>20</v>
       </c>
-      <c r="AH31" s="49" t="s">
+      <c r="AH31" s="48" t="s">
         <v>57</v>
       </c>
       <c r="AI31" s="45"/>
       <c r="AJ31" s="45"/>
       <c r="AK31" s="13"/>
       <c r="AL31" s="13"/>
       <c r="AM31" s="13"/>
       <c r="AN31" s="13"/>
       <c r="AO31" s="13"/>
       <c r="AP31" s="13"/>
       <c r="AQ31" s="13"/>
       <c r="AR31" s="13"/>
       <c r="AS31" s="13"/>
       <c r="AT31" s="13"/>
       <c r="AU31" s="13"/>
     </row>
     <row r="32" spans="1:47" ht="15" customHeight="1">
       <c r="A32" s="17" t="s">
         <v>45</v>
       </c>
-      <c r="B32" s="71"/>
-      <c r="C32" s="58">
+      <c r="B32" s="70"/>
+      <c r="C32" s="57">
         <v>-0.83396387071620837</v>
       </c>
-      <c r="D32" s="58">
+      <c r="D32" s="57">
         <v>-1.228640648995514</v>
       </c>
-      <c r="E32" s="58">
+      <c r="E32" s="57">
         <v>-2.9286346966743988</v>
       </c>
-      <c r="F32" s="58">
+      <c r="F32" s="57">
         <v>-5.0795071952058741</v>
       </c>
-      <c r="G32" s="58">
+      <c r="G32" s="57">
         <v>-6.492233638526983</v>
       </c>
-      <c r="H32" s="58">
+      <c r="H32" s="57">
         <v>-8.1031094282267233</v>
       </c>
-      <c r="I32" s="58">
+      <c r="I32" s="57">
         <v>-7.5035303440856289</v>
       </c>
-      <c r="J32" s="58">
+      <c r="J32" s="57">
         <v>-6.3906072033777086</v>
       </c>
-      <c r="K32" s="58">
+      <c r="K32" s="57">
         <v>-2.9099406660704359</v>
       </c>
-      <c r="L32" s="58">
+      <c r="L32" s="57">
         <v>-4.466174709186407</v>
       </c>
-      <c r="M32" s="58">
+      <c r="M32" s="57">
         <v>-5.6121628805523009</v>
       </c>
-      <c r="N32" s="58">
+      <c r="N32" s="57">
         <v>-5.8961309678490021</v>
       </c>
-      <c r="O32" s="58">
+      <c r="O32" s="57">
         <v>-6.9477807761430306</v>
       </c>
-      <c r="P32" s="58">
+      <c r="P32" s="57">
         <v>-8.3928786588348991</v>
       </c>
-      <c r="Q32" s="58">
+      <c r="Q32" s="57">
         <v>-4.5906804047103043</v>
       </c>
-      <c r="R32" s="58">
+      <c r="R32" s="57">
         <v>-2.2207051069304371</v>
       </c>
-      <c r="S32" s="58">
+      <c r="S32" s="57">
         <v>-2.3242873407787292</v>
       </c>
-      <c r="T32" s="58">
+      <c r="T32" s="57">
         <v>-0.39359197810590435</v>
       </c>
-      <c r="U32" s="58">
+      <c r="U32" s="57">
         <v>1.161145131130306</v>
       </c>
-      <c r="V32" s="58">
+      <c r="V32" s="57">
         <v>1.9522155811283037</v>
       </c>
-      <c r="W32" s="58">
+      <c r="W32" s="57">
         <v>0.39326291464130014</v>
       </c>
-      <c r="X32" s="58">
+      <c r="X32" s="57">
         <v>-0.36671169689002886</v>
       </c>
-      <c r="Y32" s="58">
+      <c r="Y32" s="57">
         <v>-0.65409373326725573</v>
       </c>
-      <c r="Z32" s="58">
+      <c r="Z32" s="57">
         <v>-2.3443098463677106</v>
       </c>
-      <c r="AA32" s="58">
+      <c r="AA32" s="57">
         <v>-2.9841974745905926</v>
       </c>
-      <c r="AB32" s="58">
+      <c r="AB32" s="57">
         <v>-2.0508120805517729</v>
       </c>
-      <c r="AC32" s="58">
+      <c r="AC32" s="57">
         <v>-2.845826330917804</v>
       </c>
-      <c r="AD32" s="58">
+      <c r="AD32" s="57">
         <v>-4.4117816688464524</v>
       </c>
-      <c r="AE32" s="58">
+      <c r="AE32" s="57">
         <v>-3.9774078012894254</v>
       </c>
-      <c r="AF32" s="58">
+      <c r="AF32" s="57">
         <v>-4.5626774990404879</v>
       </c>
-      <c r="AG32" s="71"/>
+      <c r="AG32" s="70"/>
       <c r="AH32" s="23" t="s">
         <v>58</v>
       </c>
       <c r="AI32" s="45"/>
       <c r="AJ32" s="45"/>
       <c r="AK32" s="13"/>
       <c r="AL32" s="13"/>
       <c r="AM32" s="13"/>
       <c r="AN32" s="13"/>
       <c r="AO32" s="13"/>
       <c r="AP32" s="13"/>
       <c r="AQ32" s="13"/>
       <c r="AR32" s="13"/>
       <c r="AS32" s="13"/>
       <c r="AT32" s="13"/>
       <c r="AU32" s="13"/>
     </row>
     <row r="33" spans="1:47" ht="15" customHeight="1">
       <c r="A33" s="17" t="s">
         <v>46</v>
       </c>
-      <c r="B33" s="71"/>
-      <c r="C33" s="58">
+      <c r="B33" s="70"/>
+      <c r="C33" s="57">
         <v>1.2415813950573169</v>
       </c>
-      <c r="D33" s="58">
+      <c r="D33" s="57">
         <v>0.38846191793416368</v>
       </c>
-      <c r="E33" s="58">
+      <c r="E33" s="57">
         <v>0.72828008258693155</v>
       </c>
-      <c r="F33" s="58">
+      <c r="F33" s="57">
         <v>0.89086293661797478</v>
       </c>
-      <c r="G33" s="58">
+      <c r="G33" s="57">
         <v>0.84084298506634392</v>
       </c>
-      <c r="H33" s="58">
+      <c r="H33" s="57">
         <v>0.62329825900816738</v>
       </c>
-      <c r="I33" s="58">
+      <c r="I33" s="57">
         <v>1.4860054253430388</v>
       </c>
-      <c r="J33" s="58">
+      <c r="J33" s="57">
         <v>0.8165781755681365</v>
       </c>
-      <c r="K33" s="58">
+      <c r="K33" s="57">
         <v>1.3803125667797493</v>
       </c>
-      <c r="L33" s="58">
+      <c r="L33" s="57">
         <v>1.7881706570187104</v>
       </c>
-      <c r="M33" s="58">
+      <c r="M33" s="57">
         <v>2.4473704339977713</v>
       </c>
-      <c r="N33" s="58">
+      <c r="N33" s="57">
         <v>0.42339589454665083</v>
       </c>
-      <c r="O33" s="58">
+      <c r="O33" s="57">
         <v>1.3700338529454377</v>
       </c>
-      <c r="P33" s="58">
+      <c r="P33" s="57">
         <v>1.3403761795322191</v>
       </c>
-      <c r="Q33" s="58">
+      <c r="Q33" s="57">
         <v>1.326710335588446</v>
       </c>
-      <c r="R33" s="58">
+      <c r="R33" s="57">
         <v>2.1961110261593992</v>
       </c>
-      <c r="S33" s="58">
+      <c r="S33" s="57">
         <v>3.7494577553119033</v>
       </c>
-      <c r="T33" s="58">
+      <c r="T33" s="57">
         <v>3.042560835416185</v>
       </c>
-      <c r="U33" s="58">
+      <c r="U33" s="57">
         <v>2.5934214986144797</v>
       </c>
-      <c r="V33" s="58">
+      <c r="V33" s="57">
         <v>4.5951061750933189</v>
       </c>
-      <c r="W33" s="58">
+      <c r="W33" s="57">
         <v>3.1163980966673588</v>
       </c>
-      <c r="X33" s="58">
+      <c r="X33" s="57">
         <v>1.859437766927718</v>
       </c>
-      <c r="Y33" s="58">
+      <c r="Y33" s="57">
         <v>4.0999409055745657</v>
       </c>
-      <c r="Z33" s="58">
+      <c r="Z33" s="57">
         <v>2.480241651165108</v>
       </c>
-      <c r="AA33" s="58">
+      <c r="AA33" s="57">
         <v>2.7808946560437957</v>
       </c>
-      <c r="AB33" s="58">
+      <c r="AB33" s="57">
         <v>2.8846803807370569</v>
       </c>
-      <c r="AC33" s="58">
+      <c r="AC33" s="57">
         <v>2.4801547961581982</v>
       </c>
-      <c r="AD33" s="58">
+      <c r="AD33" s="57">
         <v>2.1434962540911808</v>
       </c>
-      <c r="AE33" s="58">
+      <c r="AE33" s="57">
         <v>2.2611203520261873</v>
       </c>
-      <c r="AF33" s="58">
+      <c r="AF33" s="57">
         <v>2.1024498554602413</v>
       </c>
-      <c r="AG33" s="71"/>
+      <c r="AG33" s="70"/>
       <c r="AH33" s="23" t="s">
         <v>59</v>
       </c>
       <c r="AI33" s="45"/>
       <c r="AJ33" s="45"/>
       <c r="AK33" s="13"/>
       <c r="AL33" s="13"/>
       <c r="AM33" s="13"/>
       <c r="AN33" s="13"/>
       <c r="AO33" s="13"/>
       <c r="AP33" s="13"/>
       <c r="AQ33" s="13"/>
       <c r="AR33" s="13"/>
       <c r="AS33" s="13"/>
       <c r="AT33" s="13"/>
       <c r="AU33" s="13"/>
     </row>
     <row r="34" spans="1:47" ht="15" customHeight="1">
       <c r="A34" s="17" t="s">
         <v>47</v>
       </c>
-      <c r="B34" s="71"/>
-      <c r="C34" s="58">
+      <c r="B34" s="70"/>
+      <c r="C34" s="57">
         <v>-5.1786776685597538</v>
       </c>
-      <c r="D34" s="58">
+      <c r="D34" s="57">
         <v>-4.7376572590069008</v>
       </c>
-      <c r="E34" s="58">
+      <c r="E34" s="57">
         <v>-3.7056038563500202</v>
       </c>
-      <c r="F34" s="58">
+      <c r="F34" s="57">
         <v>-4.387542574930885</v>
       </c>
-      <c r="G34" s="58">
+      <c r="G34" s="57">
         <v>-3.0314973319508143</v>
       </c>
-      <c r="H34" s="58">
+      <c r="H34" s="57">
         <v>-3.1711058674123458</v>
       </c>
-      <c r="I34" s="58">
+      <c r="I34" s="57">
         <v>-4.741517638198057</v>
       </c>
-      <c r="J34" s="58">
+      <c r="J34" s="57">
         <v>-3.2875663634134904</v>
       </c>
-      <c r="K34" s="58">
+      <c r="K34" s="57">
         <v>-5.6994352583714871</v>
       </c>
-      <c r="L34" s="58">
+      <c r="L34" s="57">
         <v>-6.2022561447415887</v>
       </c>
-      <c r="M34" s="58">
+      <c r="M34" s="57">
         <v>-6.1300096149732006</v>
       </c>
-      <c r="N34" s="58">
+      <c r="N34" s="57">
         <v>-4.1670025603019329</v>
       </c>
-      <c r="O34" s="58">
+      <c r="O34" s="57">
         <v>-2.8750451445832157</v>
       </c>
-      <c r="P34" s="58">
+      <c r="P34" s="57">
         <v>-3.8107191859333485</v>
       </c>
-      <c r="Q34" s="58">
+      <c r="Q34" s="57">
         <v>-9.8742320253603211</v>
       </c>
-      <c r="R34" s="58">
+      <c r="R34" s="57">
         <v>-11.418378139382142</v>
       </c>
-      <c r="S34" s="58">
+      <c r="S34" s="57">
         <v>-7.7269733353716159</v>
       </c>
-      <c r="T34" s="58">
+      <c r="T34" s="57">
         <v>-6.2024139849144468</v>
       </c>
-      <c r="U34" s="58">
+      <c r="U34" s="57">
         <v>-5.2135667858889043</v>
       </c>
-      <c r="V34" s="58">
+      <c r="V34" s="57">
         <v>-7.3628851395034012</v>
       </c>
-      <c r="W34" s="58">
+      <c r="W34" s="57">
         <v>-4.4739755589845256</v>
       </c>
-      <c r="X34" s="58">
+      <c r="X34" s="57">
         <v>-1.9433670367250984</v>
       </c>
-      <c r="Y34" s="58">
+      <c r="Y34" s="57">
         <v>-3.0021911763867157</v>
       </c>
-      <c r="Z34" s="58">
+      <c r="Z34" s="57">
         <v>-0.4257731818052225</v>
       </c>
-      <c r="AA34" s="58">
+      <c r="AA34" s="57">
         <v>0.11608612198765092</v>
       </c>
-      <c r="AB34" s="58">
+      <c r="AB34" s="57">
         <v>-5.7522322052026409</v>
       </c>
-      <c r="AC34" s="58">
+      <c r="AC34" s="57">
         <v>-2.8255084228876939</v>
       </c>
-      <c r="AD34" s="58">
+      <c r="AD34" s="57">
         <v>-0.31041197139074217</v>
       </c>
-      <c r="AE34" s="58">
+      <c r="AE34" s="57">
         <v>1.2571537360568901</v>
       </c>
-      <c r="AF34" s="58">
+      <c r="AF34" s="57">
         <v>0.5014779270143408</v>
       </c>
-      <c r="AG34" s="71"/>
+      <c r="AG34" s="70"/>
       <c r="AH34" s="23" t="s">
         <v>60</v>
       </c>
       <c r="AI34" s="45"/>
       <c r="AJ34" s="45"/>
       <c r="AK34" s="13"/>
       <c r="AL34" s="13"/>
       <c r="AM34" s="13"/>
       <c r="AN34" s="13"/>
       <c r="AO34" s="13"/>
       <c r="AP34" s="13"/>
       <c r="AQ34" s="13"/>
       <c r="AR34" s="13"/>
       <c r="AS34" s="13"/>
       <c r="AT34" s="13"/>
       <c r="AU34" s="13"/>
     </row>
     <row r="35" spans="1:47" ht="15" customHeight="1">
       <c r="A35" s="17" t="s">
         <v>11</v>
       </c>
-      <c r="B35" s="71"/>
-      <c r="C35" s="58">
+      <c r="B35" s="70"/>
+      <c r="C35" s="57">
         <v>3.8011084465852698</v>
       </c>
-      <c r="D35" s="58">
+      <c r="D35" s="57">
         <v>3.1180163141075332</v>
       </c>
-      <c r="E35" s="58">
+      <c r="E35" s="57">
         <v>2.2617524549754751</v>
       </c>
-      <c r="F35" s="58">
+      <c r="F35" s="57">
         <v>3.0723162325893054</v>
       </c>
-      <c r="G35" s="58">
+      <c r="G35" s="57">
         <v>2.0392822756862787</v>
       </c>
-      <c r="H35" s="58">
+      <c r="H35" s="57">
         <v>1.2013913232269402</v>
       </c>
-      <c r="I35" s="58">
+      <c r="I35" s="57">
         <v>2.1957155605859384</v>
       </c>
-      <c r="J35" s="58">
+      <c r="J35" s="57">
         <v>2.1614716636008264</v>
       </c>
-      <c r="K35" s="58">
+      <c r="K35" s="57">
         <v>2.7781074190873771</v>
       </c>
-      <c r="L35" s="58">
+      <c r="L35" s="57">
         <v>2.3911478130067163</v>
       </c>
-      <c r="M35" s="58">
+      <c r="M35" s="57">
         <v>0.92786118614539714</v>
       </c>
-      <c r="N35" s="58">
+      <c r="N35" s="57">
         <v>0.77144555630959732</v>
       </c>
-      <c r="O35" s="58">
+      <c r="O35" s="57">
         <v>-0.13181930523447064</v>
       </c>
-      <c r="P35" s="58">
+      <c r="P35" s="57">
         <v>-0.29355546574988828</v>
       </c>
-      <c r="Q35" s="58">
+      <c r="Q35" s="57">
         <v>4.4580822263537403</v>
       </c>
-      <c r="R35" s="58">
+      <c r="R35" s="57">
         <v>2.5100829476308602</v>
       </c>
-      <c r="S35" s="58">
+      <c r="S35" s="57">
         <v>2.6009652718274459</v>
       </c>
-      <c r="T35" s="58">
+      <c r="T35" s="57">
         <v>3.8998016776557267</v>
       </c>
-      <c r="U35" s="58">
+      <c r="U35" s="57">
         <v>3.9556632712399251</v>
       </c>
-      <c r="V35" s="58">
+      <c r="V35" s="57">
         <v>2.0756817866262769</v>
       </c>
-      <c r="W35" s="58">
+      <c r="W35" s="57">
         <v>2.4738558216774607</v>
       </c>
-      <c r="X35" s="58">
+      <c r="X35" s="57">
         <v>2.2579692740474222</v>
       </c>
-      <c r="Y35" s="58">
+      <c r="Y35" s="57">
         <v>1.5841689443309139</v>
       </c>
-      <c r="Z35" s="58">
+      <c r="Z35" s="57">
         <v>1.7722623019778414</v>
       </c>
-      <c r="AA35" s="58">
+      <c r="AA35" s="57">
         <v>1.4168462407836961</v>
       </c>
-      <c r="AB35" s="58">
+      <c r="AB35" s="57">
         <v>5.0620355528718548</v>
       </c>
-      <c r="AC35" s="58">
+      <c r="AC35" s="57">
         <v>3.9515270983925994</v>
       </c>
-      <c r="AD35" s="58">
+      <c r="AD35" s="57">
         <v>1.2527510678660991</v>
       </c>
-      <c r="AE35" s="58">
+      <c r="AE35" s="57">
         <v>2.3250705379713161</v>
       </c>
-      <c r="AF35" s="58">
+      <c r="AF35" s="57">
         <v>4.715455406240209</v>
       </c>
-      <c r="AG35" s="71"/>
+      <c r="AG35" s="70"/>
       <c r="AH35" s="23" t="s">
         <v>18</v>
       </c>
       <c r="AI35" s="45"/>
       <c r="AJ35" s="45"/>
       <c r="AK35" s="13"/>
       <c r="AL35" s="13"/>
       <c r="AM35" s="13"/>
       <c r="AN35" s="13"/>
       <c r="AO35" s="13"/>
       <c r="AP35" s="13"/>
       <c r="AQ35" s="13"/>
       <c r="AR35" s="13"/>
       <c r="AS35" s="13"/>
       <c r="AT35" s="13"/>
       <c r="AU35" s="13"/>
     </row>
     <row r="36" spans="1:47" ht="15" customHeight="1" thickBot="1">
       <c r="A36" s="18" t="s">
         <v>12</v>
       </c>
-      <c r="B36" s="71"/>
-      <c r="C36" s="58">
+      <c r="B36" s="70"/>
+      <c r="C36" s="57">
         <v>0.97167249380443321</v>
       </c>
-      <c r="D36" s="58">
+      <c r="D36" s="57">
         <v>2.4597539642972253</v>
       </c>
-      <c r="E36" s="58">
+      <c r="E36" s="57">
         <v>3.6633273058319769</v>
       </c>
-      <c r="F36" s="58">
+      <c r="F36" s="57">
         <v>5.5158855032879535</v>
       </c>
-      <c r="G36" s="58">
+      <c r="G36" s="57">
         <v>6.6363400242158868</v>
       </c>
-      <c r="H36" s="58">
+      <c r="H36" s="57">
         <v>9.4632609283169042</v>
       </c>
-      <c r="I36" s="58">
+      <c r="I36" s="57">
         <v>8.551090576617085</v>
       </c>
-      <c r="J36" s="58">
+      <c r="J36" s="57">
         <v>6.7014551504503155</v>
       </c>
-      <c r="K36" s="58">
+      <c r="K36" s="57">
         <v>4.4599428575176345</v>
       </c>
-      <c r="L36" s="58">
+      <c r="L36" s="57">
         <v>6.5142876915057988</v>
       </c>
-      <c r="M36" s="58">
+      <c r="M36" s="57">
         <v>8.3975250273877382</v>
       </c>
-      <c r="N36" s="58">
+      <c r="N36" s="57">
         <v>8.8726496976259597</v>
       </c>
-      <c r="O36" s="58">
+      <c r="O36" s="57">
         <v>8.6495314733500042</v>
       </c>
-      <c r="P36" s="58">
+      <c r="P36" s="57">
         <v>11.400485240932616</v>
       </c>
-      <c r="Q36" s="58">
+      <c r="Q36" s="57">
         <v>8.6703323018697542</v>
       </c>
-      <c r="R36" s="58">
+      <c r="R36" s="57">
         <v>8.9252550163209676</v>
       </c>
-      <c r="S36" s="58">
+      <c r="S36" s="57">
         <v>3.7779069207011511</v>
       </c>
-      <c r="T36" s="58">
+      <c r="T36" s="57">
         <v>-0.30355986382952976</v>
       </c>
-      <c r="U36" s="58">
+      <c r="U36" s="57">
         <v>-2.4616340995332315</v>
       </c>
-      <c r="V36" s="58">
+      <c r="V36" s="57">
         <v>-1.1958732711183009</v>
       </c>
-      <c r="W36" s="58">
+      <c r="W36" s="57">
         <v>-1.4926715806902053</v>
       </c>
-      <c r="X36" s="58">
+      <c r="X36" s="57">
         <v>-1.8192732106605416</v>
       </c>
-      <c r="Y36" s="58">
+      <c r="Y36" s="57">
         <v>-1.9811810839427018</v>
       </c>
-      <c r="Z36" s="58">
+      <c r="Z36" s="57">
         <v>-1.3325631066026968</v>
       </c>
-      <c r="AA36" s="58">
+      <c r="AA36" s="57">
         <v>-1.2795908230529478</v>
       </c>
-      <c r="AB36" s="58">
+      <c r="AB36" s="57">
         <v>-0.14457647575303154</v>
       </c>
-      <c r="AC36" s="58">
+      <c r="AC36" s="57">
         <v>-0.7004594982640312</v>
       </c>
-      <c r="AD36" s="58">
+      <c r="AD36" s="57">
         <v>1.2245239722202605</v>
       </c>
-      <c r="AE36" s="58">
+      <c r="AE36" s="57">
         <v>-1.8071639514195226</v>
       </c>
-      <c r="AF36" s="58">
+      <c r="AF36" s="57">
         <v>-2.6848057979523654</v>
       </c>
-      <c r="AG36" s="71"/>
+      <c r="AG36" s="70"/>
       <c r="AH36" s="24" t="s">
         <v>19</v>
       </c>
       <c r="AI36" s="45"/>
       <c r="AJ36" s="45"/>
       <c r="AK36" s="13"/>
       <c r="AL36" s="13"/>
       <c r="AM36" s="13"/>
       <c r="AN36" s="13"/>
       <c r="AO36" s="13"/>
       <c r="AP36" s="13"/>
       <c r="AQ36" s="13"/>
       <c r="AR36" s="13"/>
       <c r="AS36" s="13"/>
       <c r="AT36" s="13"/>
       <c r="AU36" s="13"/>
     </row>
     <row r="37" spans="1:47" ht="27.95" customHeight="1" thickBot="1">
       <c r="A37" s="21" t="s">
         <v>67</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>8</v>
       </c>
-      <c r="C37" s="65" t="s">
+      <c r="C37" s="63" t="s">
         <v>88</v>
       </c>
-      <c r="D37" s="58">
+      <c r="D37" s="57">
         <v>1.4</v>
       </c>
-      <c r="E37" s="58">
+      <c r="E37" s="57">
         <v>1.5</v>
       </c>
-      <c r="F37" s="58">
+      <c r="F37" s="57">
         <v>0.6</v>
       </c>
-      <c r="G37" s="58">
+      <c r="G37" s="57">
         <v>1.7</v>
       </c>
-      <c r="H37" s="58">
+      <c r="H37" s="57">
         <v>1.1000000000000001</v>
       </c>
-      <c r="I37" s="58">
+      <c r="I37" s="57">
         <v>1</v>
       </c>
-      <c r="J37" s="58">
+      <c r="J37" s="57">
         <v>0.3</v>
       </c>
-      <c r="K37" s="58">
+      <c r="K37" s="57">
         <v>0.5</v>
       </c>
-      <c r="L37" s="58">
+      <c r="L37" s="57">
         <v>2.4</v>
       </c>
-      <c r="M37" s="58">
+      <c r="M37" s="57">
         <v>0.9</v>
       </c>
-      <c r="N37" s="58">
+      <c r="N37" s="57">
         <v>1.6</v>
       </c>
-      <c r="O37" s="58">
+      <c r="O37" s="57">
         <v>2.9</v>
       </c>
-      <c r="P37" s="58">
+      <c r="P37" s="57">
         <v>0.4</v>
       </c>
-      <c r="Q37" s="58">
+      <c r="Q37" s="57">
         <v>0.3</v>
       </c>
-      <c r="R37" s="58">
+      <c r="R37" s="57">
         <v>2.7</v>
       </c>
-      <c r="S37" s="58">
+      <c r="S37" s="57">
         <v>1.5</v>
       </c>
-      <c r="T37" s="58">
+      <c r="T37" s="57">
         <v>2.2000000000000002</v>
       </c>
-      <c r="U37" s="58">
+      <c r="U37" s="57">
         <v>1.9</v>
       </c>
-      <c r="V37" s="58">
+      <c r="V37" s="57">
         <v>-1.3</v>
       </c>
-      <c r="W37" s="58">
+      <c r="W37" s="57">
         <v>-0.5</v>
       </c>
-      <c r="X37" s="58">
+      <c r="X37" s="57">
         <v>-0.1</v>
       </c>
-      <c r="Y37" s="58">
+      <c r="Y37" s="57">
         <v>0.1</v>
       </c>
-      <c r="Z37" s="58">
+      <c r="Z37" s="57">
         <v>0</v>
       </c>
-      <c r="AA37" s="58">
+      <c r="AA37" s="57">
         <v>0.9</v>
       </c>
-      <c r="AB37" s="58">
+      <c r="AB37" s="57">
         <v>-5.8</v>
       </c>
-      <c r="AC37" s="58">
+      <c r="AC37" s="57">
         <v>2.8</v>
       </c>
-      <c r="AD37" s="58">
+      <c r="AD37" s="57">
         <v>1.1000000000000001</v>
       </c>
-      <c r="AE37" s="58">
+      <c r="AE37" s="57">
         <v>-0.7</v>
       </c>
-      <c r="AF37" s="58">
+      <c r="AF37" s="57">
         <v>1.5</v>
       </c>
       <c r="AG37" s="12" t="s">
         <v>87</v>
       </c>
       <c r="AH37" s="27" t="s">
         <v>66</v>
       </c>
       <c r="AI37" s="44" t="s">
         <v>99</v>
       </c>
       <c r="AJ37" s="44" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-      <c r="AL37" s="52"/>
+        <v>102</v>
+      </c>
+      <c r="AK37" s="51"/>
+      <c r="AL37" s="51"/>
       <c r="AM37" s="13"/>
       <c r="AN37" s="13"/>
       <c r="AO37" s="13"/>
       <c r="AP37" s="13"/>
       <c r="AQ37" s="13"/>
       <c r="AR37" s="13"/>
       <c r="AS37" s="13"/>
       <c r="AT37" s="13"/>
       <c r="AU37" s="13"/>
     </row>
     <row r="38" spans="1:47" ht="16.5" customHeight="1">
       <c r="A38" s="21" t="s">
         <v>79</v>
       </c>
-      <c r="B38" s="47"/>
-[...29 lines deleted...]
-      <c r="AF38" s="66"/>
+      <c r="B38" s="46"/>
+      <c r="C38" s="52"/>
+      <c r="D38" s="52"/>
+      <c r="E38" s="52"/>
+      <c r="F38" s="52"/>
+      <c r="G38" s="52"/>
+      <c r="H38" s="52"/>
+      <c r="I38" s="52"/>
+      <c r="J38" s="52"/>
+      <c r="K38" s="52"/>
+      <c r="L38" s="52"/>
+      <c r="M38" s="52"/>
+      <c r="N38" s="52"/>
+      <c r="O38" s="52"/>
+      <c r="P38" s="52"/>
+      <c r="Q38" s="52"/>
+      <c r="R38" s="52"/>
+      <c r="S38" s="52"/>
+      <c r="T38" s="52"/>
+      <c r="U38" s="52"/>
+      <c r="V38" s="52"/>
+      <c r="W38" s="52"/>
+      <c r="X38" s="52"/>
+      <c r="Y38" s="52"/>
+      <c r="Z38" s="52"/>
+      <c r="AA38" s="52"/>
+      <c r="AB38" s="52"/>
+      <c r="AC38" s="58"/>
+      <c r="AD38" s="52"/>
+      <c r="AE38" s="52"/>
+      <c r="AF38" s="64"/>
       <c r="AG38" s="15"/>
       <c r="AH38" s="27" t="s">
         <v>80</v>
       </c>
-      <c r="AI38" s="50" t="s">
+      <c r="AI38" s="49" t="s">
         <v>99</v>
       </c>
-      <c r="AJ38" s="46" t="s">
-[...3 lines deleted...]
-      <c r="AL38" s="53"/>
+      <c r="AJ38" s="68" t="s">
+        <v>102</v>
+      </c>
+      <c r="AK38" s="52"/>
+      <c r="AL38" s="52"/>
       <c r="AM38" s="13"/>
       <c r="AN38" s="13"/>
       <c r="AO38" s="13"/>
       <c r="AP38" s="13"/>
       <c r="AQ38" s="13"/>
       <c r="AR38" s="13"/>
       <c r="AS38" s="13"/>
       <c r="AT38" s="13"/>
       <c r="AU38" s="13"/>
     </row>
     <row r="39" spans="1:47" ht="15" customHeight="1">
       <c r="A39" s="17" t="s">
         <v>10</v>
       </c>
-      <c r="B39" s="70" t="s">
+      <c r="B39" s="69" t="s">
         <v>8</v>
       </c>
-      <c r="C39" s="65" t="s">
+      <c r="C39" s="63" t="s">
         <v>88</v>
       </c>
-      <c r="D39" s="58">
+      <c r="D39" s="57">
         <v>7.4</v>
       </c>
-      <c r="E39" s="58">
+      <c r="E39" s="57">
         <v>8.6</v>
       </c>
-      <c r="F39" s="58">
+      <c r="F39" s="57">
         <v>9.3000000000000007</v>
       </c>
-      <c r="G39" s="58">
+      <c r="G39" s="57">
         <v>7.5</v>
       </c>
-      <c r="H39" s="58">
+      <c r="H39" s="57">
         <v>8.3000000000000007</v>
       </c>
-      <c r="I39" s="58">
+      <c r="I39" s="57">
         <v>5.8</v>
       </c>
-      <c r="J39" s="58">
+      <c r="J39" s="57">
         <v>4.5999999999999996</v>
       </c>
-      <c r="K39" s="58">
+      <c r="K39" s="57">
         <v>2.1</v>
       </c>
-      <c r="L39" s="58">
+      <c r="L39" s="57">
         <v>3.6</v>
       </c>
-      <c r="M39" s="58">
+      <c r="M39" s="57">
         <v>4.7</v>
       </c>
-      <c r="N39" s="58">
+      <c r="N39" s="57">
         <v>2.8</v>
       </c>
-      <c r="O39" s="58">
+      <c r="O39" s="57">
         <v>4.0999999999999996</v>
       </c>
-      <c r="P39" s="58">
+      <c r="P39" s="57">
         <v>3.2</v>
       </c>
-      <c r="Q39" s="58">
+      <c r="Q39" s="57">
         <v>0</v>
       </c>
-      <c r="R39" s="58">
+      <c r="R39" s="57">
         <v>1.9</v>
       </c>
-      <c r="S39" s="58">
+      <c r="S39" s="57">
         <v>-3.7</v>
       </c>
-      <c r="T39" s="58">
+      <c r="T39" s="57">
         <v>-7.7</v>
       </c>
-      <c r="U39" s="58">
+      <c r="U39" s="57">
         <v>1.1000000000000001</v>
       </c>
-      <c r="V39" s="58">
+      <c r="V39" s="57">
         <v>0.1</v>
       </c>
-      <c r="W39" s="58">
+      <c r="W39" s="57">
         <v>2.5</v>
       </c>
-      <c r="X39" s="58">
+      <c r="X39" s="57">
         <v>3.4</v>
       </c>
-      <c r="Y39" s="58">
+      <c r="Y39" s="57">
         <v>5.7</v>
       </c>
-      <c r="Z39" s="58">
+      <c r="Z39" s="57">
         <v>6.5</v>
       </c>
-      <c r="AA39" s="58">
+      <c r="AA39" s="57">
         <v>5.9</v>
       </c>
-      <c r="AB39" s="58">
+      <c r="AB39" s="57">
         <v>-0.1</v>
       </c>
-      <c r="AC39" s="58">
+      <c r="AC39" s="57">
         <v>7.1</v>
       </c>
-      <c r="AD39" s="58">
+      <c r="AD39" s="57">
         <v>9.5</v>
       </c>
-      <c r="AE39" s="58">
+      <c r="AE39" s="57">
         <v>11.8</v>
       </c>
-      <c r="AF39" s="58">
+      <c r="AF39" s="57">
         <v>8.6</v>
       </c>
-      <c r="AG39" s="70" t="s">
+      <c r="AG39" s="69" t="s">
         <v>87</v>
       </c>
       <c r="AH39" s="23" t="s">
         <v>61</v>
       </c>
       <c r="AI39" s="41"/>
       <c r="AJ39" s="41"/>
       <c r="AK39" s="13"/>
       <c r="AL39" s="13"/>
       <c r="AM39" s="13"/>
       <c r="AN39" s="13"/>
       <c r="AO39" s="13"/>
       <c r="AP39" s="13"/>
       <c r="AQ39" s="13"/>
       <c r="AR39" s="13"/>
       <c r="AS39" s="13"/>
       <c r="AT39" s="13"/>
       <c r="AU39" s="13"/>
     </row>
     <row r="40" spans="1:47" ht="15" customHeight="1" thickBot="1">
       <c r="A40" s="18" t="s">
         <v>68</v>
       </c>
-      <c r="B40" s="70"/>
-      <c r="C40" s="65" t="s">
+      <c r="B40" s="69"/>
+      <c r="C40" s="63" t="s">
         <v>88</v>
       </c>
-      <c r="D40" s="58">
+      <c r="D40" s="57">
         <v>4.2</v>
       </c>
-      <c r="E40" s="58">
+      <c r="E40" s="57">
         <v>3.9</v>
       </c>
-      <c r="F40" s="58">
+      <c r="F40" s="57">
         <v>3.8</v>
       </c>
-      <c r="G40" s="58">
+      <c r="G40" s="57">
         <v>2.8</v>
       </c>
-      <c r="H40" s="58">
+      <c r="H40" s="57">
         <v>4.3</v>
       </c>
-      <c r="I40" s="58">
+      <c r="I40" s="57">
         <v>4</v>
       </c>
-      <c r="J40" s="58">
+      <c r="J40" s="57">
         <v>3.2</v>
       </c>
-      <c r="K40" s="58">
+      <c r="K40" s="57">
         <v>3.1</v>
       </c>
-      <c r="L40" s="58">
+      <c r="L40" s="57">
         <v>0.7</v>
       </c>
-      <c r="M40" s="58">
+      <c r="M40" s="57">
         <v>3.4</v>
       </c>
-      <c r="N40" s="58">
+      <c r="N40" s="57">
         <v>0.6</v>
       </c>
-      <c r="O40" s="58">
+      <c r="O40" s="57">
         <v>0.9</v>
       </c>
-      <c r="P40" s="58">
+      <c r="P40" s="57">
         <v>2.7</v>
       </c>
-      <c r="Q40" s="58">
+      <c r="Q40" s="57">
         <v>2.8</v>
       </c>
-      <c r="R40" s="58">
+      <c r="R40" s="57">
         <v>-0.7</v>
       </c>
-      <c r="S40" s="58">
+      <c r="S40" s="57">
         <v>-1.9</v>
       </c>
-      <c r="T40" s="58">
+      <c r="T40" s="57">
         <v>-3</v>
       </c>
-      <c r="U40" s="58">
+      <c r="U40" s="57">
         <v>1.5</v>
       </c>
-      <c r="V40" s="58">
+      <c r="V40" s="57">
         <v>-1.1000000000000001</v>
       </c>
-      <c r="W40" s="58">
+      <c r="W40" s="57">
         <v>0.2</v>
       </c>
-      <c r="X40" s="58">
+      <c r="X40" s="57">
         <v>0.9</v>
       </c>
-      <c r="Y40" s="58">
+      <c r="Y40" s="57">
         <v>2.1</v>
       </c>
-      <c r="Z40" s="58">
+      <c r="Z40" s="57">
         <v>3.8</v>
       </c>
-      <c r="AA40" s="58">
+      <c r="AA40" s="57">
         <v>3.3</v>
       </c>
-      <c r="AB40" s="58">
+      <c r="AB40" s="57">
         <v>8.6999999999999993</v>
       </c>
-      <c r="AC40" s="58">
+      <c r="AC40" s="57">
         <v>1.7</v>
       </c>
-      <c r="AD40" s="58">
+      <c r="AD40" s="57">
         <v>2.4</v>
       </c>
-      <c r="AE40" s="58">
+      <c r="AE40" s="57">
         <v>8.1999999999999993</v>
       </c>
-      <c r="AF40" s="58">
+      <c r="AF40" s="57">
         <v>6</v>
       </c>
-      <c r="AG40" s="70"/>
+      <c r="AG40" s="69"/>
       <c r="AH40" s="24" t="s">
         <v>69</v>
       </c>
       <c r="AI40" s="42"/>
       <c r="AJ40" s="42"/>
       <c r="AK40" s="13"/>
       <c r="AL40" s="13"/>
       <c r="AM40" s="13"/>
       <c r="AN40" s="13"/>
       <c r="AO40" s="13"/>
       <c r="AP40" s="13"/>
       <c r="AQ40" s="13"/>
       <c r="AR40" s="13"/>
       <c r="AS40" s="13"/>
       <c r="AT40" s="13"/>
       <c r="AU40" s="13"/>
     </row>
     <row r="43" spans="1:47">
       <c r="AH43" s="13"/>
       <c r="AI43" s="13"/>
       <c r="AJ43" s="13"/>
     </row>
     <row r="44" spans="1:47">
       <c r="AH44" s="13"/>
       <c r="AI44" s="13"/>
@@ -5756,62 +5754,62 @@
       <c r="AI48" s="13"/>
       <c r="AJ48" s="13"/>
     </row>
     <row r="49" spans="34:36">
       <c r="AH49" s="13"/>
       <c r="AI49" s="13"/>
       <c r="AJ49" s="13"/>
     </row>
     <row r="50" spans="34:36">
       <c r="AH50" s="13"/>
       <c r="AI50" s="13"/>
       <c r="AJ50" s="13"/>
     </row>
     <row r="51" spans="34:36">
       <c r="AH51" s="13"/>
       <c r="AI51" s="13"/>
       <c r="AJ51" s="13"/>
     </row>
     <row r="52" spans="34:36">
       <c r="AH52" s="13"/>
       <c r="AI52" s="13"/>
       <c r="AJ52" s="13"/>
     </row>
   </sheetData>
   <mergeCells count="12">
+    <mergeCell ref="AG20:AG21"/>
+    <mergeCell ref="AG31:AG36"/>
+    <mergeCell ref="AG39:AG40"/>
+    <mergeCell ref="AG7:AG12"/>
+    <mergeCell ref="AG14:AG18"/>
+    <mergeCell ref="AG24:AG26"/>
     <mergeCell ref="B20:B21"/>
     <mergeCell ref="B31:B36"/>
     <mergeCell ref="B39:B40"/>
     <mergeCell ref="B7:B12"/>
     <mergeCell ref="B13:B18"/>
     <mergeCell ref="B24:B26"/>
-    <mergeCell ref="AG20:AG21"/>
-[...4 lines deleted...]
-    <mergeCell ref="AG24:AG26"/>
   </mergeCells>
   <phoneticPr fontId="3" type="noConversion"/>
   <pageMargins left="0.19685039370078741" right="0.19685039370078741" top="0.23622047244094491" bottom="0.27559055118110237" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="8" scale="82" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="Sheet2"/>
   <dimension ref="A2:B21"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="39" style="3" customWidth="1"/>
     <col min="2" max="2" width="45.42578125" style="4" customWidth="1"/>
     <col min="3" max="16384" width="9.140625" style="4"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:2">
       <c r="A2" s="5" t="s">
         <v>0</v>
@@ -5848,51 +5846,51 @@
       <c r="A7" s="7" t="s">
         <v>4</v>
       </c>
       <c r="B7" s="29">
         <v>2024</v>
       </c>
     </row>
     <row r="8" spans="1:2" ht="118.5" customHeight="1">
       <c r="A8" s="7" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="36" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" s="7" t="s">
         <v>7</v>
       </c>
       <c r="B9" s="32" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="10" spans="1:2" ht="13.5" thickBot="1">
       <c r="A10" s="8"/>
-      <c r="B10" s="54" t="s">
+      <c r="B10" s="53" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="11" spans="1:2" ht="13.5" thickTop="1"/>
     <row r="12" spans="1:2">
       <c r="A12" s="33" t="s">
         <v>24</v>
       </c>
       <c r="B12" s="34"/>
     </row>
     <row r="13" spans="1:2" ht="13.5" thickBot="1">
       <c r="A13" s="34"/>
       <c r="B13" s="34"/>
     </row>
     <row r="14" spans="1:2" ht="13.5" thickTop="1">
       <c r="A14" s="30" t="s">
         <v>25</v>
       </c>
       <c r="B14" s="37" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" s="31" t="s">
         <v>27</v>
@@ -5913,51 +5911,51 @@
       <c r="A17" s="31" t="s">
         <v>30</v>
       </c>
       <c r="B17" s="29">
         <v>2024</v>
       </c>
     </row>
     <row r="18" spans="1:2" ht="123" customHeight="1">
       <c r="A18" s="7" t="s">
         <v>31</v>
       </c>
       <c r="B18" s="36" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" s="31" t="s">
         <v>32</v>
       </c>
       <c r="B19" s="32" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="20" spans="1:2" ht="13.5" thickBot="1">
       <c r="A20" s="35"/>
-      <c r="B20" s="54" t="s">
+      <c r="B20" s="53" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="21" spans="1:2" ht="13.5" thickTop="1"/>
   </sheetData>
   <phoneticPr fontId="3" type="noConversion"/>
   <hyperlinks>
     <hyperlink ref="B9" r:id="rId1" xr:uid="{00000000-0004-0000-0100-000000000000}"/>
     <hyperlink ref="B10" r:id="rId2" xr:uid="{00000000-0004-0000-0100-000001000000}"/>
     <hyperlink ref="B19" r:id="rId3" xr:uid="{00000000-0004-0000-0100-000002000000}"/>
     <hyperlink ref="B20" r:id="rId4" xr:uid="{00000000-0004-0000-0100-000003000000}"/>
   </hyperlinks>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId5"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">